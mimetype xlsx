--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a1d95d3315a4465" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e81133921b6b4410ae2c2cc6226997ab.psmdcp" Id="R894e48f2afdd4a50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1d5fdea3309479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0bc215479c844123b6c2c1ff152a1feb.psmdcp" Id="R11461faf8a7943be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NSA06</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Mean and Median Hourly Earnings</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/15/2020 11:00:00 AM</x:t>
+    <x:t>15/09/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Median hourly earnings: Half of the employees earn more than this amount and half earn less.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NSA06/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NES</x:t>
   </x:si>
   <x:si>
     <x:t>National Employment Survey</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -457,323 +457,160 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...271 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="C02472V02994" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Employment Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01995V02430" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Occupation" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L541" totalsRowShown="0">
   <x:autoFilter ref="A1:L541"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="C02472V02994"/>
     <x:tableColumn id="2" name="Employment Status"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C01995V02430"/>
     <x:tableColumn id="6" name="Occupation"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="Year"/>
     <x:tableColumn id="9" name="STATISTIC"/>
     <x:tableColumn id="10" name="Statistic Label"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1046,51 +883,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NSA06/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1279,51 +1116,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L541"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="20.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="33.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="6.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.996339" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="22.567768" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="7.424911" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -21873,51 +21710,51 @@
       <x:c r="I541" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L541" s="0">
         <x:v>10.63</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -21934,51 +21771,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L541" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02472V02994">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Employment Status">
       <x:sharedItems count="3">
         <x:s v="All employment status"/>
         <x:s v="Full-time"/>
         <x:s v="Part-time"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
@@ -22490,27 +22327,7588 @@
         <x:n v="13.38"/>
         <x:n v="16.31"/>
         <x:n v="13.75"/>
         <x:n v="14.23"/>
         <x:n v="14.25"/>
         <x:n v="14.87"/>
         <x:n v="11.56"/>
         <x:n v="12.44"/>
         <x:n v="10.56"/>
         <x:n v="12.48"/>
         <x:n v="11.61"/>
         <x:n v="12.37"/>
         <x:n v="13.72"/>
         <x:n v="12.38"/>
         <x:n v="12.2"/>
         <x:n v="10.26"/>
         <x:n v="10.98"/>
         <x:n v="13.06"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.08"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.29"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.62"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.58"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.05"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.82"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="31.08"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="32.11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="25.07"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="30.89"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="24.82"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="33.61"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="36.78"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="31.84"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="36.27"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.33"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.77"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.69"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.31"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.86"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.03"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.95"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.17"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.82"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.37"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.02"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.53"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.75"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.81"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.44"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.71"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.79"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.63"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.03"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.55"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.08"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.56"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.33"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.77"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.42"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.83"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.41"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.08"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.39"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.55"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.94"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.32"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.88"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.33"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.85"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.03"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.17"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.43"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.06"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.72"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.63"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.87"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="34.13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="27.64"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="36.49"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="28.54"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="34.68"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="28.64"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="35.06"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="29.85"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="37.87"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="31.52"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="37.99"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="31.92"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.53"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.63"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="25.12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.17"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="25.21"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.56"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.18"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.81"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.99"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.06"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.66"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.66"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.93"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.01"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.02"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.66"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.86"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.38"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.54"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.07"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.83"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.66"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.66"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.99"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.94"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.73"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.84"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.29"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.54"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.35"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.98"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.71"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.94"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.07"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.47"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.38"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.29"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.87"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.34"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.17"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.63"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.91"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.09"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.21"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.43"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.61"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.83"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="27.47"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.92"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="26.96"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.74"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="26.26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.94"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="32.38"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="29.93"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="35.82"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="31.85"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="34.84"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="31.05"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.61"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.86"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.65"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.03"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.53"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.57"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.45"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.81"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.07"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.46"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.21"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.43"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.68"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.48"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.55"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.93"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.83"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.49"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.49"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.36"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.59"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.36"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.35"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.65"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.67"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.18"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.46"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.79"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.28"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.41"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.17"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.26"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.79"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.57"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.59"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.21"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="31.62"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="25.41"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="32.65"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="25.51"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="31.69"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="25.62"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="34.28"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="30.59"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="37.28"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="32.06"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="36.94"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="31.89"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.48"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.91"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.71"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="24.37"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.36"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.35"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.49"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.14"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.67"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.42"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.87"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.16"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.89"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.23"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.57"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.61"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.06"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.18"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.27"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.55"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.67"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.49"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.27"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.64"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.97"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.53"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.26"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.56"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.89"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.57"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.11"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.05"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.59"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.12"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.89"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.69"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.95"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.25"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="24.59"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.73"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="34.27"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="27.67"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="36.56"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="28.54"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="35.07"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="35.12"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="29.86"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="38.14"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="31.76"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="38.11"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.64"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.81"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="25.14"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.19"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="25.47"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.78"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.69"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.26"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.42"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.49"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.08"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.25"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.04"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.14"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.29"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.04"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.33"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.72"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.39"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.12"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.84"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.58"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.63"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.41"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.37"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.88"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.94"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.54"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.77"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.44"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.04"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.87"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.79"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.85"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.72"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.25"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.85"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.55"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.42"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.34"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.58"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.65"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.35"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.65"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.41"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="27.44"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.35"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.71"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="33.44"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="30.95"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="36.36"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="32.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="35.78"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="31.84"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.58"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.24"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.61"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.54"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.49"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.08"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.82"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.18"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.65"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.42"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.14"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.93"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.36"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.62"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.08"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.91"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.03"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.84"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.89"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.62"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.22"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.46"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.39"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.06"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.18"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.45"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.13"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.31"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.13"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.08"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.52"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.43"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.05"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.86"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.97"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.97"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="24.41"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.24"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.88"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.89"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.04"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="28.39"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="25.81"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="33.54"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="31.98"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="29.11"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.56"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.66"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.95"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.76"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.23"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.65"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.98"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.72"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.07"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.91"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.53"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.18"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.36"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.55"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.02"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.63"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.17"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.45"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.51"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10.63"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.88"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.07"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.88"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.37"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.19"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.19"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10.16"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.81"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.04"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.02"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10.92"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.11"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10.77"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.72"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.07"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.77"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="25.51"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.63"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="31.94"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="25.25"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="25.01"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.18"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="33.35"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="32.33"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="26.27"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="35.72"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.59"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.36"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="24.43"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.07"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.37"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.31"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.18"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10.78"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.85"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.73"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.15"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.13"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.98"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.51"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.61"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10.78"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.93"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.54"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10.92"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="9.63"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.77"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10.87"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.63"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.24"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.59"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.97"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.27"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.18"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.09"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.39"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.94"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.48"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.69"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.96"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.37"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.27"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.24"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.28"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="24.27"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.24"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.02"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.25"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.54"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="27.56"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="25.52"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="33.77"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="31.21"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="29.09"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.68"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.79"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.54"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.82"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.63"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.91"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.92"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.39"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.11"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.38"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.42"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.14"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.68"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.38"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.31"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.75"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.67"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.23"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.25"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.87"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.56"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.44"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10.56"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.67"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.48"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.61"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.53"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.37"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.72"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.38"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10.26"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10.98"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.06"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA06C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10.63"/>
+  </r>
+</pivotCacheRecords>
 </file>