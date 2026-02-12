--- v1 (2025-12-20)
+++ v2 (2026-02-12)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1d5fdea3309479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0bc215479c844123b6c2c1ff152a1feb.psmdcp" Id="R11461faf8a7943be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref24c15b560c404a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/522b9a2980554e09b8d1188fc875fd6e.psmdcp" Id="R5c9768a88447457e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>