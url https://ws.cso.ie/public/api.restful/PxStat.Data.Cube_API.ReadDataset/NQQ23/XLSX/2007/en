--- v0 (2025-10-04)
+++ v1 (2026-02-20)
@@ -1,133 +1,133 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8f69d3828f34011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b82a8ce2e0f642d282b7552199e489dd.psmdcp" Id="R41e74180ffc64b3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7846c59b300b4e3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3d3c7953f0c8461ab6783455e680df23.psmdcp" Id="Rfd66ab095af8465b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NQQ23</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Gross Domestic Product and Gross National Product at 2012</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/15/2020 11:00:00 AM</x:t>
+    <x:t>15/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NQQ23/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NA</x:t>
   </x:si>
   <x:si>
     <x:t>National Accounts Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Gordon Cavanagh</x:t>
+    <x:t>Justin Flannery</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>nat_acc@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 1 498 4307</x:t>
+    <x:t>(+353) 1 498 4262</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -850,803 +850,268 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...751 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="72">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="72">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H865" totalsRowShown="0">
   <x:autoFilter ref="A1:H865"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02196V02652"/>
     <x:tableColumn id="2" name="State"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1915,51 +1380,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NQQ23/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2146,51 +1611,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H865"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="82.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -24668,51 +24133,51 @@
       <x:c r="E865" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F865" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G865" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H865" s="0">
         <x:v>39336</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -24729,51 +24194,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H865" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="1">
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="State">
       <x:sharedItems count="1">
         <x:s v="State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
       <x:sharedItems count="72">
         <x:s v="19971"/>
         <x:s v="19972"/>
         <x:s v="19973"/>
         <x:s v="19974"/>
         <x:s v="19981"/>
         <x:s v="19982"/>
         <x:s v="19983"/>
         <x:s v="19984"/>
         <x:s v="19991"/>
         <x:s v="19992"/>
         <x:s v="19993"/>
@@ -25756,27 +25221,8668 @@
         <x:n v="-7481"/>
         <x:n v="38741"/>
         <x:n v="41156"/>
         <x:n v="5014"/>
         <x:n v="-712"/>
         <x:n v="45526"/>
         <x:n v="-7299"/>
         <x:n v="38461"/>
         <x:n v="40888"/>
         <x:n v="-745"/>
         <x:n v="45254"/>
         <x:n v="-4864"/>
         <x:n v="40391"/>
         <x:n v="41097"/>
         <x:n v="5434"/>
         <x:n v="45619"/>
         <x:n v="-6090"/>
         <x:n v="39336"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="21156"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="3655"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-967"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="23821"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-2563"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="21440"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="21468"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3659"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-1025"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="24007"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2778"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="21446"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="22766"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="3712"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-1059"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="25410"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-2553"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="23132"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="22874"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3746"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-1019"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="25771"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2585"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="23206"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="22400"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="3771"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-991"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="25167"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-1969"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="23721"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="22542"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3805"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-1025"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="25141"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-1710"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="23983"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="23578"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="4022"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-1094"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="26482"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-2189"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="24792"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="23022"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3957"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-1045"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="25961"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2196"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="24444"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="23203"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="3934"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-891"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="26222"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-2384"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="24239"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="23786"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3884"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-938"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="26670"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2549"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="24508"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="24478"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="4029"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-1008"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="27487"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-2776"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="25033"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="24325"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4140"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-978"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27594"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2861"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="24859"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="24861"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="4100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-986"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="27961"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-3121"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="25060"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="25016"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4091"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-1021"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27936"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2871"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="25331"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="24665"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="4184"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-990"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="27835"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-2598"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="25640"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="24056"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4153"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-939"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27297"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2606"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="25249"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="25244"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="4395"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-884"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="28718"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-2795"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="26290"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="25610"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4303"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-931"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28960"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2985"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="26356"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="26000"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="4345"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-979"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="29348"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-3227"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="26406"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="26094"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4549"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-948"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29677"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-3271"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="26509"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="26969"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="4527"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-837"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="30627"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-4090"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="26658"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4427"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-873"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30621"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-3866"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="26917"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="28325"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="4617"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-942"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31982"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-3860"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="28349"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27636"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4629"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-891"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31403"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-3862"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27871"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="27080"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="5113"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-945"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31190"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-3501"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="27980"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28001"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4862"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-978"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31894"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-3571"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28601"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="29053"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="4433"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-914"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="32600"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-3146"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="29908"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28580"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4878"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-899"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32473"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-3258"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29539"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="29045"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="5370"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-848"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33513"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-4226"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="29463"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29355"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5104"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-884"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33568"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-4077"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29729"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="31146"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="4632"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-962"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34862"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-4430"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="30606"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30362"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4683"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-907"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34210"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-4421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29981"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="29859"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="5204"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-906"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34115"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-3924"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="30482"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30624"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4924"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-943"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34627"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-3996"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30952"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="31037"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="4289"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-871"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34519"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-4690"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="29912"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30647"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4851"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-856"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34567"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-4716"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29865"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="30407"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="5316"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-935"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34746"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-4806"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="29998"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30893"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4948"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-968"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34909"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-4759"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30251"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="31813"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="4919"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-1002"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="35755"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-4779"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31085"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30952"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4966"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-946"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35019"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-4757"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30349"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="31207"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="5131"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-760"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="35555"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5581"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="29889"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31641"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4899"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-805"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35731"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5708"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29956"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="32701"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="4309"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-883"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="36267"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5623"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="30574"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32495"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4931"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-864"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36585"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5467"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31037"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="32363"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="5523"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-788"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="37047"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5529"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31498"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33092"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5065"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-816"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37363"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5615"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31770"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="34146"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="5092"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-913"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="38389"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5998"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="32306"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33201"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5142"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-858"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37597"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5998"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31438"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="32114"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="5348"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-818"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="36612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5787"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="30773"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33094"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5042"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-854"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37233"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5766"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31506"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="33909"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="4317"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-863"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="37488"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5756"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31705"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32976"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5053"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-855"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37262"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5616"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31582"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="32219"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="5771"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-839"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="37071"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5239"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31878"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33214"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5246"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-860"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37501"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5382"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32163"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="35975"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="5287"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-880"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="40441"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5876"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34589"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34973"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5381"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-835"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39701"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5976"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33639"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="33705"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="5656"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-717"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="38625"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5889"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="32607"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34422"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5339"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-757"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38907"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5856"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33025"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="35533"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="4663"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-741"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="39576"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6092"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33349"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34691"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5444"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-723"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39526"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5820"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33567"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="33860"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="6017"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-744"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="39081"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5676"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33282"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35016"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5427"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-761"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39595"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5825"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33609"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="36566"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="5414"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-772"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="41271"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5990"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="35150"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35644"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5606"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-741"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40657"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6228"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34206"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="35429"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="6130"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-699"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="40791"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6299"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34343"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35736"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5757"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-739"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40623"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6254"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34338"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="37409"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="5079"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-751"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="41771"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7093"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34532"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36787"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5904"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-723"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="42016"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6746"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35138"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="35524"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="6809"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-711"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="41502"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5825"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="35518"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36735"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6110"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-725"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41969"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5862"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35883"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="38443"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="5798"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-744"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="43487"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5884"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="37434"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37714"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6113"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-728"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="43101"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6325"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36525"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="37559"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="6896"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-791"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="43494"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6383"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="36943"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38002"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6324"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-812"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="43482"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6216"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37376"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="39349"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="5445"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-868"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="43875"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6177"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="37516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38458"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6415"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-843"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="43803"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5862"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37626"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="38073"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="7397"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-797"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="44470"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6979"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="37338"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39111"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6625"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-811"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="44827"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6898"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37684"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="39562"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="6216"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-816"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="44877"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5587"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="39072"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39169"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-813"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="44746"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6237"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38242"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="40483"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="7511"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-808"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="47001"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7590"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="39328"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40432"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6886"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-826"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="46619"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7406"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39360"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="41078"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="5859"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-866"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="46010"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7848"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="38132"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40526"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6890"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-833"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="46222"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7480"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="39131"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="7180"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-820"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="45317"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6540"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="38604"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39989"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6415"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-837"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="45440"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6308"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38857"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="42016"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="5971"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-825"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="47103"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7354"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="39636"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41878"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6340"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-830"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="47254"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-8237"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38892"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="41881"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="6901"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-803"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="47847"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6869"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="40774"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41523"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6376"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-819"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="47227"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6646"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40497"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="40631"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="5092"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-847"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="44882"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7218"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="37584"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40345"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6005"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-807"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="45277"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6765"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38392"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="39404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="6605"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-797"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="45079"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7881"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="37209"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39987"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5843"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-814"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="45009"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7619"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37308"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="38732"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="4849"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-802"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="42785"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6000"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="36582"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38844"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5127"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-810"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="43089"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7000"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35932"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="38825"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="5111"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-853"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="43054"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7551"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="35502"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38829"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4738"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-860"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="42774"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35741"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="39412"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="4116"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-900"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="42676"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-8038"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34707"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38731"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4917"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-868"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="42803"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7628"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35096"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="37499"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="5584"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-835"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="42168"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-8100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34157"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37954"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4881"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-853"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41884"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7835"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34115"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="37551"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="4457"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-828"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="41189"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6705"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34417"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37696"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4711"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-835"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41564"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7766"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33778"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="38110"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="4930"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-852"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="42170"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-8005"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34215"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38110"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4631"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-865"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41876"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7665"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34286"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="38854"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="3943"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-875"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="41948"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7826"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34163"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38313"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4713"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-839"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="42212"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7319"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34881"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="38138"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="5603"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-815"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="42884"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6960"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="35897"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38457"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4838"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="42456"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6777"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35729"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="38036"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="4404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-826"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="41620"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-4967"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="36506"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38143"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4683"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41981"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6009"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35772"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="38036"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="4992"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-828"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="42187"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-8211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33996"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38787"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4632"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="42584"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7753"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34889"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="40786"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="3774"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-875"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="43700"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-8786"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34944"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39676"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4580"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-853"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="43444"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-8355"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35005"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="39499"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="5241"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="43894"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-8551"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="35364"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39752"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4505"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-846"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="43315"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-8394"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35127"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="39938"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="4396"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-818"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="43517"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-8114"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="35412"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39913"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4707"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-820"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="43888"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-9193"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34615"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="38448"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="4912"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-784"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="42567"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-8796"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33812"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38925"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4594"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-798"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="42703"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-8406"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34198"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="39577"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="3802"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-817"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="42583"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7895"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34693"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38968"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4545"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-785"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="42687"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7321"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35407"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="38950"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="5457"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-778"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="43607"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7804"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="35797"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39067"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4704"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-794"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="42973"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7684"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35519"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="40531"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="4259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-803"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="43998"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7031"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="36927"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40521"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4583"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-803"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="44346"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-8135"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36031"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="38341"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="5059"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-721"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="42679"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6946"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="35733"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38633"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4739"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-741"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="42710"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6592"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35893"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="39253"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="3982"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-751"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="42484"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7864"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34620"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38923"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4681"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-715"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="42768"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7223"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35650"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="39509"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="5607"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-716"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="44400"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6816"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="37584"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39496"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4894"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-732"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="43720"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6665"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37300"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="39729"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="4501"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-738"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="43492"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5500"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="37991"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39812"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4825"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-737"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="43842"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6666"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37018"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="39591"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="5463"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-746"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="44308"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7485"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="36823"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40351"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5054"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-756"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="44832"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7044"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37706"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="41874"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="4511"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-839"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="45546"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-8015"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="37531"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41070"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5293"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-814"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="45356"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7428"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37939"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="41262"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="5653"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-693"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="46222"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7481"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="38741"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41156"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5014"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-712"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="45526"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7299"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38461"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="NQQ23C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="40888"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="NQQ23C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="5111"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="NQQ23C3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="-745"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="NQQ23C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="45254"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="NQQ23C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-4864"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="NQQ23C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="40391"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="NQQ23S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41097"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="NQQ23S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5434"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="NQQ23S3"/>
+    <s v="Subsidies at Constant Factor Costs (Chain linked annually ref to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-744"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="NQQ23S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="45619"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="NQQ23S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6090"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="NQQ23S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2012) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39336"/>
+  </r>
+</pivotCacheRecords>
 </file>