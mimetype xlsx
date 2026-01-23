--- v0 (2025-11-11)
+++ v1 (2026-01-23)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R237a421f70da4da2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/613d92c897a5445a90dfeb5e0e6f6b0e.psmdcp" Id="R0afe545e0ccb45e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e7bab63cda2456d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4dd85bee7ac6480a820707ead796b5e7.psmdcp" Id="R8720934b952e4d0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NQQ22</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NQQ22/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NA</x:t>
   </x:si>
   <x:si>
     <x:t>National Accounts Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Justin Flannery</x:t>
   </x:si>
@@ -832,779 +832,262 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...727 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="NAAQGDP" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sector" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="72">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="72">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1153" totalsRowShown="0">
   <x:autoFilter ref="A1:H1153"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="NAAQGDP"/>
     <x:tableColumn id="2" name="Sector"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1873,51 +1356,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NQQ22/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2104,51 +1587,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H1153"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="12.282054" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="49.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="105.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -32114,51 +31597,51 @@
       <x:c r="E1153" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1153" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1153" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1153" s="0">
         <x:v>9835</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -32175,51 +31658,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1153" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="NAAQGDP">
       <x:sharedItems count="8">
         <x:s v="0"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="07"/>
         <x:s v="08"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sector">
       <x:sharedItems count="8">
         <x:s v="All Sectors"/>
         <x:s v="Agriculture Forestry and Fishing"/>
         <x:s v="Industry"/>
         <x:s v="Distribution Transport Software and Communication"/>
         <x:s v="Public Administration and Defence"/>
         <x:s v="Other Services (including Rent)"/>
         <x:s v="Industry - Building and Construction"/>
         <x:s v="Industry - Transportable Goods Industries and Utilities"/>
       </x:sharedItems>
@@ -33433,27 +32916,11548 @@
         <x:n v="9080"/>
         <x:n v="8536"/>
         <x:n v="9433"/>
         <x:n v="10556"/>
         <x:n v="9916"/>
         <x:n v="9561"/>
         <x:n v="9250"/>
         <x:n v="9789"/>
         <x:n v="8411"/>
         <x:n v="9374"/>
         <x:n v="9934"/>
         <x:n v="9505"/>
         <x:n v="11080"/>
         <x:n v="9939"/>
         <x:n v="9279"/>
         <x:n v="9795"/>
         <x:n v="8760"/>
         <x:n v="9835"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="21156"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="21468"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="22766"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="22874"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="22400"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="22542"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="23578"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="23022"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="23203"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="23786"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="24478"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="24325"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="24861"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="25016"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="24665"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="24056"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="25244"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="25610"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="26000"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="26094"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="26969"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27164"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="28325"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27636"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="27080"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28001"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="29053"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28580"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="29045"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29355"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="31146"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30362"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="29859"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30624"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="31037"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30647"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="30407"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30893"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="31813"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30952"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="31207"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31641"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="32701"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32495"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="32363"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33092"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="34146"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33201"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="32114"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33094"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="33909"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32976"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="32219"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33214"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="35975"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34973"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="33705"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34422"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="35533"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34691"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="33860"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35016"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="36566"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35644"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="35429"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35736"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="37409"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36787"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="35524"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36735"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="38443"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37714"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="37559"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38002"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="39349"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38458"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="38073"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39111"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="39562"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39169"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="40483"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40432"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="41078"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40526"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="39131"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39989"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="42016"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41878"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="41881"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41523"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="40631"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40345"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="39404"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39987"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="38732"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38844"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="38825"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38829"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="39412"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38731"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="37499"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37954"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="37551"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37696"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="38110"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38110"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="38854"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38313"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="38138"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38457"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="38036"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38143"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="38036"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38787"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="40786"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39676"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="39499"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39752"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="39938"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39913"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="38448"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38925"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="39577"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38968"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="38950"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39067"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="40531"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40521"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="38341"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38633"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="39253"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38923"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="39509"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39496"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="39729"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39812"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="39591"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40351"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="41874"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41070"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="41262"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41156"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="40888"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41097"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1545"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1173"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1641"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1247"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1667"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1191"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1611"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1475"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="6623"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6504"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="7130"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7115"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="7077"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7402"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="7346"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7171"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="7687"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7624"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="7607"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7515"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="7855"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8232"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="7747"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7547"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8416"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8320"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8534"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8445"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8399"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8849"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9388"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9111"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9055"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9120"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9935"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9631"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9610"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10189"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11348"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10977"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10841"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10911"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10897"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10526"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9769"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10447"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10891"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10510"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10907"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10899"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="12039"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11652"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10737"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11562"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11690"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11285"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11024"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11196"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11732"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11111"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10058"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10874"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="12537"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12158"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11389"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11444"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="12196"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11618"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10311"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11126"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11993"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11705"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="12061"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11984"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="12498"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12000"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11195"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12003"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="12827"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12670"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="12452"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12411"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="13617"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12959"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="12178"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12937"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="12480"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12526"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="12955"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12726"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="12487"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11947"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11986"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12628"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="12573"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12879"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="12515"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12079"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="12545"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12054"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11482"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12039"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10317"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10748"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11551"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11158"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11396"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10785"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9647"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10112"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9251"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9791"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11346"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10818"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10984"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10380"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9884"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10375"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10071"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10790"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11135"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10756"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11351"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10459"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10356"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10888"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10486"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11360"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11373"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10840"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11906"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11021"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9775"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10267"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9253"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10103"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11224"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10678"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11147"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10286"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10083"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10574"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9251"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10182"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10664"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10306"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11872"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10744"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10160"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10627"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9635"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10675"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="6326"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6506"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="6634"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6800"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="7066"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6949"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="7663"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7407"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="7043"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7254"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="7747"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7933"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="7905"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7759"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8022"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7770"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="7600"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7794"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="7708"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7927"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8428"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8248"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8784"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8532"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8342"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8577"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8300"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8511"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8927"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8716"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8815"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8587"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8677"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8887"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8249"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8480"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8758"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8545"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8559"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8355"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8355"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8517"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8325"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8568"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8833"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8640"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9000"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8794"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8462"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8652"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8682"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8863"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9103"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8948"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9115"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8912"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8787"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8941"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8831"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9003"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9256"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9148"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9602"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9399"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9315"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9419"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9419"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9605"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9570"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9491"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9926"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9740"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9705"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9813"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9625"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9766"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10243"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10168"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10692"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10528"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11200"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11270"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11156"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11351"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10806"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10697"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11395"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11257"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="13931"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13991"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9567"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9762"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9881"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9740"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9999"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9892"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10078"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10173"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10043"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10240"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10499"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10292"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10153"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10041"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9923"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10039"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9872"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10104"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10564"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10308"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10333"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10195"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10025"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10247"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10067"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10274"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10110"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9818"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10333"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10182"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9895"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10118"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9499"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9739"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10738"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10398"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10826"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10656"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9054"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9271"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9290"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9541"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10181"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9840"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10314"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10153"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9984"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10288"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10359"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10586"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10979"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10597"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10607"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10447"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1298"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1350"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1379"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1503"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1553"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1553"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1611"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1590"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1543"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1611"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1630"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1659"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1662"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1660"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1698"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1663"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1695"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1722"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1684"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1714"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1661"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1727"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1733"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1735"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1792"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1751"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1748"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1820"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1840"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1900"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1885"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1871"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1957"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1983"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1985"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="2015"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1972"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1990"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1899"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1856"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1863"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1873"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1839"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1889"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1833"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1762"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1734"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1698"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1667"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1669"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1550"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1628"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1617"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1583"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1627"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1656"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1536"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8606"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8829"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8893"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8970"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9010"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8903"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9024"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8830"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9094"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9318"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9087"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9178"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9497"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9386"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9682"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9468"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9509"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9752"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9905"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10003"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10365"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10249"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10650"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10402"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10301"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10540"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10603"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10741"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11081"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10967"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11456"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11172"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10904"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11161"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11416"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11567"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11769"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11657"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="12177"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11861"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11681"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11964"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="12057"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12212"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="12322"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12213"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="12670"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12340"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="12107"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12355"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="12051"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12241"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="12390"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12286"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="12619"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12303"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="12828"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13071"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="12886"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13090"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="13345"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13229"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="13929"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13604"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="13042"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13274"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="13480"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13684"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="14121"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13993"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="14562"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="14252"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="14498"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="14707"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="14771"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15019"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="15274"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15124"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="15787"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15487"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="15526"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15749"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="15547"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15774"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="16121"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15963"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="16379"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16094"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="15904"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16136"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="15935"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16139"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="16341"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16182"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="16249"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15982"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="15633"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15841"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="15619"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15825"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="15902"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15751"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="15877"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15615"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="15565"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15788"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="15734"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15930"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="15890"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15741"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="16188"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15913"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="15367"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15549"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="16056"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16307"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="16188"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16044"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="16396"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16092"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="15964"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16180"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="16100"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16348"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="16698"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16554"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="16947"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16603"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="16423"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16659"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="16400"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16668"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="16998"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16851"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="17453"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="17072"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="17056"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="17271"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="16836"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="17165"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="17612"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="17458"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="18042"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="17633"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1508"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1557"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1616"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1618"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1635"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1657"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1585"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1720"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1707"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1673"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1646"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1616"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="5787"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5622"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="6258"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6202"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="6105"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6492"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="6384"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6243"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="6838"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6723"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="6723"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6583"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="6808"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7257"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="6610"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6452"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="7375"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7224"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="7496"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7352"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="7233"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7757"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8279"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8052"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="7958"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7964"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8848"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8461"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8441"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9128"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10299"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9985"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9909"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9906"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9901"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9417"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8522"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9318"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9663"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9357"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9901"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9807"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11186"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10649"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9558"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10554"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10498"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10177"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10000"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10097"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10765"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9964"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8625"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9591"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11149"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10868"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10090"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10068"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10914"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10146"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8686"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9665"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10336"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10136"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10633"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10490"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10934"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10234"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9193"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10174"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10976"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10899"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10632"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10546"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="12262"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11349"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10117"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11085"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10525"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10625"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11037"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10779"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10832"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10099"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9921"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10753"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10622"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10961"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10601"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10148"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10940"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10289"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9557"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10267"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8557"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8991"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10362"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9931"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10424"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9683"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8491"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9079"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8204"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8772"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10542"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9940"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10172"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9493"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9031"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9627"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9262"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10033"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10386"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9940"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10624"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9672"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9633"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10253"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9790"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10731"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10723"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10099"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11228"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10317"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9080"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9633"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8536"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9433"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10556"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9916"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="10424"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9561"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9250"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9789"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8411"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9374"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9934"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9505"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="11080"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9939"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="9279"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9795"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="NQQ22C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012)"/>
+    <s v="Euro Million"/>
+    <n v="8760"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="NQQ22S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2012) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9835"/>
+  </r>
+</pivotCacheRecords>
 </file>