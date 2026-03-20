--- v1 (2026-01-23)
+++ v2 (2026-03-20)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e7bab63cda2456d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4dd85bee7ac6480a820707ead796b5e7.psmdcp" Id="R8720934b952e4d0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re33ca6fcc20b481f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a7ee9dcce6294ec9b28e46388bab9fd7.psmdcp" Id="Rb74d14f359d640d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>