--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfca2ec5492184ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/83d26301c18d4b399149e6003a441663.psmdcp" Id="Rab401858385348c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd3279bbb5614f42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c7aaa8329df4680a264273ee36c495c.psmdcp" Id="R14948cf890bf462d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NQQ20</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Gross Domestic Product and Gross National Product at 2011</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NQQ20/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NA</x:t>
   </x:si>
   <x:si>
     <x:t>National Accounts Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Justin Flannery</x:t>
   </x:si>
@@ -826,771 +826,260 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...719 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="68">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="68">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H817" totalsRowShown="0">
   <x:autoFilter ref="A1:H817"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02196V02652"/>
     <x:tableColumn id="2" name="State"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1859,51 +1348,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NQQ20/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2090,51 +1579,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H817"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="82.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -23364,51 +22853,51 @@
       <x:c r="E817" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F817" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G817" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H817" s="0">
         <x:v>34786</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -23425,51 +22914,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H817" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="1">
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="State">
       <x:sharedItems count="1">
         <x:s v="State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
       <x:sharedItems count="68">
         <x:s v="19971"/>
         <x:s v="19972"/>
         <x:s v="19973"/>
         <x:s v="19974"/>
         <x:s v="19981"/>
         <x:s v="19982"/>
         <x:s v="19983"/>
         <x:s v="19984"/>
         <x:s v="19991"/>
         <x:s v="19992"/>
         <x:s v="19993"/>
@@ -24402,27 +23891,8188 @@
         <x:n v="41786"/>
         <x:n v="-6853"/>
         <x:n v="37402"/>
         <x:n v="4540"/>
         <x:n v="-731"/>
         <x:n v="41336"/>
         <x:n v="-6583"/>
         <x:n v="34726"/>
         <x:n v="35851"/>
         <x:n v="4749"/>
         <x:n v="-720"/>
         <x:n v="-4699"/>
         <x:n v="35181"/>
         <x:n v="36565"/>
         <x:n v="-727"/>
         <x:n v="40375"/>
         <x:n v="-5783"/>
         <x:n v="34786"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="19386"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="3559"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-912"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="22044"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-2581"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="19652"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="19907"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3518"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-964"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="22496"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2810"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="19547"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="20897"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="3614"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-998"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="23548"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-2571"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="21242"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="20866"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3634"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-963"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="23557"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2600"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="21289"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="20602"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="3672"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-935"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="23368"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-1983"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="21840"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="20548"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3707"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-968"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="23406"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-1727"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="22175"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="21569"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="3917"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-1032"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="24470"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-2204"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="22699"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="21132"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3907"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-984"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="23974"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2199"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="22427"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="21324"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="3827"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-838"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="24339"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-2366"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="22338"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="21928"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3791"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-880"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="24912"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2548"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="22556"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="22526"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="3919"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-947"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="25542"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-2755"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="23094"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="22428"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3927"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-922"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="25422"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="22818"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="22926"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="3988"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-926"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="26030"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-3098"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="23162"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="22875"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4033"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-960"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="26091"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2851"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="23516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="22695"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4069"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-929"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="25864"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-2579"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="23655"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="22227"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4058"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-880"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="25355"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2575"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="23335"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="23399"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4293"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-851"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="26854"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-2704"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="24520"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="23925"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4234"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-896"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27298"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2904"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="24497"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="24127"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4244"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-942"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="27466"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-3152"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="24601"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="24128"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4267"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-914"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27470"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-3192"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="24608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="25090"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4422"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-806"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="28735"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-3994"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="24875"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="25066"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4475"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-839"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28830"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-3774"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="25245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="26238"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4510"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-908"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="29886"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-3760"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="26360"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="25723"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4499"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-856"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29341"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-3754"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="25967"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="25421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4788"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-872"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="29355"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-3381"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="26287"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="26094"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4732"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-905"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29995"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-3465"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="26861"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="27031"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4857"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-843"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31087"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-3016"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="28570"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="26879"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4872"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-829"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30876"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-3118"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="28051"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="27586"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4498"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-781"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31393"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-4112"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="27468"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27636"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4557"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-816"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31561"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-3967"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="27856"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="28956"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4996"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-887"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33132"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-4313"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="29025"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28379"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4978"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-833"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32539"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-4301"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="28506"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="28179"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4875"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-935"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="32178"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-3770"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="28731"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28780"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4794"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-974"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32695"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-3846"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="29134"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="28849"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4778"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-899"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="32810"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-4507"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="28440"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28714"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4819"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-885"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32663"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-4529"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="28190"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="28759"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4702"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-966"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="32587"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-4615"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="28067"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28942"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4769"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32886"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-4571"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="28493"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="29680"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4886"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-1036"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33623"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-4607"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="29159"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29038"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4859"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-979"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32957"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-4589"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="28507"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="29199"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4963"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-750"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33451"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5367"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="28028"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29680"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4848"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-798"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33798"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5483"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="28069"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="30245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4777"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-873"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34260"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5385"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="28847"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30120"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4853"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-852"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34186"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5234"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="29052"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="30379"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4893"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-779"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34575"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5287"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="29298"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30752"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4969"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-804"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35041"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5375"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="29761"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="31782"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="5026"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-902"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="36019"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5734"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="30238"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31062"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4986"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-849"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35317"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5740"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="29461"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="30235"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="5083"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-799"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34582"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5574"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="28988"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30895"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4986"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-837"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35105"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5547"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="29683"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="31694"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4890"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-844"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="35863"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5531"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="30354"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31244"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4955"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-835"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35489"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5388"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="29971"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="30704"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4968"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-820"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34941"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5013"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="30017"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31294"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5044"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-839"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35532"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5159"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="30525"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="33539"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="5283"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-860"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="38077"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5626"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="32520"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32789"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5241"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-816"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37400"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5731"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31684"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="31865"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="5246"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-726"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="36470"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5661"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="30722"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32409"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5118"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-767"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36813"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5618"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="32961"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="5140"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-750"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="37471"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5854"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="31526"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32471"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5240"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-734"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37142"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5584"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31422"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="32002"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="5271"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-754"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="36605"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5431"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="31098"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32708"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5345"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-768"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5588"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31651"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="34120"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="5499"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-782"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="38942"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5716"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="33147"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33466"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5462"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-751"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38339"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5955"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="32302"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="33401"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="5816"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-702"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="38530"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6033"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="32392"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33742"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5643"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-741"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38665"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5973"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="32468"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="35036"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="5656"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-755"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="39983"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6828"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="33043"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34574"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5797"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-729"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39763"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6488"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33226"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="33815"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="5816"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-713"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="38937"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5563"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="33272"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34541"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5888"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-725"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39563"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5615"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33868"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="35917"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="5915"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-746"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="41127"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5611"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="35411"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35443"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5882"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-730"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40666"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6043"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34598"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="35541"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6545"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-753"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="41244"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6114"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="35015"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35837"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6372"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-775"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41486"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5940"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="35491"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="36612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6160"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-825"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="41877"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5894"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="35861"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36092"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6299"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-804"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41474"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5578"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="35595"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="36238"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6293"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-758"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="41712"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6672"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="34933"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36777"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6361"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-769"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="42223"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="35509"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="36983"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6324"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-776"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="42474"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5272"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="37065"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36810"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6277"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-773"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="42206"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5904"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="36310"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="38299"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6806"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-760"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="44256"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7126"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="37082"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38387"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6625"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-779"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="44340"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6933"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="37283"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="38441"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6317"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-815"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="43887"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7322"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="36543"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38017"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6493"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-786"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="43613"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6960"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="36546"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="37307"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6325"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-773"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="42793"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6047"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="36614"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37654"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6373"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-785"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="43078"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5839"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="37108"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="39230"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6280"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-777"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="44688"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6805"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="37795"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39307"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6207"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-781"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="44664"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7665"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="37091"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="38493"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6311"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-756"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="43985"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6439"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="37427"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38488"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-772"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="43979"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6208"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="37448"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="38653"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="5679"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-796"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="43522"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6743"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="36705"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38295"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5861"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-759"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="43304"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6298"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="36956"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="38111"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="5599"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-750"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="42948"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7372"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="35588"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38172"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5623"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-764"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="43041"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7125"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="35934"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="36646"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="5504"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-755"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="41374"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="35597"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37042"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5402"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-765"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41535"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6590"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34948"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="36786"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4858"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-790"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="40853"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7177"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="33682"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36884"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4806"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-795"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41042"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6850"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34127"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="37038"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4609"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-834"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="40825"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7656"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="33220"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36478"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4751"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-803"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40411"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7235"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33147"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="36032"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4697"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-774"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="39958"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7711"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="32317"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35952"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4696"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-790"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39880"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7443"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="32506"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="35170"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4832"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-766"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="39222"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6345"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="32832"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35733"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4712"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-779"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39523"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7394"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="32227"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="35902"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4535"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-781"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="39657"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7627"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="32067"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36039"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-788"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39876"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7330"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="32367"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="36442"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4491"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-802"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="40135"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7458"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="32705"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35809"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4648"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-767"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39700"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6939"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="32894"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="36208"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4701"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-747"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="40163"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6615"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="33549"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36039"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4682"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-763"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39974"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6380"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33574"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="35235"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4720"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-757"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="39193"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-4710"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="34428"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35869"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4576"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-770"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39579"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5764"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33887"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="35924"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4450"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-753"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="39620"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7794"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="31826"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36390"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4493"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-748"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40187"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7424"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="32820"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="37886"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4438"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-795"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="41529"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-8351"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="33178"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36943"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4575"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-773"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40796"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7892"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="32749"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="37136"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4528"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-755"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="40909"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-8103"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="32806"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36934"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4493"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-774"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40597"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7852"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="32716"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="36606"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4680"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-744"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="40542"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7690"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="32853"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37214"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4522"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-755"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41001"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-8776"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="32360"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="36721"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4378"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-764"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="40335"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-8291"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="32044"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37203"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-768"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40797"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-8016"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="32597"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="38194"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4283"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-798"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="41679"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7783"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="33897"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37360"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4440"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-765"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41097"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7209"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33958"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="36849"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4607"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-759"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="40697"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7427"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="33270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36530"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4563"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-779"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40309"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7183"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33094"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="36280"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4648"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-784"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="40144"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6371"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="33773"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36901"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4481"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-793"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40627"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7449"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33339"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="35852"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4536"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-757"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="39631"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5942"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="33688"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36352"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4579"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-764"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40067"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5736"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34046"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="37470"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4325"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-790"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="41005"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7332"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="33674"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36762"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4499"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-754"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40505"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6713"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33930"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="37906"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4589"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-709"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="41786"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6853"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="34933"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37402"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4540"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-731"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41336"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6583"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34726"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ20C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="35851"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ20C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="4749"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ20C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="-720"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ20C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="39880"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ20C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-4699"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ20C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="35181"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ20S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36565"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ20S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4576"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ20S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-727"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ20S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2011) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40375"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ20S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5783"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ20S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2011) (Seasonally Adjusted) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34786"/>
+  </r>
+</pivotCacheRecords>
 </file>