--- v1 (2025-12-29)
+++ v2 (2026-02-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd3279bbb5614f42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c7aaa8329df4680a264273ee36c495c.psmdcp" Id="R14948cf890bf462d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c15fb83b22e4434" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8f37d7b3eaf444c2b9c1dc46a36dda8a.psmdcp" Id="R0e700c344fcb43d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>