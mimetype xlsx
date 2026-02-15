--- v0 (2025-11-09)
+++ v1 (2026-02-15)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1aae1ee94ff94962" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/277051f95b3c48a88bcbe7bde400f4ea.psmdcp" Id="R4e77fbc96df4478f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dbc52bdadee4c87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6b5fbb1f8df3454490db2eefa135cfc7.psmdcp" Id="Rb379654904ff4141" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NQQ19</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NQQ19/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NA</x:t>
   </x:si>
   <x:si>
     <x:t>National Accounts Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Justin Flannery</x:t>
   </x:si>
@@ -808,747 +808,254 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...695 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="NAAQGDP" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sector" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="68">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="68">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1089" totalsRowShown="0">
   <x:autoFilter ref="A1:H1089"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="NAAQGDP"/>
     <x:tableColumn id="2" name="Sector"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1817,51 +1324,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NQQ19/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2048,51 +1555,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H1089"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="12.282054" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="49.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="105.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -30394,51 +29901,51 @@
       <x:c r="E1089" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1089" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1089" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1089" s="0">
         <x:v>8888</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -30455,51 +29962,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1089" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="NAAQGDP">
       <x:sharedItems count="8">
         <x:s v="0"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="07"/>
         <x:s v="08"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sector">
       <x:sharedItems count="8">
         <x:s v="All Sectors"/>
         <x:s v="Agriculture Forestry and Fishing"/>
         <x:s v="Industry"/>
         <x:s v="Distribution Transport Software and Communication"/>
         <x:s v="Public Administration and Defence"/>
         <x:s v="Other Services (including Rent)"/>
         <x:s v="Industry - Building and Construction"/>
         <x:s v="Industry - Transportable Goods Industries and Utilities"/>
       </x:sharedItems>
@@ -31656,27 +31163,10908 @@
         <x:n v="9466"/>
         <x:n v="10114"/>
         <x:n v="9264"/>
         <x:n v="9171"/>
         <x:n v="9333"/>
         <x:n v="10206"/>
         <x:n v="10420"/>
         <x:n v="9854"/>
         <x:n v="10044"/>
         <x:n v="8803"/>
         <x:n v="9304"/>
         <x:n v="8267"/>
         <x:n v="9102"/>
         <x:n v="9209"/>
         <x:n v="9249"/>
         <x:n v="9465"/>
         <x:n v="8029"/>
         <x:n v="8888"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="19386"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="19907"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="20897"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="20866"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="20602"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="20548"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="21569"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="21132"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="21324"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="21928"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="22526"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="22428"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="22926"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="22875"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="22695"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="22227"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="23399"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="23925"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="24127"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="24128"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="25090"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="25066"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="26238"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="25723"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="25421"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="26094"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="27031"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="26879"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="27586"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27636"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="28956"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28379"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="28179"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28780"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="28849"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28714"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="28759"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28942"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="29680"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29038"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="29199"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29680"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="30245"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30120"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="30379"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30752"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="31782"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31062"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="30235"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30895"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="31694"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31244"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="30704"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31294"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="33539"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32789"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="31865"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32409"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="32961"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32471"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="32002"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32708"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="34120"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33466"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="33401"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33742"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="35036"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34574"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="33815"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34541"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="35917"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35443"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="35541"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35837"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="36612"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36092"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="36238"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36777"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="36983"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36810"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="38299"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38387"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="38441"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38017"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="37307"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37654"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="39230"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39307"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="38493"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38488"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="38653"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38295"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="38111"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38172"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="36646"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37042"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="36786"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36884"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="37038"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36478"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="36032"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35952"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="35170"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35733"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="35902"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36039"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="36442"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35809"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="36208"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36039"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="35235"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35869"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="35924"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36390"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="37886"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36943"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="37136"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36934"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="36606"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37214"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="36721"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37203"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="38194"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37360"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="36849"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36530"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="36280"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36901"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="35852"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36352"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="37470"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36762"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="37906"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37402"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="35851"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36565"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1180"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1532"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1551"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1535"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1545"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1627"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1301"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1227"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1186"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1651"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1301"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6146"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6035"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6634"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6610"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6592"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6842"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6836"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6731"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7162"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7066"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7095"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7037"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7337"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7658"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7220"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7050"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7865"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7783"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7980"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7905"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7872"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8278"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8790"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8504"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8447"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8486"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9282"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9051"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8982"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9537"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10615"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10216"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10075"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10163"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10154"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9823"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9114"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9737"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10175"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9813"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10268"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10344"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="11332"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10877"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10112"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10896"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10998"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10640"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10371"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10483"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="11039"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10472"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9458"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10259"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="11841"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11467"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10762"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10837"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="11514"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10909"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9731"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10581"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="11330"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11024"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="11441"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11400"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="11874"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11354"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10648"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11478"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="12204"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11981"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="11858"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11810"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="12933"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12370"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="11600"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12299"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="11880"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11912"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="12324"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12097"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="11868"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11430"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="11411"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11927"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="11944"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12245"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="11932"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11588"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="11963"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11473"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10928"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11367"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9806"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10296"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10996"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10581"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10842"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10278"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9186"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9603"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8757"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9306"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10740"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10260"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10409"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9785"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9365"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9860"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9550"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10216"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10561"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10135"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10730"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9958"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9785"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10311"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9928"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10687"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10940"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10473"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="11456"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10611"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9383"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9849"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8900"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9684"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10303"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9829"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10636"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9858"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9675"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10079"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8727"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9600"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="5169"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5342"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="5470"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5612"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="5914"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5735"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6170"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6016"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="5756"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5941"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6400"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6571"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6600"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6393"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6627"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6475"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6336"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6520"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6474"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6661"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7129"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6897"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7212"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7063"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6910"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7094"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6932"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7137"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7497"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7249"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7274"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7139"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7103"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7272"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6798"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6998"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7298"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7067"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7056"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6934"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6921"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7068"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6924"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7114"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7378"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7175"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7487"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7359"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7022"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7160"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7223"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7392"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7635"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7467"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7553"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7424"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7319"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7441"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7353"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7503"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7729"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7598"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7946"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7818"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7775"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7874"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7872"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8021"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8046"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7931"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8271"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8152"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8125"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8212"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8082"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8227"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8645"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8520"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8960"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8855"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9419"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9502"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9419"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9602"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9160"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8994"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9611"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9524"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9206"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9295"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9040"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9225"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9419"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9206"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9242"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9167"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8766"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8877"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8690"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8890"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9072"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8814"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8719"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8637"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8645"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8800"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8623"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8850"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9307"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8991"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8844"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8728"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8771"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8992"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8806"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9072"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9003"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8641"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9002"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8851"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8550"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8817"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8363"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8646"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9280"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8874"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9162"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8968"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7880"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8165"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8345"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8653"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9284"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8852"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8959"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8742"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1305"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1316"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1489"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1532"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1530"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1577"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1545"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1553"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1570"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1611"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1615"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1617"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1648"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1626"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1563"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1636"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1668"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1646"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1616"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1705"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1697"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1764"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1790"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1792"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1848"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1808"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1834"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1821"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1898"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1930"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1936"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1961"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1920"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1937"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1781"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1861"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1820"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1833"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1837"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1802"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1853"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1769"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1734"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1718"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1762"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1636"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1636"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1681"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1597"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1540"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1503"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1528"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1534"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1509"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8544"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8750"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8799"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8883"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8902"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8788"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8881"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8705"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8988"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9222"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8977"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9046"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9392"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9276"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9576"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9379"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9399"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9634"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9788"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9879"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10260"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10139"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10520"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10294"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10174"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10458"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10506"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10576"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10965"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10845"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="11299"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11054"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10911"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11182"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="11396"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11497"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="11722"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11606"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="12090"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11823"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="11308"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11546"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="11614"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11749"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="11868"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11764"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="12274"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12005"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="12037"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12305"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="12045"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12152"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="12434"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12339"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="12582"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12312"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="12722"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12960"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="12779"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12922"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="13207"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13106"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="13789"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13512"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="13166"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13363"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="13675"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13861"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="14334"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="14222"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="14735"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="14446"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="14506"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="14752"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="14811"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="14983"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="15259"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15127"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="15854"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15549"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="15672"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15930"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="15773"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15966"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="16327"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16181"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="16507"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16186"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="16215"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16484"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="16218"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16429"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="16523"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16358"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="16503"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16189"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="15752"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16057"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="15819"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15990"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="16124"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15955"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="16130"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15822"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="15102"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15387"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="15327"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15511"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="15535"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15360"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="15837"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15540"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="14696"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15027"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="15560"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15693"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="15615"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15437"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="15804"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15515"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="15390"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15684"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="15549"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15730"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="16106"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15919"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="16276"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15990"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="15954"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16224"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="15978"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16191"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="16587"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16392"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="16759"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16474"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1198"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1198"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1198"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1460"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1446"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1417"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1446"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1481"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="5351"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5227"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="5807"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5735"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="5669"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6025"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="5924"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5783"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6358"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6257"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6257"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6134"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6346"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6761"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6141"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5985"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6881"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6771"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6999"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6843"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="6768"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7257"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7743"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7520"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7407"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7384"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8254"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7935"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7876"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8515"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9629"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9328"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9190"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9184"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9212"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8770"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7931"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8674"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9014"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8726"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9331"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9293"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10548"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9986"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9005"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9947"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9881"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9586"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9416"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9464"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10144"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9421"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8088"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9000"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10538"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10287"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9541"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9506"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10314"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9582"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8178"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9107"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9757"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9588"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10097"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9985"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10402"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9686"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8724"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9664"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10447"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10396"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10132"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10002"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="11695"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10845"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9622"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10550"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10013"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10131"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10499"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10247"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10303"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9586"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9427"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10222"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10076"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10416"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10109"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9716"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10458"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9780"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9078"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9751"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8110"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8532"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9900"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9492"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9964"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9246"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8104"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8661"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="7776"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8313"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10040"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9526"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9697"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9003"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8598"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9155"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8831"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9556"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9916"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9466"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10114"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9264"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9171"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9737"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9333"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10206"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10420"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9854"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10909"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10044"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8803"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9304"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8267"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9102"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="9757"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9209"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="10044"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9249"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8988"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9465"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ19C1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011)"/>
+    <s v="Euro Million"/>
+    <n v="8029"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="NQQ19S1"/>
+    <s v="Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2011) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8888"/>
+  </r>
+</pivotCacheRecords>
 </file>