--- v0 (2025-10-04)
+++ v1 (2025-12-02)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra021d8d210944a77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/04d92ee037c14dcba40e207d8a5026b5.psmdcp" Id="R5b06a1f84a6945f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3aa98c97791941cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f19eaa0ede9e43d9af540fd0d1a46427.psmdcp" Id="Rc70dc1120094407f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
@@ -74,63 +74,63 @@
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Note the sectors here are based on Nace rev 2.   For further details see Background Notes(https://www.cso.ie/en/methods/nationalaccounts/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NQQ17/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NA</x:t>
   </x:si>
   <x:si>
     <x:t>National Accounts Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Gordon Cavanagh</x:t>
+    <x:t>Justin Flannery</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>nat_acc@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 1 498 4307</x:t>
+    <x:t>(+353) 1 498 4262</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>