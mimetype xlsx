--- v1 (2025-12-02)
+++ v2 (2026-02-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3aa98c97791941cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f19eaa0ede9e43d9af540fd0d1a46427.psmdcp" Id="Rc70dc1120094407f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff32ed08eb294619" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0c3da95c895b42b8807876dc46161039.psmdcp" Id="Rb3e86d5e9bc64252" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NQQ17</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Gross Domestic Product and Gross National Product at 2010</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Note the sectors here are based on Nace rev 2.   For further details see Background Notes(https://www.cso.ie/en/methods/nationalaccounts/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NQQ17/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NA</x:t>
   </x:si>
   <x:si>
     <x:t>National Accounts Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -805,739 +805,252 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...687 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="64">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="64">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H769" totalsRowShown="0">
   <x:autoFilter ref="A1:H769"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02196V02652"/>
     <x:tableColumn id="2" name="State"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1806,51 +1319,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NQQ17/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2039,51 +1552,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H769"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="82.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -22065,51 +21578,51 @@
       <x:c r="E769" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F769" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G769" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H769" s="0">
         <x:v>32809</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -22126,51 +21639,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H769" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="1">
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="State">
       <x:sharedItems count="1">
         <x:s v="State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
       <x:sharedItems count="64">
         <x:s v="19971"/>
         <x:s v="19972"/>
         <x:s v="19973"/>
         <x:s v="19974"/>
         <x:s v="19981"/>
         <x:s v="19982"/>
         <x:s v="19983"/>
         <x:s v="19984"/>
         <x:s v="19991"/>
         <x:s v="19992"/>
         <x:s v="19993"/>
@@ -23056,27 +22569,7708 @@
         <x:n v="40076"/>
         <x:n v="-7052"/>
         <x:n v="33024"/>
         <x:n v="36127"/>
         <x:n v="-570"/>
         <x:n v="40045"/>
         <x:n v="-7041"/>
         <x:n v="33086"/>
         <x:n v="35439"/>
         <x:n v="4602"/>
         <x:n v="-6220"/>
         <x:n v="33244"/>
         <x:n v="36177"/>
         <x:n v="4451"/>
         <x:n v="-580"/>
         <x:n v="40026"/>
         <x:n v="-7306"/>
         <x:n v="32809"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="18627"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="3536"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-736"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="21266"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-2574"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="18830"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="18886"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3494"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-790"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="21521"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2760"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="18811"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="19979"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="3590"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-806"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="22612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-2564"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="20245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="20008"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3610"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-772"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="22652"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2604"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="20219"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="19677"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="3646"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-754"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="22419"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-1978"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="20795"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="19696"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3682"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-777"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="22450"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-1721"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="21074"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="20573"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="3890"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-833"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="23447"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-2198"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="21581"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="20246"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3880"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-791"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="23105"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2228"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="21352"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="20470"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="3802"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-661"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="23459"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-2360"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="21380"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="20839"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3766"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-701"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="23844"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2562"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="21549"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="21514"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="3892"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-747"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="24514"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-2747"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="21996"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="21460"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3900"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-727"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="24444"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2766"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="21772"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="21855"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="3961"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-731"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="24936"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-3090"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="22014"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="21884"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4005"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-753"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="24990"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2847"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="22326"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="21583"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4041"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-733"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="24726"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-2571"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="22431"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="21231"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4030"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-691"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="24354"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2604"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="22159"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="22428"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4263"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-669"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="25843"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-2697"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="23427"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="22756"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4204"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-718"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="26154"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2858"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="23449"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="23054"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4215"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-742"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="26367"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-3143"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="23439"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="23075"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4239"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-713"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="26398"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-3177"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="23394"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="23957"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4392"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-635"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="27549"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-3983"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="23665"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="24006"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4445"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-657"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27639"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-3778"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="24010"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="25058"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4479"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-714"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="28666"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-3749"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="25091"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="24628"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4468"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-671"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28210"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-3778"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="24733"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="24385"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4754"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-660"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="28283"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-3372"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="25152"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="24908"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4700"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-688"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28824"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-3522"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="25594"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="25851"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4823"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-638"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="29859"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-3007"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="27237"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="25690"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4836"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-630"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29666"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2996"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="26801"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="26369"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4468"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-592"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="30131"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-4101"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="26166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="26476"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4526"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-615"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30289"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-3975"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="26560"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="27663"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4964"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-672"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31795"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-4301"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="27643"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27145"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4946"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-628"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31256"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-4320"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27145"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="27032"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4842"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-674"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31048"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-3759"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="27540"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27530"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4761"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-709"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31501"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-3841"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27887"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="27582"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4745"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-648"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31554"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-4493"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="27159"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27453"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4785"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-633"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31434"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-4460"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="26939"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="27510"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4669"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-695"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31366"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-4601"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="26831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27718"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4736"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-718"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31639"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-4580"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27261"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="28478"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4853"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-746"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="32459"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-4593"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="27973"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27897"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4827"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-703"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31861"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-4597"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27366"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="28080"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4929"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-568"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="32290"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5351"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="26887"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28451"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4813"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-616"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32544"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5382"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="26940"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="29084"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4744"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-660"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33076"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5368"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="27678"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29011"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4821"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-634"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33073"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5262"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27824"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="29267"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4859"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-589"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33429"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="28160"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29634"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4935"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33867"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5377"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28636"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="30548"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4993"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-682"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34761"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5716"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="28998"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29891"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4954"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-642"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34101"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5738"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28273"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="29206"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="5048"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-627"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33488"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5559"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="27913"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29784"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4953"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-655"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33968"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5568"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28477"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="30548"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4856"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-662"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34661"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="29159"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30159"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4920"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-658"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5311"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28845"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="29527"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4934"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-644"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33702"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-4999"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="28765"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30017"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5009"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-658"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34255"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5153"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29278"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="32418"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="5247"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-675"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="36893"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5611"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31332"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31763"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5207"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-643"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36237"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5730"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30521"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="30933"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="5211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-578"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="35448"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5646"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="29713"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31362"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5083"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-609"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35730"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5587"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30054"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="31829"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="5105"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-597"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="36250"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5838"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="30321"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31445"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5203"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-583"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35958"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5563"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30233"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="30898"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="5235"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-600"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="35411"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5417"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="29907"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31510"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5307"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-610"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36071"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5581"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30476"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="32962"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="5461"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-622"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="37687"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5701"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31893"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32377"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5427"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-599"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37110"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5945"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31090"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="32250"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="5777"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-566"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="37343"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6017"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31221"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32470"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5603"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-601"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37368"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5890"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31250"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="33720"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="5616"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="38646"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6809"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31745"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33394"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5756"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-582"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38471"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6515"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31901"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="32478"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="5776"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-575"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="37564"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5548"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31896"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33119"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5847"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-584"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38248"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5617"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32542"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="34575"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="5875"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-602"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="39752"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5595"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34022"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34146"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5846"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-589"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39311"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6027"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="34137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="6501"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-604"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="39871"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6097"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33647"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34432"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6327"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-617"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40047"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5957"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34016"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="35109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="6118"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-663"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="40439"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5877"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34416"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34538"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6254"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-652"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39970"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5502"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34135"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="34734"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="6250"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="40245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6653"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33491"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35351"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6318"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-618"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40893"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6627"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34162"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="35502"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="6280"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-623"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="41035"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5257"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="35590"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35303"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6240"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-619"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40799"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5881"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34879"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="37091"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="6758"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-614"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="43081"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7106"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="35925"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37163"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6573"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-629"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="43025"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6899"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36001"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="37089"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="6274"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-658"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="42598"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7302"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="35284"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36589"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6447"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-636"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="42254"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6922"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35239"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="35860"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="6282"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-623"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="41395"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6031"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="35209"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36313"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6329"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-633"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41853"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5868"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35842"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="37802"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="6238"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-626"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="43316"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6787"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="36431"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37924"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6174"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-627"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="43357"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7638"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35792"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="37364"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="6268"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-632"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="42891"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="36330"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37235"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6117"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-651"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="42666"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6122"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36195"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="37308"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="5640"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-666"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="42232"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6724"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="35427"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36854"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5821"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-635"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41972"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6305"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35605"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="36674"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="5563"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-627"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="41558"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7351"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34232"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36982"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5586"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-638"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41843"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7162"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34724"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="35338"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="5465"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-631"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="40114"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5597"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34327"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35696"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5372"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-636"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40359"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6579"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33788"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="36023"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4826"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-621"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="40221"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7157"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33069"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36021"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4770"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-625"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40222"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6787"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33336"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="36270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4576"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-654"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="40206"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7636"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="32629"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35621"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4716"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-635"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39716"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7193"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32477"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="34900"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4665"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="38951"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7690"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31351"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35046"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4660"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-619"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39055"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7492"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31674"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="34142"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4800"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-602"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="38317"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6328"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31938"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34693"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4686"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-606"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38720"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7415"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31464"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="35212"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4505"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-601"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="39119"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7591"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31574"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35121"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4487"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39048"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7096"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31738"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="35788"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4460"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-617"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="39637"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7423"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="32248"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35155"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4614"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-588"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39192"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6989"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32288"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="35241"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4669"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-574"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="39335"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6584"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="32750"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35330"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4641"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-585"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39364"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6460"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32958"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="34297"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4688"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-582"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="38395"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-4687"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33630"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34953"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4551"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-587"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38886"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5789"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33159"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="34894"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-544"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="38771"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-8009"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="30762"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35103"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4471"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-535"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39089"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7436"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31587"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="36936"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4408"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-576"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="40769"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-8604"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="32165"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35945"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4538"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-569"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39909"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-8183"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="35771"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4497"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-547"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="39721"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7928"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31794"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35814"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4448"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-559"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39688"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7847"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31911"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="35355"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4648"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-538"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="39465"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7202"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="32262"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36101"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4501"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-543"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40033"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-8325"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31819"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="36056"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4336"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-562"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="39829"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-8402"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31428"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36078"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4388"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-569"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39919"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7700"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31932"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="37191"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4240"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-586"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="40844"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7234"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33611"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36360"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4391"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-564"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40209"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6871"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33447"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="36072"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4562"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-559"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="40076"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7052"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33024"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36127"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4497"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-570"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40045"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7041"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33086"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ17C1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="35439"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ17C2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="4602"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ17C3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010)"/>
+    <s v="Euro Million"/>
+    <n v="-576"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ17C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="39465"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ17C5"/>
+    <s v="Net Factor Income for Rest of the World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6220"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ17C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33244"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ17S1"/>
+    <s v="GDP at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36177"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ17S2"/>
+    <s v="Taxes at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4451"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ17S3"/>
+    <s v="Subsides at Constant Factor Costs (Chain linked annually ref to 2010) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-580"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ17S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40026"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ17S5"/>
+    <s v="Net Factor Income for Rest of the World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7306"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="NQQ17S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2010) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32809"/>
+  </r>
+</pivotCacheRecords>
 </file>