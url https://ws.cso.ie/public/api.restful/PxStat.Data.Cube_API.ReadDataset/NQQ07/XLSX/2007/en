--- v0 (2025-11-09)
+++ v1 (2026-02-22)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R197e5e958dbb4920" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/77236aa45b234990b1a69bbca51b740a.psmdcp" Id="Rb50020da73b64292" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c897a4226ca4b37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d71e9f782a84f069fe4e55b92c8b3c9.psmdcp" Id="R5d07026e81c7459c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NQQ07</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Gross Domestic Product at Constant Factor Cost (chain linked annually and referenced to 2007)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NQQ07/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NA</x:t>
   </x:si>
   <x:si>
     <x:t>National Accounts Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Justin Flannery</x:t>
   </x:si>
@@ -715,619 +715,222 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...567 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="NAAQGDP" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sector" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="52">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="52">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H833" totalsRowShown="0">
   <x:autoFilter ref="A1:H833"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="NAAQGDP"/>
     <x:tableColumn id="2" name="Sector"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1596,51 +1199,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NQQ07/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1827,51 +1430,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H833"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="12.282054" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="49.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="88.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -23517,51 +23120,51 @@
       <x:c r="E833" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F833" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G833" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H833" s="0">
         <x:v>9567</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -23578,51 +23181,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H833" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="NAAQGDP">
       <x:sharedItems count="8">
         <x:s v="0"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="07"/>
         <x:s v="08"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sector">
       <x:sharedItems count="8">
         <x:s v="All Sectors"/>
         <x:s v="Agriculture Forestry and Fishing"/>
         <x:s v="Industry"/>
         <x:s v="Distribution Transport Software and Communication"/>
         <x:s v="Public Administration and Defence"/>
         <x:s v="Other Services (including Rent)"/>
         <x:s v="Industry - Building and Construction"/>
         <x:s v="Industry - Transportable Goods Industries and Utilities"/>
       </x:sharedItems>
@@ -24542,27 +24145,8348 @@
         <x:n v="9213"/>
         <x:n v="9845"/>
         <x:n v="10155"/>
         <x:n v="10447"/>
         <x:n v="10382"/>
         <x:n v="10032"/>
         <x:n v="10772"/>
         <x:n v="9572"/>
         <x:n v="10134"/>
         <x:n v="8781"/>
         <x:n v="9134"/>
         <x:n v="10426"/>
         <x:n v="10017"/>
         <x:n v="10227"/>
         <x:n v="9510"/>
         <x:n v="9996"/>
         <x:n v="9123"/>
         <x:n v="9567"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="20593"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="21011"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="22205"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="22049"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="21789"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="21852"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="22923"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="22574"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="22658"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="23109"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="23817"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="23648"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="24100"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="24182"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="23999"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="23645"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="24691"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="25135"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="25395"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="25239"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="26425"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="26530"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="27696"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27305"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="26536"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="26945"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="28309"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28155"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="28624"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28791"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="29955"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29517"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="29833"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30248"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="30369"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30181"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="30074"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30339"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="31065"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30597"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="31164"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31561"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="32309"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32035"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="32327"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32751"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="33587"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33061"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="32537"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32910"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="33946"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33588"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="32908"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33451"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="35693"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35149"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="34745"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35080"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="35414"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34994"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="34483"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35139"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="36380"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35835"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="36096"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36396"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="37760"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37309"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="36376"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37060"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="38235"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37721"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="38122"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38398"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="39270"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38828"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="38837"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39468"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="39522"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39100"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="41661"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41922"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="41536"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41130"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="40691"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41180"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="42602"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="42281"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="41715"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41972"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="41695"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41321"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="41126"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41475"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="39851"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39645"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="38928"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39175"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="39107"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38781"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="38594"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38813"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="37983"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37852"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1301"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1232"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="6277"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6319"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="6869"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6781"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="6711"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6940"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="7253"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7063"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="7453"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7505"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="7799"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7689"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="7691"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7977"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="7897"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7681"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="8313"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8363"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="8421"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8288"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="8537"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8903"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="9516"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9235"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="8549"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8590"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="9468"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9292"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="9173"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9634"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="10774"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10423"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="10410"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10472"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="10255"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10006"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="9328"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9871"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="10450"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10095"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="10631"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10705"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="11616"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11262"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="10478"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11150"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="11341"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10966"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="10776"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10865"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="11473"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11051"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="10371"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11055"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="12300"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11965"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="11690"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11753"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="12142"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11667"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="10909"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11609"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="12154"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11896"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="11983"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12022"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="12758"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12246"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="11549"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12227"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="12829"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12676"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="12611"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12579"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="13727"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13211"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="12537"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13163"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="13034"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13023"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="14338"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="14221"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="13960"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13468"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="13262"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13791"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="14249"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="14431"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="14156"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13936"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="14350"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13893"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="13190"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13606"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="12102"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12377"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="13074"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12814"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="12684"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12302"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="11987"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12293"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="11372"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11714"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="3288"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3370"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="3411"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3487"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="3721"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3622"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="3944"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3873"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="3591"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3679"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="3765"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3846"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="4057"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3951"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="4140"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4071"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="3975"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4068"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="4013"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4094"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="4354"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4244"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="4455"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4389"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="4550"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4650"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="4704"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4793"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="4956"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4832"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="4810"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4749"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="4993"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5095"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5047"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5137"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5279"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5150"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5245"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5188"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5097"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5192"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5175"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5264"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5473"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5345"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5423"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5370"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5284"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5369"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5301"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5393"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5577"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5458"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5508"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5455"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5321"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5388"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5381"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5480"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5677"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5569"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5711"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5657"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5686"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5735"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5673"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5784"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5931"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5834"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5938"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5880"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5953"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5987"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5931"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6051"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="6165"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6078"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="6305"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6237"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="6363"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6392"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="6283"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6412"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="6501"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6419"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="6518"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6439"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="6398"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6430"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="6125"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6251"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="6237"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6162"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="6054"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5972"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5722"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5756"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5603"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5719"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5663"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5593"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5632"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5552"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1191"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1191"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1198"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1316"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1351"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1343"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1403"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1422"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1417"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1465"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1432"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1498"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1524"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="9730"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10031"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="10162"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10216"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="10429"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10237"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="10276"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10113"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="10405"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10720"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="10337"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10392"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="10906"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10715"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="11037"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10859"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="10781"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11092"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="11291"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11356"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="11950"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11758"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="12170"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11973"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="11762"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12069"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="12204"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12287"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="12734"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12553"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="12934"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12725"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="12718"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13003"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="13180"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13290"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="13615"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13449"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="14018"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13789"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="13556"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13813"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="13997"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="14137"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="14394"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="14245"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="14731"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="14480"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="14631"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="14871"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="14602"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="14773"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="15142"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15007"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="15390"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15113"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="15550"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15775"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="15618"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15830"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="16202"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16069"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="16793"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16473"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="16179"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16395"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="16657"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16907"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="17458"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="17327"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="17884"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="17520"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="17402"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="17630"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="17538"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="17813"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="18280"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="18156"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="18914"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="18510"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="18658"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="18898"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="18906"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="19210"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="19462"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="19343"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="20039"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="19603"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="19569"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="19807"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="19127"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="19442"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="19715"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="19603"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="19738"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="19312"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="18948"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="19159"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="18701"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="19018"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="19007"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="18904"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="19283"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="18868"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="2022"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2088"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="2135"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2206"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="2286"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2221"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="2301"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2224"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="2160"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2230"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="2209"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2281"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="2491"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2425"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="2623"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2532"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="2540"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2621"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="2548"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2632"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="2735"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2668"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="2752"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2648"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="2666"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2752"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="2754"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2849"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="2831"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2769"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="2864"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2743"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="2720"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2812"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="2806"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2904"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="2950"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2896"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="3089"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2940"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="2813"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2917"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="2786"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2881"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="3002"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2957"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="3154"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2990"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="2837"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2943"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="2867"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2966"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="3215"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3174"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="3504"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3317"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="3210"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3326"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="3322"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3442"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="3399"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3353"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="3696"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3506"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="3461"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3576"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="3662"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3802"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="3870"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3808"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="3999"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3800"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="3943"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4073"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="3769"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3924"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="4094"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4008"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="4061"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3860"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="4161"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4308"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="3866"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4050"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="4056"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3934"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="4093"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3888"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="3774"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3929"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="3577"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3770"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="3618"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3475"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="3321"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3151"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="2648"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2773"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="2457"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2601"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="2477"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2361"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="2249"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2133"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="4372"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4369"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="4813"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4715"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="4629"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4835"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5065"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4960"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5279"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5276"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5543"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5421"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5352"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5612"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5472"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5351"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5841"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5831"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5927"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5782"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5948"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6278"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="6748"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6584"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="5983"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5965"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="6713"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6521"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="6433"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6853"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="7757"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7545"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="7546"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7531"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="7366"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7099"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="6489"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6982"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="7385"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7176"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="7700"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7690"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="8581"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8196"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="7455"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8092"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="8124"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7904"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="7815"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7817"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="8415"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7958"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="7220"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7874"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="8755"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8583"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="8397"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8362"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="8731"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8217"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="7554"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8247"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="8479"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8375"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="8490"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8424"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="9058"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8501"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="7751"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8434"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="8852"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8846"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="8682"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8540"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="9929"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9343"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="8472"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9147"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="8987"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9098"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="10177"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9935"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="10088"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9518"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="9213"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9845"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="10155"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10447"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="10382"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10032"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="10772"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10216"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="9572"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10134"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="8781"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9134"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="10426"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10017"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="10227"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9730"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="9510"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9996"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ07C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007)"/>
+    <s v="Euro Million"/>
+    <n v="9123"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Industry - Transportable Goods Industries and Utilities"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="NQQ07S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually and referenced to 2007) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9567"/>
+  </r>
+</pivotCacheRecords>
 </file>