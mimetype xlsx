--- v0 (2025-10-04)
+++ v1 (2026-03-05)
@@ -1,133 +1,133 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22c8033797984273" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1bd3b9dbae6245b9a52086a88bc5e94c.psmdcp" Id="R8642ac7d39614ae3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcee680e9dea4ecc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bec1390f11f542139a63fe0861c69412.psmdcp" Id="Rf2cfa4bb355f41ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NQQ02</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Gross Domestic Product and Gross National Product at 2005 Prices</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NQQ02/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NA</x:t>
   </x:si>
   <x:si>
     <x:t>National Accounts Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Gordon Cavanagh</x:t>
+    <x:t>Justin Flannery</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>nat_acc@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 1 498 4307</x:t>
+    <x:t>(+353) 1 498 4262</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -682,579 +682,212 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...527 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H529" totalsRowShown="0">
   <x:autoFilter ref="A1:H529"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02196V02652"/>
     <x:tableColumn id="2" name="State"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1523,51 +1156,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NQQ02/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1754,51 +1387,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H529"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="81.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -15540,51 +15173,51 @@
       <x:c r="E529" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F529" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H529" s="0">
         <x:v>37312</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15601,51 +15234,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H529" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="1">
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="State">
       <x:sharedItems count="1">
         <x:s v="State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
       <x:sharedItems count="44">
         <x:s v="19971"/>
         <x:s v="19972"/>
         <x:s v="19973"/>
         <x:s v="19974"/>
         <x:s v="19981"/>
         <x:s v="19982"/>
         <x:s v="19983"/>
         <x:s v="19984"/>
         <x:s v="19991"/>
         <x:s v="19992"/>
         <x:s v="19993"/>
@@ -16265,27 +15898,5308 @@
         <x:n v="37467"/>
         <x:n v="39903"/>
         <x:n v="6022"/>
         <x:n v="-694"/>
         <x:n v="45157"/>
         <x:n v="-7186"/>
         <x:n v="38151"/>
         <x:n v="39578"/>
         <x:n v="5774"/>
         <x:n v="-701"/>
         <x:n v="44650"/>
         <x:n v="-7029"/>
         <x:n v="37621"/>
         <x:n v="39377"/>
         <x:n v="5874"/>
         <x:n v="44783"/>
         <x:n v="-7305"/>
         <x:n v="37312"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="19714"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3348"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-823"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="22299"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-2726"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="19787"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="20234"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3317"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="22836"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2898"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="20093"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="21240"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3393"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-901"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="23804"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-2716"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="21371"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="21186"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3399"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="23738"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2732"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="21344"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="20835"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3432"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-843"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="23492"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-2095"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="21842"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="21060"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3470"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="23713"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-1927"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="22283"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="21960"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3660"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-931"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="24757"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-2329"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="22863"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="21750"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3648"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="24548"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2382"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="22669"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="21711"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3604"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-762"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="24614"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-2465"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="22535"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="22240"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3569"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="25163"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2617"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="22826"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="22831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3679"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-862"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="25718"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-2869"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="23179"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="22743"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3684"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="25610"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2882"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="23124"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="23104"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3724"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-843"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="26054"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-3227"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="23084"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="23337"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3771"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="26295"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2984"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="23542"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="23026"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3824"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-846"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="26069"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-2686"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="23774"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="22793"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3811"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="25831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2744"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="23540"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="23738"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4027"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-770"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="27051"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-2809"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="24634"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="24207"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3981"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27537"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-2961"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="24852"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="24389"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3981"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-853"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="27585"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-3269"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="24637"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="24281"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3991"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27454"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-3284"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="24563"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="25380"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4132"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-729"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="28845"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-4176"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="24857"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="25601"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4186"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29091"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-3903"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="25319"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="26679"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4229"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-821"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="30160"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-3893"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="26556"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="26380"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4217"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29853"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-3967"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="26238"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="25545"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4488"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-754"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="29325"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-3508"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="26161"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="25898"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4422"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-797"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29679"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-3656"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="26266"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="27223"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4543"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-729"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31094"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-3100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="28516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27051"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4567"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-709"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30902"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-3101"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28391"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="27477"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4264"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-676"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31135"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-4233"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="27136"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27699"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4323"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-700"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31403"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-4041"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27593"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="28791"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4695"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-768"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="32784"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-4395"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="28652"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28385"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4679"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-722"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32364"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-4458"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28179"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="28838"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4573"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-871"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="32648"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-3893"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="29141"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29180"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4493"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-922"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32952"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-3993"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29275"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="29293"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4507"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-837"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33076"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-4604"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="28691"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29077"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4541"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-818"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32851"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-4574"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28563"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="28762"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4448"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-899"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="32427"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-4702"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="27891"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29086"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4515"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-928"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32813"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-4617"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28374"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="29750"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4626"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-964"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33532"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-4634"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="29129"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29338"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4607"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-906"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33115"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-4680"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28626"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="29994"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4692"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-716"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34047"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5558"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="28513"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30303"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4597"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-757"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34283"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5610"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28651"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="31004"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4545"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-833"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34845"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5530"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="29380"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30681"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4593"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-819"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34538"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5422"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29253"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="30983"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4629"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-743"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="34971"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5381"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="29696"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31490"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4701"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-762"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35551"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5452"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30236"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="32269"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4750"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-861"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="36288"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5790"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="30558"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31825"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4728"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-810"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35852"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5851"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="31187"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4824"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-724"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="35332"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5679"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="29739"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31440"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4714"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-769"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35462"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5630"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29891"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="32581"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4660"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-764"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="36551"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5619"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31066"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4723"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-752"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36183"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5450"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30928"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="31633"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4728"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-743"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="35675"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5048"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="30835"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32271"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4796"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-756"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36379"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5237"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31403"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="34396"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4970"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-779"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="38661"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5641"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33215"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33971"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4961"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-739"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5727"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32638"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="33344"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5111"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-699"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="37801"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5845"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31977"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33509"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4972"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-741"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37796"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5708"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32080"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="33998"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5005"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-715"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="38343"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="32363"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33526"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5092"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-704"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37942"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5780"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32234"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="32749"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5058"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-720"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="37131"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5519"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="31649"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33480"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5112"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-728"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37910"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5804"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32240"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="34608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5278"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-742"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="39192"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5800"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33433"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5297"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-708"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38922"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-5924"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32910"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="34913"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5583"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-758"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="39737"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6522"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33208"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34986"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5407"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-800"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39569"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6295"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33233"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="36407"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5412"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-791"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="41031"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7355"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33645"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35894"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5517"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-779"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40616"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7094"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33512"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="34644"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5636"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-771"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="39505"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5927"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="33593"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35436"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5677"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-776"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40329"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34231"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="36449"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5574"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-800"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="41224"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5971"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="35276"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36149"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5627"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-768"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41089"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34824"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="36920"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="6083"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-742"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="42261"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6535"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="35726"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36909"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5869"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-779"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="41932"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6266"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35623"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="37685"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5775"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-791"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="42668"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6541"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="36127"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37155"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5893"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-779"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="42259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6321"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36011"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="37493"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5961"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-752"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="42702"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7236"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="35466"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38341"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5987"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-755"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="43551"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7599"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36133"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="38077"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5823"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-772"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="43128"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-5944"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="37184"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37845"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5907"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-745"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="43153"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-6151"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36806"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="40093"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="6345"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-675"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="45763"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7513"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="38250"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40011"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6108"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-710"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="45245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38032"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="39747"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5947"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-705"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="44989"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7249"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="37740"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39195"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6071"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-692"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="44619"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7037"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37639"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="39028"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="6005"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-689"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="44344"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-6877"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="37467"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39903"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6022"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-694"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="45157"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7186"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38151"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ02C1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="39578"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ02C2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5774"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ02C3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="-701"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ02C4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="44650"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ02C5"/>
+    <s v="Net Factor Income from Rest of World (RoW)"/>
+    <s v="Euro Million"/>
+    <n v="-7029"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ02C6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices"/>
+    <s v="Euro Million"/>
+    <n v="37621"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ02S1"/>
+    <s v="GDP at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39377"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ02S2"/>
+    <s v="Taxes at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5874"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ02S3"/>
+    <s v="Subsides at Constant Factor Cost (Chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-675"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ02S4"/>
+    <s v="GDP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="44783"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ02S5"/>
+    <s v="Net Factor Income from Rest of World (RoW) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="-7305"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ02S6"/>
+    <s v="GNP at Constant (Chain linked annually ref to 2005) Market Prices (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37312"/>
+  </r>
+</pivotCacheRecords>
 </file>