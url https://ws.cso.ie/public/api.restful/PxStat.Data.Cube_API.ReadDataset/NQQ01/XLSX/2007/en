--- v0 (2025-11-04)
+++ v1 (2026-03-04)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bf1a7f9a29b4ab9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f2a46de9338d43009bcc4ca07b6105fb.psmdcp" Id="R121a634e0fe2430a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf866ccb53cad4fc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/de892fe00b644ee09221655ff14d69c3.psmdcp" Id="R55468c924b4c4fa6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NQQ01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Gross Domestic Product at Constant Factor Cost (chain linked annually ref to 2005)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NQQ01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NA</x:t>
   </x:si>
   <x:si>
     <x:t>National Accounts Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Justin Flannery</x:t>
   </x:si>
@@ -661,547 +661,204 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...495 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="NAAQGDP" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sector" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H617" totalsRowShown="0">
   <x:autoFilter ref="A1:H617"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="NAAQGDP"/>
     <x:tableColumn id="2" name="Sector"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1470,51 +1127,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NQQ01/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1701,51 +1358,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H617"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="12.282054" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="76.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -17775,51 +17432,51 @@
       <x:c r="E617" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F617" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H617" s="0">
         <x:v>3311</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -17836,51 +17493,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H617" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="NAAQGDP">
       <x:sharedItems count="7">
         <x:s v="0"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sector">
       <x:sharedItems count="7">
         <x:s v="All Sectors"/>
         <x:s v="Agriculture Forestry and Fishing"/>
         <x:s v="Industry"/>
         <x:s v="Distribution Transport Software and Communication"/>
         <x:s v="Public Administration and Defence"/>
         <x:s v="Other Services (including Rent)"/>
         <x:s v="Industry - Building and Construction"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
@@ -18566,27 +18223,6188 @@
         <x:n v="3410"/>
         <x:n v="3593"/>
         <x:n v="3494"/>
         <x:n v="3570"/>
         <x:n v="3616"/>
         <x:n v="3402"/>
         <x:n v="3479"/>
         <x:n v="3635"/>
         <x:n v="3587"/>
         <x:n v="3617"/>
         <x:n v="3582"/>
         <x:n v="3698"/>
         <x:n v="3696"/>
         <x:n v="3533"/>
         <x:n v="3608"/>
         <x:n v="3477"/>
         <x:n v="3300"/>
         <x:n v="3311"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="19714"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="20234"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="21240"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="21186"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="20835"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="21060"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="21960"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="21750"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="21711"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="22240"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="22831"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="22743"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="23104"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="23337"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="23026"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="22793"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="23738"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="24207"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="24389"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="24281"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="25380"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="25601"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="26679"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="26380"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="28838"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="25545"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="27223"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27051"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="27477"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="27699"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="28791"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="28385"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="28838"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29180"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="29293"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29077"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="28762"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29086"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="29750"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="29338"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="29994"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30303"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="31004"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="30681"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="30983"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31490"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="32269"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31825"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="31187"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="31440"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="32581"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32164"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="31633"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="32271"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="34396"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33971"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="33344"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33509"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="33998"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33526"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="32749"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="33480"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="34608"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34245"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="34913"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="34986"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="36407"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35894"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="34644"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="35436"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="36449"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36149"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="36920"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="36909"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="37685"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37155"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="37493"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="38341"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="38077"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="37845"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="40093"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="40011"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="39747"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39195"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="39028"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39903"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="39578"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Sectors"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="39377"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1198"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1417"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Agriculture Forestry and Fishing"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="6495"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6548"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="7110"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7024"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="6958"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7192"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="7518"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7309"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="7715"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7780"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="8077"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7969"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="7971"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8266"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="8182"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="7944"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="8624"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8687"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="8713"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8581"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="8841"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9220"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="9859"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9550"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="8851"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8903"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="9800"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9626"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="9509"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9990"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="11167"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10779"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="10781"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10858"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="10614"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10367"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="9629"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10194"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="10827"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10430"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="11000"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11094"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="11996"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11643"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="10842"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11545"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="11794"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11364"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="11147"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11265"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="11890"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11460"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="10773"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11504"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="12826"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12404"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="12076"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12200"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="12573"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12069"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="11298"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12056"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="12632"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12279"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="12308"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12425"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="13137"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12577"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="11823"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12588"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="13196"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12905"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="12763"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12851"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="14024"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13421"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="12649"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13421"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="13326"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13111"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="14690"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="14750"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="14225"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13612"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="13477"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="14258"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="13988"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Industry"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13822"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3066"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3126"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3156"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3235"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3420"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3351"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3671"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3590"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3351"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3416"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3482"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3565"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3733"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3660"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3851"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3771"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3699"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3766"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3707"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3790"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4013"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3938"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4149"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4071"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4235"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4307"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4345"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4435"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4574"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4490"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4494"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4421"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4664"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4736"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4713"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4803"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4895"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4809"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4920"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4849"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4804"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4872"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4836"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4923"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5081"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="4996"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5090"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5024"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4953"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5011"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4961"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5051"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5165"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5086"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5170"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5107"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="4998"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5042"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5029"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5123"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5276"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5203"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5365"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5307"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5351"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5379"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5299"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5400"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5542"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5475"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5567"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5514"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5575"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5586"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5544"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5649"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5759"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5700"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5889"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5840"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5961"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="5958"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="5901"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6011"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="6112"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6057"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="6155"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Distribution Transport Software and Communication"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="6107"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Public Administration and Defence"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="8654"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="8914"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="9035"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9079"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="9266"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9103"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="9144"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9001"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="9249"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9521"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="9201"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9246"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="9696"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9534"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="9810"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9654"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="9606"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="9876"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="10052"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10106"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="10612"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10450"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="10804"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10629"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="10456"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10724"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="10844"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="10914"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="11308"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11156"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="11526"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11336"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="11309"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11565"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="11734"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11825"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="12084"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="11948"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="12394"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12182"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="11971"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12207"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="12287"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12395"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="12608"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12492"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="12958"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="12732"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="12829"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13049"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="12900"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13026"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="13394"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13289"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="13571"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13334"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="13736"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13940"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="13759"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="13912"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="14227"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="14121"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="14780"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="14527"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="14495"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="14687"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="14982"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15163"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="15607"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15494"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="16014"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="15739"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="15904"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16104"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="16113"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16315"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="16744"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16625"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="17115"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="16820"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="16895"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="17104"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="17098"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="17315"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="17741"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="17618"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="18254"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Other Services (including Rent)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="17937"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1874"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="1937"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="1982"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="2146"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2081"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="2157"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="2004"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2071"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="2058"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2128"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="2333"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2267"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="2452"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="2395"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2475"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="2359"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2438"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="2550"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2487"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="2572"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2470"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="2480"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2565"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="2559"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2648"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="2654"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2599"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="2684"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2559"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="2543"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2638"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="2628"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2720"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="2736"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2692"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="2904"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2746"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="2633"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2744"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="2621"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2708"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="2816"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2784"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3020"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2843"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="2650"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2765"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="2698"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="2783"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3065"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3038"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3389"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3199"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="2970"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3083"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3092"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3184"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3137"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3108"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3442"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3289"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3124"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3206"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3339"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3428"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3448"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3410"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3593"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3494"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3570"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3616"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3402"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3479"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3635"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3587"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3617"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3582"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3698"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3696"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3533"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3608"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3533"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3477"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ01C1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005)"/>
+    <s v="Euro Million"/>
+    <n v="3300"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Industry - Building and Construction"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="NQQ01S1"/>
+    <s v="GDP at Constant Factor Cost (chain linked annually ref to 2005) (Seasonally Adjusted)"/>
+    <s v="Euro Million"/>
+    <n v="3311"/>
+  </r>
+</pivotCacheRecords>
 </file>