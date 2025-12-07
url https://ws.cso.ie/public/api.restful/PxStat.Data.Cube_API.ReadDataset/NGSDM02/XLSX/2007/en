--- v0 (2025-10-12)
+++ v1 (2025-12-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4f9e1d5f00a41f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a2ad085393a54afcb458876e4268f54e.psmdcp" Id="R20546088c117468e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d5c096d008a475c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/35dddff89f274877a4c48be9e8c65e58.psmdcp" Id="R94a31d0584404ab5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NGSDM02</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Networked Gas Monthly Demand</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/19/2025 11:00:00 AM</x:t>
+    <x:t>31/10/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NGSDM02/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NGDC</x:t>
   </x:si>
   <x:si>
     <x:t>Networked Gas Daily Consumption, Supply &amp; Demand</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Berna Lawlor</x:t>
   </x:si>
@@ -735,50 +735,56 @@
     <x:t>2025 February</x:t>
   </x:si>
   <x:si>
     <x:t>2025M03</x:t>
   </x:si>
   <x:si>
     <x:t>2025 March</x:t>
   </x:si>
   <x:si>
     <x:t>2025M04</x:t>
   </x:si>
   <x:si>
     <x:t>2025 April</x:t>
   </x:si>
   <x:si>
     <x:t>2025M05</x:t>
   </x:si>
   <x:si>
     <x:t>2025 May</x:t>
   </x:si>
   <x:si>
     <x:t>2025M06</x:t>
   </x:si>
   <x:si>
     <x:t>2025 June</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025M07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 July</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -916,896 +922,297 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...839 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(M1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="91">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+      </items>
+    </pivotField>
+    <pivotField name="Month" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="91">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+      </items>
+    </pivotField>
+    <pivotField name="C04132V04898" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Networked Gas Customer Type" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H451" totalsRowShown="0">
-  <x:autoFilter ref="A1:H451"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H456" totalsRowShown="0">
+  <x:autoFilter ref="A1:H456"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(M1)"/>
     <x:tableColumn id="4" name="Month"/>
     <x:tableColumn id="5" name="C04132V04898"/>
     <x:tableColumn id="6" name="Networked Gas Customer Type"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -2069,51 +1476,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NGSDM02/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2300,55 +1707,55 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H451"/>
+  <x:dimension ref="A1:H456"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.424911" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="30.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.996339" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="15.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="60.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="14.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="11.853482" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -14046,63 +13453,193 @@
       <x:c r="A451" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F451" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H451" s="0">
         <x:v>3451.046704</x:v>
       </x:c>
     </x:row>
+    <x:row r="452" spans="1:8">
+      <x:c r="A452" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B452" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C452" s="0" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="D452" s="0" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="E452" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F452" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G452" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H452" s="0">
+        <x:v>267.659336</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="453" spans="1:8">
+      <x:c r="A453" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B453" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C453" s="0" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="D453" s="0" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="E453" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F453" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G453" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H453" s="0">
+        <x:v>216.080561</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="454" spans="1:8">
+      <x:c r="A454" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B454" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C454" s="0" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="D454" s="0" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="E454" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F454" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G454" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H454" s="0">
+        <x:v>494.581436</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="455" spans="1:8">
+      <x:c r="A455" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B455" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C455" s="0" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="D455" s="0" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="E455" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F455" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G455" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H455" s="0">
+        <x:v>3243.86611</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="456" spans="1:8">
+      <x:c r="A456" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B456" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C456" s="0" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="D456" s="0" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="E456" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F456" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G456" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H456" s="0">
+        <x:v>4222.187443</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14119,65 +13656,65 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H451" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="NGSDM02C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Networked Gas Monthly Demand"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(M1)">
-      <x:sharedItems count="90">
+      <x:sharedItems count="91">
         <x:s v="2018M01"/>
         <x:s v="2018M02"/>
         <x:s v="2018M03"/>
         <x:s v="2018M04"/>
         <x:s v="2018M05"/>
         <x:s v="2018M06"/>
         <x:s v="2018M07"/>
         <x:s v="2018M08"/>
         <x:s v="2018M09"/>
         <x:s v="2018M10"/>
         <x:s v="2018M11"/>
         <x:s v="2018M12"/>
         <x:s v="2019M01"/>
         <x:s v="2019M02"/>
         <x:s v="2019M03"/>
         <x:s v="2019M04"/>
         <x:s v="2019M05"/>
         <x:s v="2019M06"/>
         <x:s v="2019M07"/>
         <x:s v="2019M08"/>
         <x:s v="2019M09"/>
         <x:s v="2019M10"/>
         <x:s v="2019M11"/>
         <x:s v="2019M12"/>
         <x:s v="2020M01"/>
@@ -14224,54 +13761,55 @@
         <x:s v="2023M06"/>
         <x:s v="2023M07"/>
         <x:s v="2023M08"/>
         <x:s v="2023M09"/>
         <x:s v="2023M10"/>
         <x:s v="2023M11"/>
         <x:s v="2023M12"/>
         <x:s v="2024M01"/>
         <x:s v="2024M02"/>
         <x:s v="2024M03"/>
         <x:s v="2024M04"/>
         <x:s v="2024M05"/>
         <x:s v="2024M06"/>
         <x:s v="2024M07"/>
         <x:s v="2024M08"/>
         <x:s v="2024M09"/>
         <x:s v="2024M10"/>
         <x:s v="2024M11"/>
         <x:s v="2024M12"/>
         <x:s v="2025M01"/>
         <x:s v="2025M02"/>
         <x:s v="2025M03"/>
         <x:s v="2025M04"/>
         <x:s v="2025M05"/>
         <x:s v="2025M06"/>
+        <x:s v="2025M07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Month">
-      <x:sharedItems count="90">
+      <x:sharedItems count="91">
         <x:s v="2018 January"/>
         <x:s v="2018 February"/>
         <x:s v="2018 March"/>
         <x:s v="2018 April"/>
         <x:s v="2018 May"/>
         <x:s v="2018 June"/>
         <x:s v="2018 July"/>
         <x:s v="2018 August"/>
         <x:s v="2018 September"/>
         <x:s v="2018 October"/>
         <x:s v="2018 November"/>
         <x:s v="2018 December"/>
         <x:s v="2019 January"/>
         <x:s v="2019 February"/>
         <x:s v="2019 March"/>
         <x:s v="2019 April"/>
         <x:s v="2019 May"/>
         <x:s v="2019 June"/>
         <x:s v="2019 July"/>
         <x:s v="2019 August"/>
         <x:s v="2019 September"/>
         <x:s v="2019 October"/>
         <x:s v="2019 November"/>
         <x:s v="2019 December"/>
         <x:s v="2020 January"/>
@@ -14318,77 +13856,78 @@
         <x:s v="2023 June"/>
         <x:s v="2023 July"/>
         <x:s v="2023 August"/>
         <x:s v="2023 September"/>
         <x:s v="2023 October"/>
         <x:s v="2023 November"/>
         <x:s v="2023 December"/>
         <x:s v="2024 January"/>
         <x:s v="2024 February"/>
         <x:s v="2024 March"/>
         <x:s v="2024 April"/>
         <x:s v="2024 May"/>
         <x:s v="2024 June"/>
         <x:s v="2024 July"/>
         <x:s v="2024 August"/>
         <x:s v="2024 September"/>
         <x:s v="2024 October"/>
         <x:s v="2024 November"/>
         <x:s v="2024 December"/>
         <x:s v="2025 January"/>
         <x:s v="2025 February"/>
         <x:s v="2025 March"/>
         <x:s v="2025 April"/>
         <x:s v="2025 May"/>
         <x:s v="2025 June"/>
+        <x:s v="2025 July"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C04132V04898">
       <x:sharedItems count="5">
         <x:s v="20"/>
         <x:s v="30"/>
         <x:s v="40"/>
         <x:s v="10"/>
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Networked Gas Customer Type">
       <x:sharedItems count="5">
         <x:s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
         <x:s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
         <x:s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
         <x:s v="Power Plants"/>
         <x:s v="All Networked Gas Customers"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Gigawatt hours"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="194.31643" maxValue="5854.899244" count="450">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="194.31643" maxValue="5854.899244" count="455">
         <x:n v="1852.772253"/>
         <x:n v="307.568179"/>
         <x:n v="401.864132"/>
         <x:n v="2321.830282"/>
         <x:n v="4884.034846"/>
         <x:n v="1780.464717"/>
         <x:n v="298.122083"/>
         <x:n v="432.689092"/>
         <x:n v="2191.393885"/>
         <x:n v="4702.669777"/>
         <x:n v="1840.886541"/>
         <x:n v="311.849247"/>
         <x:n v="502.194799"/>
         <x:n v="2615.813918"/>
         <x:n v="5270.744505"/>
         <x:n v="1146.785425"/>
         <x:n v="265.714788"/>
         <x:n v="535.130633"/>
         <x:n v="2636.367777"/>
         <x:n v="4583.998623"/>
         <x:n v="623.467708"/>
         <x:n v="236.066617"/>
         <x:n v="582.750686"/>
         <x:n v="3172.706388"/>
         <x:n v="4614.991399"/>
@@ -14795,34 +14334,4590 @@
         <x:n v="1356.510719"/>
         <x:n v="305.546682"/>
         <x:n v="400.504119"/>
         <x:n v="2235.535169"/>
         <x:n v="4298.096689"/>
         <x:n v="1113.189038"/>
         <x:n v="317.296559"/>
         <x:n v="514.260601"/>
         <x:n v="2906.073613"/>
         <x:n v="4850.819811"/>
         <x:n v="710.442984"/>
         <x:n v="275.874445"/>
         <x:n v="502.45656"/>
         <x:n v="2775.957814"/>
         <x:n v="4264.731803"/>
         <x:n v="407.171014"/>
         <x:n v="250.478387"/>
         <x:n v="507.888066"/>
         <x:n v="2632.390211"/>
         <x:n v="3797.927678"/>
         <x:n v="323.754357"/>
         <x:n v="227.188078"/>
         <x:n v="496.108713"/>
         <x:n v="2403.995556"/>
         <x:n v="3451.046704"/>
+        <x:n v="267.659336"/>
+        <x:n v="216.080561"/>
+        <x:n v="494.581436"/>
+        <x:n v="3243.86611"/>
+        <x:n v="4222.187443"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M01"/>
+    <s v="2018 January"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1852.772253"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M01"/>
+    <s v="2018 January"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="307.568179"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M01"/>
+    <s v="2018 January"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="401.864132"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M01"/>
+    <s v="2018 January"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2321.830282"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M01"/>
+    <s v="2018 January"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4884.034846"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M02"/>
+    <s v="2018 February"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1780.464717"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M02"/>
+    <s v="2018 February"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="298.122083"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M02"/>
+    <s v="2018 February"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="432.689092"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M02"/>
+    <s v="2018 February"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2191.393885"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M02"/>
+    <s v="2018 February"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4702.669777"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M03"/>
+    <s v="2018 March"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1840.886541"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M03"/>
+    <s v="2018 March"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="311.849247"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M03"/>
+    <s v="2018 March"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="502.194799"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M03"/>
+    <s v="2018 March"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2615.813918"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M03"/>
+    <s v="2018 March"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="5270.744505"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M04"/>
+    <s v="2018 April"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1146.785425"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M04"/>
+    <s v="2018 April"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="265.714788"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M04"/>
+    <s v="2018 April"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="535.130633"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M04"/>
+    <s v="2018 April"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2636.367777"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M04"/>
+    <s v="2018 April"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4583.998623"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M05"/>
+    <s v="2018 May"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="623.467708"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M05"/>
+    <s v="2018 May"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="236.066617"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M05"/>
+    <s v="2018 May"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="582.750686"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M05"/>
+    <s v="2018 May"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3172.706388"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M05"/>
+    <s v="2018 May"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4614.991399"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M06"/>
+    <s v="2018 June"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="308.514607"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M06"/>
+    <s v="2018 June"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="198.687514"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M06"/>
+    <s v="2018 June"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="519.897173"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M06"/>
+    <s v="2018 June"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3617.101284"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M06"/>
+    <s v="2018 June"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4644.200578"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M07"/>
+    <s v="2018 July"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="260.915783"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M07"/>
+    <s v="2018 July"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="194.31643"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M07"/>
+    <s v="2018 July"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="469.741126"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M07"/>
+    <s v="2018 July"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3751.602777"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M07"/>
+    <s v="2018 July"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4676.576116"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M08"/>
+    <s v="2018 August"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="333.409099"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M08"/>
+    <s v="2018 August"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="204.318524"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M08"/>
+    <s v="2018 August"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="494.229369"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M08"/>
+    <s v="2018 August"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3302.93639"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M08"/>
+    <s v="2018 August"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4334.893382"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M09"/>
+    <s v="2018 September"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="552.254708"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M09"/>
+    <s v="2018 September"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="214.741785"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M09"/>
+    <s v="2018 September"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="483.232127"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M09"/>
+    <s v="2018 September"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2766.856398"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M09"/>
+    <s v="2018 September"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4017.085018"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M10"/>
+    <s v="2018 October"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1006.187515"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M10"/>
+    <s v="2018 October"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="279.025977"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M10"/>
+    <s v="2018 October"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="610.898414"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M10"/>
+    <s v="2018 October"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3115.88056"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M10"/>
+    <s v="2018 October"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="5011.992466"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M11"/>
+    <s v="2018 November"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1386.732729"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M11"/>
+    <s v="2018 November"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="293.679618"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M11"/>
+    <s v="2018 November"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="555.184905"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M11"/>
+    <s v="2018 November"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2875.971106"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M11"/>
+    <s v="2018 November"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="5111.568358"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M12"/>
+    <s v="2018 December"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1507.545333"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M12"/>
+    <s v="2018 December"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="278.997107"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M12"/>
+    <s v="2018 December"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="434.357061"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M12"/>
+    <s v="2018 December"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2750.771386"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2018M12"/>
+    <s v="2018 December"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4971.670887"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M01"/>
+    <s v="2019 January"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1724.83477"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M01"/>
+    <s v="2019 January"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="322.703937"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M01"/>
+    <s v="2019 January"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="417.834704"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M01"/>
+    <s v="2019 January"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2965.480001"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M01"/>
+    <s v="2019 January"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="5430.853412"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M02"/>
+    <s v="2019 February"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1402.652684"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M02"/>
+    <s v="2019 February"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="291.302229"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M02"/>
+    <s v="2019 February"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="434.58434"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M02"/>
+    <s v="2019 February"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2238.870832"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M02"/>
+    <s v="2019 February"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4367.410085"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M03"/>
+    <s v="2019 March"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1442.004989"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M03"/>
+    <s v="2019 March"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="316.847114"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M03"/>
+    <s v="2019 March"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="564.120885"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M03"/>
+    <s v="2019 March"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2857.629128"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M03"/>
+    <s v="2019 March"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="5180.602116"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M04"/>
+    <s v="2019 April"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1138.502084"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M04"/>
+    <s v="2019 April"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="299.535514"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M04"/>
+    <s v="2019 April"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="584.541217"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M04"/>
+    <s v="2019 April"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3088.670282"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M04"/>
+    <s v="2019 April"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="5111.249097"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M05"/>
+    <s v="2019 May"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="731.422059"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M05"/>
+    <s v="2019 May"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="275.145996"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M05"/>
+    <s v="2019 May"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="581.206118"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M05"/>
+    <s v="2019 May"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3562.631114"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M05"/>
+    <s v="2019 May"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="5150.405287"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M06"/>
+    <s v="2019 June"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="576.348166"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M06"/>
+    <s v="2019 June"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="238.097862"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M06"/>
+    <s v="2019 June"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="549.745983"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M06"/>
+    <s v="2019 June"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3227.778889"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M06"/>
+    <s v="2019 June"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4591.9709"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M07"/>
+    <s v="2019 July"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="314.428287"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M07"/>
+    <s v="2019 July"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="224.719603"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M07"/>
+    <s v="2019 July"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="546.973341"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M07"/>
+    <s v="2019 July"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3584.294733"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M07"/>
+    <s v="2019 July"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4670.415964"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M08"/>
+    <s v="2019 August"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="345.40476"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M08"/>
+    <s v="2019 August"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="234.178107"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M08"/>
+    <s v="2019 August"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="548.882612"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M08"/>
+    <s v="2019 August"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2837.68055"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M08"/>
+    <s v="2019 August"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="3966.146029"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M09"/>
+    <s v="2019 September"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="477.509138"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M09"/>
+    <s v="2019 September"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="241.333354"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M09"/>
+    <s v="2019 September"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="530.660395"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M09"/>
+    <s v="2019 September"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2802.023332"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M09"/>
+    <s v="2019 September"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4051.526219"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M10"/>
+    <s v="2019 October"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1061.073092"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M10"/>
+    <s v="2019 October"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="301.321572"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M10"/>
+    <s v="2019 October"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="521.978088"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M10"/>
+    <s v="2019 October"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2973.796942"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M10"/>
+    <s v="2019 October"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4858.169694"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M11"/>
+    <s v="2019 November"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1545.2015"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M11"/>
+    <s v="2019 November"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="325.643179"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M11"/>
+    <s v="2019 November"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="496.288113"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M11"/>
+    <s v="2019 November"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3110.433611"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M11"/>
+    <s v="2019 November"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="5477.566403"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M12"/>
+    <s v="2019 December"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1727.694521"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M12"/>
+    <s v="2019 December"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="311.196684"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M12"/>
+    <s v="2019 December"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="394.142044"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M12"/>
+    <s v="2019 December"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2713.503343"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2019M12"/>
+    <s v="2019 December"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="5146.536592"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M01"/>
+    <s v="2020 January"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1750.879677"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M01"/>
+    <s v="2020 January"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="339.255266"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M01"/>
+    <s v="2020 January"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="397.825609"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M01"/>
+    <s v="2020 January"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2891.660282"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M01"/>
+    <s v="2020 January"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="5379.620834"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M02"/>
+    <s v="2020 February"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1719.261558"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M02"/>
+    <s v="2020 February"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="329.504856"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M02"/>
+    <s v="2020 February"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="457.175446"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M02"/>
+    <s v="2020 February"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2440.97987"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M02"/>
+    <s v="2020 February"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4946.92173"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M03"/>
+    <s v="2020 March"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1535.059788"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M03"/>
+    <s v="2020 March"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="335.537934"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M03"/>
+    <s v="2020 March"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="563.735074"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M03"/>
+    <s v="2020 March"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2778.086948"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M03"/>
+    <s v="2020 March"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="5212.419744"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M04"/>
+    <s v="2020 April"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="808.720677"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M04"/>
+    <s v="2020 April"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="254.688612"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M04"/>
+    <s v="2020 April"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="549.141308"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M04"/>
+    <s v="2020 April"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2954.69306"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M04"/>
+    <s v="2020 April"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4567.243657"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M05"/>
+    <s v="2020 May"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="533.127196"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M05"/>
+    <s v="2020 May"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="234.590205"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M05"/>
+    <s v="2020 May"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="579.599198"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M05"/>
+    <s v="2020 May"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3295.965829"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M05"/>
+    <s v="2020 May"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4643.282428"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M06"/>
+    <s v="2020 June"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="399.520992"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M06"/>
+    <s v="2020 June"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="227.700164"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M06"/>
+    <s v="2020 June"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="538.746368"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M06"/>
+    <s v="2020 June"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3251.383615"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M06"/>
+    <s v="2020 June"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4417.351139"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M07"/>
+    <s v="2020 July"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="380.532896"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M07"/>
+    <s v="2020 July"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="233.986289"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M07"/>
+    <s v="2020 July"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="528.352046"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M07"/>
+    <s v="2020 July"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3441.522589"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M07"/>
+    <s v="2020 July"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4584.39382"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M08"/>
+    <s v="2020 August"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="357.481771"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M08"/>
+    <s v="2020 August"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="227.119298"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M08"/>
+    <s v="2020 August"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="531.021654"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M08"/>
+    <s v="2020 August"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3523.913921"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M08"/>
+    <s v="2020 August"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4639.536644"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M09"/>
+    <s v="2020 September"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="510.693128"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M09"/>
+    <s v="2020 September"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="251.90485"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M09"/>
+    <s v="2020 September"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="513.401872"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M09"/>
+    <s v="2020 September"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3246.876671"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M09"/>
+    <s v="2020 September"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4522.876521"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M10"/>
+    <s v="2020 October"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1052.54667"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M10"/>
+    <s v="2020 October"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="287.848038"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M10"/>
+    <s v="2020 October"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="523.337133"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M10"/>
+    <s v="2020 October"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2698.093604"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M10"/>
+    <s v="2020 October"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4561.825445"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M11"/>
+    <s v="2020 November"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1282.518536"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M11"/>
+    <s v="2020 November"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="296.475721"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M11"/>
+    <s v="2020 November"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="499.909455"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M11"/>
+    <s v="2020 November"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2823.678053"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M11"/>
+    <s v="2020 November"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4902.581765"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M12"/>
+    <s v="2020 December"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1790.12254"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M12"/>
+    <s v="2020 December"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="319.749826"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M12"/>
+    <s v="2020 December"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="412.482658"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M12"/>
+    <s v="2020 December"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2950.1175"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2020M12"/>
+    <s v="2020 December"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="5472.472524"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M01"/>
+    <s v="2021 January"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1928.630894"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M01"/>
+    <s v="2021 January"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="340.657315"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M01"/>
+    <s v="2021 January"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="434.537422"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M01"/>
+    <s v="2021 January"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3151.073613"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M01"/>
+    <s v="2021 January"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="5854.899244"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M02"/>
+    <s v="2021 February"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1566.095387"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M02"/>
+    <s v="2021 February"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="310.321019"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M02"/>
+    <s v="2021 February"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="479.93367"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M02"/>
+    <s v="2021 February"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2287.351391"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M02"/>
+    <s v="2021 February"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4643.701467"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M03"/>
+    <s v="2021 March"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1389.472096"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M03"/>
+    <s v="2021 March"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="320.854579"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M03"/>
+    <s v="2021 March"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="583.408483"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M03"/>
+    <s v="2021 March"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2993.658851"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M03"/>
+    <s v="2021 March"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="5287.394009"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M04"/>
+    <s v="2021 April"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1091.406207"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M04"/>
+    <s v="2021 April"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="305.650022"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M04"/>
+    <s v="2021 April"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="613.004655"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M04"/>
+    <s v="2021 April"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2847.937504"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M04"/>
+    <s v="2021 April"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4857.998388"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M05"/>
+    <s v="2021 May"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="843.299065"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M05"/>
+    <s v="2021 May"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="285.744361"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M05"/>
+    <s v="2021 May"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="628.85442"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M05"/>
+    <s v="2021 May"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2403.29222"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M05"/>
+    <s v="2021 May"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4161.190066"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M06"/>
+    <s v="2021 June"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="371.766038"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M06"/>
+    <s v="2021 June"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="236.165729"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M06"/>
+    <s v="2021 June"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="582.26572"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M06"/>
+    <s v="2021 June"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2800.328888"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M06"/>
+    <s v="2021 June"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="3990.526375"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M07"/>
+    <s v="2021 July"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="300.207642"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M07"/>
+    <s v="2021 July"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="220.629454"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M07"/>
+    <s v="2021 July"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="534.059391"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M07"/>
+    <s v="2021 July"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3133.092218"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M07"/>
+    <s v="2021 July"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4187.988705"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M08"/>
+    <s v="2021 August"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="351.972811"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M08"/>
+    <s v="2021 August"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="233.687193"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M08"/>
+    <s v="2021 August"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="530.782713"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M08"/>
+    <s v="2021 August"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3099.160561"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M08"/>
+    <s v="2021 August"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4215.603278"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M09"/>
+    <s v="2021 September"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="374.574207"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M09"/>
+    <s v="2021 September"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="236.825129"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M09"/>
+    <s v="2021 September"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="516.485828"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M09"/>
+    <s v="2021 September"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2837.481389"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M09"/>
+    <s v="2021 September"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="3965.366553"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M10"/>
+    <s v="2021 October"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="801.406841"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M10"/>
+    <s v="2021 October"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="276.264438"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M10"/>
+    <s v="2021 October"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="483.430392"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M10"/>
+    <s v="2021 October"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2547.594673"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M10"/>
+    <s v="2021 October"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4108.696344"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M11"/>
+    <s v="2021 November"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1351.852263"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M11"/>
+    <s v="2021 November"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="314.142827"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M11"/>
+    <s v="2021 November"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="446.631211"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M11"/>
+    <s v="2021 November"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2778.607791"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M11"/>
+    <s v="2021 November"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4891.234092"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M12"/>
+    <s v="2021 December"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1600.440956"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M12"/>
+    <s v="2021 December"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="311.460415"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M12"/>
+    <s v="2021 December"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="369.562925"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M12"/>
+    <s v="2021 December"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2665.01222"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2021M12"/>
+    <s v="2021 December"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4946.476516"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M01"/>
+    <s v="2022 January"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1703.347255"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M01"/>
+    <s v="2022 January"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="333.993084"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M01"/>
+    <s v="2022 January"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="378.293609"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M01"/>
+    <s v="2022 January"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3122.276362"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M01"/>
+    <s v="2022 January"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="5537.91031"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M02"/>
+    <s v="2022 February"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1485.635615"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M02"/>
+    <s v="2022 February"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="311.987645"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M02"/>
+    <s v="2022 February"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="427.150031"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M02"/>
+    <s v="2022 February"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2039.229714"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M02"/>
+    <s v="2022 February"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4264.003005"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M03"/>
+    <s v="2022 March"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1329.835052"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M03"/>
+    <s v="2022 March"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="334.95604"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M03"/>
+    <s v="2022 March"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="528.787979"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M03"/>
+    <s v="2022 March"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2763.937721"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M03"/>
+    <s v="2022 March"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4957.516792"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M04"/>
+    <s v="2022 April"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="982.795032"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M04"/>
+    <s v="2022 April"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="306.763522"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M04"/>
+    <s v="2022 April"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="551.426709"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M04"/>
+    <s v="2022 April"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3029.807781"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M04"/>
+    <s v="2022 April"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4870.793044"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M05"/>
+    <s v="2022 May"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="554.592664"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M05"/>
+    <s v="2022 May"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="278.673685"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M05"/>
+    <s v="2022 May"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="575.57099"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M05"/>
+    <s v="2022 May"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3141.579444"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M05"/>
+    <s v="2022 May"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4550.416783"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M06"/>
+    <s v="2022 June"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="392.838853"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M06"/>
+    <s v="2022 June"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="256.255161"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M06"/>
+    <s v="2022 June"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="542.729956"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M06"/>
+    <s v="2022 June"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3223.13278"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M06"/>
+    <s v="2022 June"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4414.95675"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M07"/>
+    <s v="2022 July"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="289.060798"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M07"/>
+    <s v="2022 July"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="222.40182"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M07"/>
+    <s v="2022 July"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="510.397814"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M07"/>
+    <s v="2022 July"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3599.8751"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M07"/>
+    <s v="2022 July"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4621.735532"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M08"/>
+    <s v="2022 August"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="276.548713"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M08"/>
+    <s v="2022 August"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="229.665188"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M08"/>
+    <s v="2022 August"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="490.069291"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M08"/>
+    <s v="2022 August"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3722.431663"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M08"/>
+    <s v="2022 August"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4718.714855"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M09"/>
+    <s v="2022 September"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="407.02563"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M09"/>
+    <s v="2022 September"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="233.751942"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M09"/>
+    <s v="2022 September"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="467.448363"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M09"/>
+    <s v="2022 September"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3109.125006"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M09"/>
+    <s v="2022 September"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4217.350941"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M10"/>
+    <s v="2022 October"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="684.969509"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M10"/>
+    <s v="2022 October"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="259.163037"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M10"/>
+    <s v="2022 October"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="482.643231"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M10"/>
+    <s v="2022 October"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2602.284446"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M10"/>
+    <s v="2022 October"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4029.060223"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M11"/>
+    <s v="2022 November"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1080.662459"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M11"/>
+    <s v="2022 November"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="289.372118"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M11"/>
+    <s v="2022 November"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="462.880389"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M11"/>
+    <s v="2022 November"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2726.111949"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M11"/>
+    <s v="2022 November"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4559.026915"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M12"/>
+    <s v="2022 December"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1673.74786"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M12"/>
+    <s v="2022 December"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="317.753954"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M12"/>
+    <s v="2022 December"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="374.60788"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M12"/>
+    <s v="2022 December"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3223.597471"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2022M12"/>
+    <s v="2022 December"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="5589.707165"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M01"/>
+    <s v="2023 January"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1579.972153"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M01"/>
+    <s v="2023 January"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="321.840796"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M01"/>
+    <s v="2023 January"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="363.932937"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M01"/>
+    <s v="2023 January"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2888.481567"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M01"/>
+    <s v="2023 January"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="5154.227453"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M02"/>
+    <s v="2023 February"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1199.292076"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M02"/>
+    <s v="2023 February"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="287.964311"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M02"/>
+    <s v="2023 February"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="393.225469"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M02"/>
+    <s v="2023 February"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2697.775004"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M02"/>
+    <s v="2023 February"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4578.25686"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M03"/>
+    <s v="2023 March"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1307.375512"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M03"/>
+    <s v="2023 March"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="330.587327"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M03"/>
+    <s v="2023 March"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="517.416744"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M03"/>
+    <s v="2023 March"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3035.43166"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M03"/>
+    <s v="2023 March"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="5190.811243"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M04"/>
+    <s v="2023 April"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="871.158853"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M04"/>
+    <s v="2023 April"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="292.577326"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M04"/>
+    <s v="2023 April"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="516.578582"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M04"/>
+    <s v="2023 April"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2783.626941"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M04"/>
+    <s v="2023 April"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4463.941702"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M05"/>
+    <s v="2023 May"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="456.908658"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M05"/>
+    <s v="2023 May"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="258.353665"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M05"/>
+    <s v="2023 May"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="525.143755"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M05"/>
+    <s v="2023 May"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3230.083112"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M05"/>
+    <s v="2023 May"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4470.48919"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M06"/>
+    <s v="2023 June"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="274.773517"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M06"/>
+    <s v="2023 June"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="217.588052"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M06"/>
+    <s v="2023 June"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="476.52264"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M06"/>
+    <s v="2023 June"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3066.312432"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M06"/>
+    <s v="2023 June"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4035.196641"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M07"/>
+    <s v="2023 July"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="306.784565"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M07"/>
+    <s v="2023 July"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="217.583139"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M07"/>
+    <s v="2023 July"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="470.499202"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M07"/>
+    <s v="2023 July"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2798.781666"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M07"/>
+    <s v="2023 July"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="3793.648572"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M08"/>
+    <s v="2023 August"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="309.227627"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M08"/>
+    <s v="2023 August"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="223.890067"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M08"/>
+    <s v="2023 August"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="482.989878"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M08"/>
+    <s v="2023 August"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2715.168881"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M08"/>
+    <s v="2023 August"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="3731.276453"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M09"/>
+    <s v="2023 September"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="373.821383"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M09"/>
+    <s v="2023 September"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="225.476926"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M09"/>
+    <s v="2023 September"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="465.218201"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M09"/>
+    <s v="2023 September"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2625.015277"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M09"/>
+    <s v="2023 September"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="3689.531787"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M10"/>
+    <s v="2023 October"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="715.834251"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M10"/>
+    <s v="2023 October"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="255.762293"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M10"/>
+    <s v="2023 October"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="461.770874"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M10"/>
+    <s v="2023 October"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2738.560549"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M10"/>
+    <s v="2023 October"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4171.927967"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M11"/>
+    <s v="2023 November"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1197.11414"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M11"/>
+    <s v="2023 November"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="299.099394"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M11"/>
+    <s v="2023 November"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="425.626511"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M11"/>
+    <s v="2023 November"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2737.603053"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M11"/>
+    <s v="2023 November"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4659.443098"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M12"/>
+    <s v="2023 December"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1383.724128"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M12"/>
+    <s v="2023 December"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="286.228768"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M12"/>
+    <s v="2023 December"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="351.824697"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M12"/>
+    <s v="2023 December"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2286.876741"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2023M12"/>
+    <s v="2023 December"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4308.654334"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M01"/>
+    <s v="2024 January"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1678.220225"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M01"/>
+    <s v="2024 January"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="349.25547"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M01"/>
+    <s v="2024 January"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="390.424405"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M01"/>
+    <s v="2024 January"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3137.495279"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M01"/>
+    <s v="2024 January"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="5555.395379"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M02"/>
+    <s v="2024 February"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1259.826612"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M02"/>
+    <s v="2024 February"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="300.455139"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M02"/>
+    <s v="2024 February"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="405.490595"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M02"/>
+    <s v="2024 February"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2452.927775"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M02"/>
+    <s v="2024 February"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4418.700121"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M03"/>
+    <s v="2024 March"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1256.610746"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M03"/>
+    <s v="2024 March"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="309.850575"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M03"/>
+    <s v="2024 March"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="518.324002"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M03"/>
+    <s v="2024 March"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2574.901108"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M03"/>
+    <s v="2024 March"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4659.686431"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M04"/>
+    <s v="2024 April"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="929.25452"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M04"/>
+    <s v="2024 April"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="281.446037"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M04"/>
+    <s v="2024 April"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="493.363774"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M04"/>
+    <s v="2024 April"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2621.897178"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M04"/>
+    <s v="2024 April"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4325.961509"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M05"/>
+    <s v="2024 May"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="525.467121"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M05"/>
+    <s v="2024 May"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="258.878605"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M05"/>
+    <s v="2024 May"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="512.391289"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M05"/>
+    <s v="2024 May"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3153.388889"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M05"/>
+    <s v="2024 May"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4450.125904"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M06"/>
+    <s v="2024 June"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="374.837217"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M06"/>
+    <s v="2024 June"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="240.064139"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M06"/>
+    <s v="2024 June"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="470.8146"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M06"/>
+    <s v="2024 June"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2611.107276"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M06"/>
+    <s v="2024 June"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="3696.823232"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M07"/>
+    <s v="2024 July"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="319.283954"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M07"/>
+    <s v="2024 July"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="243.966253"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M07"/>
+    <s v="2024 July"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="454.383355"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M07"/>
+    <s v="2024 July"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2894.415"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M07"/>
+    <s v="2024 July"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="3912.048562"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M08"/>
+    <s v="2024 August"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="295.118926"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M08"/>
+    <s v="2024 August"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="241.548584"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M08"/>
+    <s v="2024 August"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="461.112509"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M08"/>
+    <s v="2024 August"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2518.915105"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M08"/>
+    <s v="2024 August"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="3516.695124"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M09"/>
+    <s v="2024 September"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="478.416026"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M09"/>
+    <s v="2024 September"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="270.315268"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M09"/>
+    <s v="2024 September"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="483.571794"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M09"/>
+    <s v="2024 September"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2821.799101"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M09"/>
+    <s v="2024 September"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4054.102189"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M10"/>
+    <s v="2024 October"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="771.924595"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M10"/>
+    <s v="2024 October"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="300.038369"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M10"/>
+    <s v="2024 October"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="448.742641"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M10"/>
+    <s v="2024 October"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3005.373336"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M10"/>
+    <s v="2024 October"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4526.078941"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M11"/>
+    <s v="2024 November"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1144.771476"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M11"/>
+    <s v="2024 November"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="298.280557"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M11"/>
+    <s v="2024 November"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="459.191136"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M11"/>
+    <s v="2024 November"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3560.40834"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M11"/>
+    <s v="2024 November"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="5462.651509"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M12"/>
+    <s v="2024 December"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1396.621779"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M12"/>
+    <s v="2024 December"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="292.655252"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M12"/>
+    <s v="2024 December"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="378.01281"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M12"/>
+    <s v="2024 December"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2917.928696"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2024M12"/>
+    <s v="2024 December"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4985.218537"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M01"/>
+    <s v="2025 January"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1668.690285"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M01"/>
+    <s v="2025 January"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="339.702324"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M01"/>
+    <s v="2025 January"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="367.987639"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M01"/>
+    <s v="2025 January"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3456.803877"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M01"/>
+    <s v="2025 January"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="5833.184125"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M02"/>
+    <s v="2025 February"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1356.510719"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M02"/>
+    <s v="2025 February"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="305.546682"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M02"/>
+    <s v="2025 February"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="400.504119"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M02"/>
+    <s v="2025 February"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2235.535169"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M02"/>
+    <s v="2025 February"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4298.096689"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M03"/>
+    <s v="2025 March"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="1113.189038"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M03"/>
+    <s v="2025 March"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="317.296559"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M03"/>
+    <s v="2025 March"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="514.260601"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M03"/>
+    <s v="2025 March"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2906.073613"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M03"/>
+    <s v="2025 March"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4850.819811"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M04"/>
+    <s v="2025 April"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="710.442984"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M04"/>
+    <s v="2025 April"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="275.874445"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M04"/>
+    <s v="2025 April"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="502.45656"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M04"/>
+    <s v="2025 April"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2775.957814"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M04"/>
+    <s v="2025 April"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4264.731803"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M05"/>
+    <s v="2025 May"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="407.171014"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M05"/>
+    <s v="2025 May"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="250.478387"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M05"/>
+    <s v="2025 May"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="507.888066"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M05"/>
+    <s v="2025 May"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2632.390211"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M05"/>
+    <s v="2025 May"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="3797.927678"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M06"/>
+    <s v="2025 June"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="323.754357"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M06"/>
+    <s v="2025 June"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="227.188078"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M06"/>
+    <s v="2025 June"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="496.108713"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M06"/>
+    <s v="2025 June"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="2403.995556"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M06"/>
+    <s v="2025 June"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="3451.046704"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M07"/>
+    <s v="2025 July"/>
+    <s v="20"/>
+    <s v="Non-Daily Metered (annual consumption &lt; 5.55 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="267.659336"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M07"/>
+    <s v="2025 July"/>
+    <s v="30"/>
+    <s v="Daily Metered (annual consumption &gt;= 5.55 GWh and &lt; 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="216.080561"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M07"/>
+    <s v="2025 July"/>
+    <s v="40"/>
+    <s v="Large Daily Metered (annual metered capacity &gt;= 57.5 GWh)"/>
+    <s v="Gigawatt hours"/>
+    <n v="494.581436"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M07"/>
+    <s v="2025 July"/>
+    <s v="10"/>
+    <s v="Power Plants"/>
+    <s v="Gigawatt hours"/>
+    <n v="3243.86611"/>
+  </r>
+  <r>
+    <s v="NGSDM02C01"/>
+    <s v="Networked Gas Monthly Demand"/>
+    <s v="2025M07"/>
+    <s v="2025 July"/>
+    <s v="-"/>
+    <s v="All Networked Gas Customers"/>
+    <s v="Gigawatt hours"/>
+    <n v="4222.187443"/>
+  </r>
+</pivotCacheRecords>
 </file>