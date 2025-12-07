--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffb9a7db0b7b408e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5d90b177baa240d793cc7536598061c8.psmdcp" Id="R786b4df917df4de5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56ae1cedb4d441f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4519a10f80394a6ca80aa139dc6805e3.psmdcp" Id="R1e3fa4789d224358" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NGSDM01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Networked Gas Monthly Supply</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/19/2025 11:00:00 AM</x:t>
+    <x:t>31/10/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NGSDM01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NGDC</x:t>
   </x:si>
   <x:si>
     <x:t>Networked Gas Daily Consumption, Supply &amp; Demand</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Berna Lawlor</x:t>
   </x:si>
@@ -723,50 +723,56 @@
     <x:t>2025 February</x:t>
   </x:si>
   <x:si>
     <x:t>2025M03</x:t>
   </x:si>
   <x:si>
     <x:t>2025 March</x:t>
   </x:si>
   <x:si>
     <x:t>2025M04</x:t>
   </x:si>
   <x:si>
     <x:t>2025 April</x:t>
   </x:si>
   <x:si>
     <x:t>2025M05</x:t>
   </x:si>
   <x:si>
     <x:t>2025 May</x:t>
   </x:si>
   <x:si>
     <x:t>2025M06</x:t>
   </x:si>
   <x:si>
     <x:t>2025 June</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025M07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 July</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -904,880 +910,293 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...823 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(M1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="91">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+      </items>
+    </pivotField>
+    <pivotField name="Month" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="91">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+      </items>
+    </pivotField>
+    <pivotField name="C04236V05009" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Supply Type" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H271" totalsRowShown="0">
-  <x:autoFilter ref="A1:H271"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H274" totalsRowShown="0">
+  <x:autoFilter ref="A1:H274"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(M1)"/>
     <x:tableColumn id="4" name="Month"/>
     <x:tableColumn id="5" name="C04236V05009"/>
     <x:tableColumn id="6" name="Supply Type"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -2041,51 +1460,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NGSDM01/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2272,55 +1691,55 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H271"/>
+  <x:dimension ref="A1:H274"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.424911" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.996339" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="15.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="25.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="14.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="11.853482" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -9338,63 +8757,141 @@
       <x:c r="A271" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H271" s="0">
         <x:v>3506.282515</x:v>
       </x:c>
     </x:row>
+    <x:row r="272" spans="1:8">
+      <x:c r="A272" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B272" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C272" s="0" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="D272" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="E272" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F272" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G272" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H272" s="0">
+        <x:v>800.441353</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="273" spans="1:8">
+      <x:c r="A273" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B273" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C273" s="0" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="D273" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="E273" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F273" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G273" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H273" s="0">
+        <x:v>3498.661665</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="274" spans="1:8">
+      <x:c r="A274" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B274" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C274" s="0" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="D274" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="E274" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F274" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G274" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H274" s="0">
+        <x:v>4299.103018</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9411,65 +8908,65 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H271" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="NGSDM01C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Networked Gas Monthly Supply"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(M1)">
-      <x:sharedItems count="90">
+      <x:sharedItems count="91">
         <x:s v="2018M01"/>
         <x:s v="2018M02"/>
         <x:s v="2018M03"/>
         <x:s v="2018M04"/>
         <x:s v="2018M05"/>
         <x:s v="2018M06"/>
         <x:s v="2018M07"/>
         <x:s v="2018M08"/>
         <x:s v="2018M09"/>
         <x:s v="2018M10"/>
         <x:s v="2018M11"/>
         <x:s v="2018M12"/>
         <x:s v="2019M01"/>
         <x:s v="2019M02"/>
         <x:s v="2019M03"/>
         <x:s v="2019M04"/>
         <x:s v="2019M05"/>
         <x:s v="2019M06"/>
         <x:s v="2019M07"/>
         <x:s v="2019M08"/>
         <x:s v="2019M09"/>
         <x:s v="2019M10"/>
         <x:s v="2019M11"/>
         <x:s v="2019M12"/>
         <x:s v="2020M01"/>
@@ -9516,54 +9013,55 @@
         <x:s v="2023M06"/>
         <x:s v="2023M07"/>
         <x:s v="2023M08"/>
         <x:s v="2023M09"/>
         <x:s v="2023M10"/>
         <x:s v="2023M11"/>
         <x:s v="2023M12"/>
         <x:s v="2024M01"/>
         <x:s v="2024M02"/>
         <x:s v="2024M03"/>
         <x:s v="2024M04"/>
         <x:s v="2024M05"/>
         <x:s v="2024M06"/>
         <x:s v="2024M07"/>
         <x:s v="2024M08"/>
         <x:s v="2024M09"/>
         <x:s v="2024M10"/>
         <x:s v="2024M11"/>
         <x:s v="2024M12"/>
         <x:s v="2025M01"/>
         <x:s v="2025M02"/>
         <x:s v="2025M03"/>
         <x:s v="2025M04"/>
         <x:s v="2025M05"/>
         <x:s v="2025M06"/>
+        <x:s v="2025M07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Month">
-      <x:sharedItems count="90">
+      <x:sharedItems count="91">
         <x:s v="2018 January"/>
         <x:s v="2018 February"/>
         <x:s v="2018 March"/>
         <x:s v="2018 April"/>
         <x:s v="2018 May"/>
         <x:s v="2018 June"/>
         <x:s v="2018 July"/>
         <x:s v="2018 August"/>
         <x:s v="2018 September"/>
         <x:s v="2018 October"/>
         <x:s v="2018 November"/>
         <x:s v="2018 December"/>
         <x:s v="2019 January"/>
         <x:s v="2019 February"/>
         <x:s v="2019 March"/>
         <x:s v="2019 April"/>
         <x:s v="2019 May"/>
         <x:s v="2019 June"/>
         <x:s v="2019 July"/>
         <x:s v="2019 August"/>
         <x:s v="2019 September"/>
         <x:s v="2019 October"/>
         <x:s v="2019 November"/>
         <x:s v="2019 December"/>
         <x:s v="2020 January"/>
@@ -9610,73 +9108,74 @@
         <x:s v="2023 June"/>
         <x:s v="2023 July"/>
         <x:s v="2023 August"/>
         <x:s v="2023 September"/>
         <x:s v="2023 October"/>
         <x:s v="2023 November"/>
         <x:s v="2023 December"/>
         <x:s v="2024 January"/>
         <x:s v="2024 February"/>
         <x:s v="2024 March"/>
         <x:s v="2024 April"/>
         <x:s v="2024 May"/>
         <x:s v="2024 June"/>
         <x:s v="2024 July"/>
         <x:s v="2024 August"/>
         <x:s v="2024 September"/>
         <x:s v="2024 October"/>
         <x:s v="2024 November"/>
         <x:s v="2024 December"/>
         <x:s v="2025 January"/>
         <x:s v="2025 February"/>
         <x:s v="2025 March"/>
         <x:s v="2025 April"/>
         <x:s v="2025 May"/>
         <x:s v="2025 June"/>
+        <x:s v="2025 July"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C04236V05009">
       <x:sharedItems count="3">
         <x:s v="10"/>
         <x:s v="20"/>
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Supply Type">
       <x:sharedItems count="3">
         <x:s v="Indigenous Gas Production"/>
         <x:s v="Gas Imports"/>
         <x:s v="All Networked Gas Supply"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Gigawatt hours"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="306.338952" maxValue="5988.396691" count="270">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="306.338952" maxValue="5988.396691" count="273">
         <x:n v="3502.651214"/>
         <x:n v="1470.289721"/>
         <x:n v="4972.940935"/>
         <x:n v="3084.020816"/>
         <x:n v="1744.090281"/>
         <x:n v="4828.111097"/>
         <x:n v="3299.892228"/>
         <x:n v="2047.873216"/>
         <x:n v="5347.765444"/>
         <x:n v="2909.535883"/>
         <x:n v="1792.014203"/>
         <x:n v="4701.550086"/>
         <x:n v="2969.397757"/>
         <x:n v="1693.211472"/>
         <x:n v="4662.609229"/>
         <x:n v="3037.905386"/>
         <x:n v="1671.795003"/>
         <x:n v="4709.700389"/>
         <x:n v="2996.889406"/>
         <x:n v="1755.585581"/>
         <x:n v="4752.474987"/>
         <x:n v="2911.257103"/>
         <x:n v="1498.811112"/>
         <x:n v="4410.068215"/>
         <x:n v="2343.707709"/>
@@ -9903,34 +9402,2768 @@
         <x:n v="4614.385221"/>
         <x:n v="881.282172"/>
         <x:n v="4729.697851"/>
         <x:n v="5610.980023"/>
         <x:n v="872.954822"/>
         <x:n v="4242.649448"/>
         <x:n v="5115.60427"/>
         <x:n v="844.267355"/>
         <x:n v="5081.982933"/>
         <x:n v="5926.250288"/>
         <x:n v="790.133737"/>
         <x:n v="3576.429169"/>
         <x:n v="4366.562906"/>
         <x:n v="849.849667"/>
         <x:n v="4073.128968"/>
         <x:n v="4922.978635"/>
         <x:n v="822.010794"/>
         <x:n v="3517.671493"/>
         <x:n v="4339.682287"/>
         <x:n v="836.969151"/>
         <x:n v="3020.466943"/>
         <x:n v="3857.436094"/>
         <x:n v="608.568444"/>
         <x:n v="2897.714071"/>
         <x:n v="3506.282515"/>
+        <x:n v="800.441353"/>
+        <x:n v="3498.661665"/>
+        <x:n v="4299.103018"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M01"/>
+    <s v="2018 January"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="3502.651214"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M01"/>
+    <s v="2018 January"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="1470.289721"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M01"/>
+    <s v="2018 January"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4972.940935"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M02"/>
+    <s v="2018 February"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="3084.020816"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M02"/>
+    <s v="2018 February"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="1744.090281"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M02"/>
+    <s v="2018 February"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4828.111097"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M03"/>
+    <s v="2018 March"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="3299.892228"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M03"/>
+    <s v="2018 March"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="2047.873216"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M03"/>
+    <s v="2018 March"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="5347.765444"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M04"/>
+    <s v="2018 April"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="2909.535883"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M04"/>
+    <s v="2018 April"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="1792.014203"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M04"/>
+    <s v="2018 April"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4701.550086"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M05"/>
+    <s v="2018 May"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="2969.397757"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M05"/>
+    <s v="2018 May"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="1693.211472"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M05"/>
+    <s v="2018 May"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4662.609229"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M06"/>
+    <s v="2018 June"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="3037.905386"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M06"/>
+    <s v="2018 June"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="1671.795003"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M06"/>
+    <s v="2018 June"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4709.700389"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M07"/>
+    <s v="2018 July"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="2996.889406"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M07"/>
+    <s v="2018 July"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="1755.585581"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M07"/>
+    <s v="2018 July"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4752.474987"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M08"/>
+    <s v="2018 August"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="2911.257103"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M08"/>
+    <s v="2018 August"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="1498.811112"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M08"/>
+    <s v="2018 August"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4410.068215"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M09"/>
+    <s v="2018 September"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="2343.707709"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M09"/>
+    <s v="2018 September"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="1743.522965"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M09"/>
+    <s v="2018 September"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4087.230674"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M10"/>
+    <s v="2018 October"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="2883.654207"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M10"/>
+    <s v="2018 October"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="2141.169051"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M10"/>
+    <s v="2018 October"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="5024.823258"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M11"/>
+    <s v="2018 November"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="2668.098054"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M11"/>
+    <s v="2018 November"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="2500.473134"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M11"/>
+    <s v="2018 November"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="5168.571188"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M12"/>
+    <s v="2018 December"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="2695.167926"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M12"/>
+    <s v="2018 December"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="2423.725646"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2018M12"/>
+    <s v="2018 December"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="5118.893572"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M01"/>
+    <s v="2019 January"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="2712.219116"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M01"/>
+    <s v="2019 January"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="2814.571945"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M01"/>
+    <s v="2019 January"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="5526.791061"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M02"/>
+    <s v="2019 February"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="2360.006755"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M02"/>
+    <s v="2019 February"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="2098.573612"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M02"/>
+    <s v="2019 February"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4458.580367"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M03"/>
+    <s v="2019 March"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="2597.402894"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M03"/>
+    <s v="2019 March"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="2661.595804"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M03"/>
+    <s v="2019 March"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="5258.998698"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M04"/>
+    <s v="2019 April"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="2426.764514"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M04"/>
+    <s v="2019 April"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="2724.391664"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M04"/>
+    <s v="2019 April"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="5151.156178"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M05"/>
+    <s v="2019 May"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="2472.087528"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M05"/>
+    <s v="2019 May"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="2720.384719"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M05"/>
+    <s v="2019 May"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="5192.472247"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M06"/>
+    <s v="2019 June"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="2329.636716"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M06"/>
+    <s v="2019 June"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="2271.104243"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M06"/>
+    <s v="2019 June"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4600.740959"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M07"/>
+    <s v="2019 July"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="2342.327251"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M07"/>
+    <s v="2019 July"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="2372.759177"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M07"/>
+    <s v="2019 July"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4715.086428"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M08"/>
+    <s v="2019 August"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="2328.977191"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M08"/>
+    <s v="2019 August"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="1707.593888"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M08"/>
+    <s v="2019 August"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4036.571079"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M09"/>
+    <s v="2019 September"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1714.06131"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M09"/>
+    <s v="2019 September"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="2416.081368"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M09"/>
+    <s v="2019 September"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4130.142678"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M10"/>
+    <s v="2019 October"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1949.615664"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M10"/>
+    <s v="2019 October"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3008.479165"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M10"/>
+    <s v="2019 October"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4958.094829"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M11"/>
+    <s v="2019 November"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="2186.243835"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M11"/>
+    <s v="2019 November"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3401.707495"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M11"/>
+    <s v="2019 November"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="5587.95133"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M12"/>
+    <s v="2019 December"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="2213.74175"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M12"/>
+    <s v="2019 December"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3031.207126"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2019M12"/>
+    <s v="2019 December"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="5244.948876"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M01"/>
+    <s v="2020 January"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="2132.311285"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M01"/>
+    <s v="2020 January"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3334.150485"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M01"/>
+    <s v="2020 January"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="5466.46177"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M02"/>
+    <s v="2020 February"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1918.648869"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M02"/>
+    <s v="2020 February"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3096.100828"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M02"/>
+    <s v="2020 February"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="5014.749697"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M03"/>
+    <s v="2020 March"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="2044.603602"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M03"/>
+    <s v="2020 March"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3252.930002"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M03"/>
+    <s v="2020 March"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="5297.533604"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M04"/>
+    <s v="2020 April"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1936.309016"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M04"/>
+    <s v="2020 April"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="2680.03532"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M04"/>
+    <s v="2020 April"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4616.344336"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M05"/>
+    <s v="2020 May"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1821.639424"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M05"/>
+    <s v="2020 May"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="2872.469716"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M05"/>
+    <s v="2020 May"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4694.10914"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M06"/>
+    <s v="2020 June"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1815.419009"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M06"/>
+    <s v="2020 June"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="2652.032221"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M06"/>
+    <s v="2020 June"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4467.45123"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M07"/>
+    <s v="2020 July"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1775.805099"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M07"/>
+    <s v="2020 July"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="2869.044166"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M07"/>
+    <s v="2020 July"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4644.849265"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M08"/>
+    <s v="2020 August"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1726.697149"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M08"/>
+    <s v="2020 August"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="2989.505837"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M08"/>
+    <s v="2020 August"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4716.202986"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M09"/>
+    <s v="2020 September"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1267.800114"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M09"/>
+    <s v="2020 September"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3322.843055"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M09"/>
+    <s v="2020 September"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4590.643169"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M10"/>
+    <s v="2020 October"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1549.453754"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M10"/>
+    <s v="2020 October"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3094.047832"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M10"/>
+    <s v="2020 October"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4643.501586"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M11"/>
+    <s v="2020 November"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1562.40298"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M11"/>
+    <s v="2020 November"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3424.996666"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M11"/>
+    <s v="2020 November"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4987.399646"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M12"/>
+    <s v="2020 December"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1620.594221"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M12"/>
+    <s v="2020 December"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3927.863482"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2020M12"/>
+    <s v="2020 December"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="5548.457703"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M01"/>
+    <s v="2021 January"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1494.028914"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M01"/>
+    <s v="2021 January"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="4494.367777"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M01"/>
+    <s v="2021 January"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="5988.396691"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M02"/>
+    <s v="2021 February"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1452.87651"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M02"/>
+    <s v="2021 February"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3262.826813"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M02"/>
+    <s v="2021 February"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4715.703323"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M03"/>
+    <s v="2021 March"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1581.112916"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M03"/>
+    <s v="2021 March"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3780.856665"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M03"/>
+    <s v="2021 March"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="5361.969581"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M04"/>
+    <s v="2021 April"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1503.44318"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M04"/>
+    <s v="2021 April"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3506.738663"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M04"/>
+    <s v="2021 April"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="5010.181843"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M05"/>
+    <s v="2021 May"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1334.900466"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M05"/>
+    <s v="2021 May"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="2913.586666"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M05"/>
+    <s v="2021 May"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4248.487132"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M06"/>
+    <s v="2021 June"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1253.381593"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M06"/>
+    <s v="2021 June"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="2792.433058"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M06"/>
+    <s v="2021 June"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4045.814651"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M07"/>
+    <s v="2021 July"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="306.338952"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M07"/>
+    <s v="2021 July"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3948.951666"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M07"/>
+    <s v="2021 July"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4255.290618"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M08"/>
+    <s v="2021 August"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1431.027909"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M08"/>
+    <s v="2021 August"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="2836.378608"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M08"/>
+    <s v="2021 August"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4267.406517"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M09"/>
+    <s v="2021 September"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1433.820617"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M09"/>
+    <s v="2021 September"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="2651.159441"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M09"/>
+    <s v="2021 September"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4084.980058"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M10"/>
+    <s v="2021 October"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1407.2562"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M10"/>
+    <s v="2021 October"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="2813.967218"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M10"/>
+    <s v="2021 October"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4221.223418"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M11"/>
+    <s v="2021 November"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1393.502515"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M11"/>
+    <s v="2021 November"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3582.175558"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M11"/>
+    <s v="2021 November"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4975.678073"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M12"/>
+    <s v="2021 December"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1412.027085"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M12"/>
+    <s v="2021 December"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3668.742989"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2021M12"/>
+    <s v="2021 December"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="5080.770074"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M01"/>
+    <s v="2022 January"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1405.809436"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M01"/>
+    <s v="2022 January"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="4211.430834"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M01"/>
+    <s v="2022 January"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="5617.24027"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M02"/>
+    <s v="2022 February"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1202.499429"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M02"/>
+    <s v="2022 February"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3163.724447"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M02"/>
+    <s v="2022 February"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4366.223876"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M03"/>
+    <s v="2022 March"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1350.289181"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M03"/>
+    <s v="2022 March"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3683.840093"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M03"/>
+    <s v="2022 March"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="5034.129274"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M04"/>
+    <s v="2022 April"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1287.918569"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M04"/>
+    <s v="2022 April"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3683.587775"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M04"/>
+    <s v="2022 April"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4971.506344"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M05"/>
+    <s v="2022 May"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1264.611202"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M05"/>
+    <s v="2022 May"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3369.58026"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M05"/>
+    <s v="2022 May"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4634.191462"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M06"/>
+    <s v="2022 June"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1224.665499"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M06"/>
+    <s v="2022 June"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3272.041667"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M06"/>
+    <s v="2022 June"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4496.707166"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M07"/>
+    <s v="2022 July"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1101.884907"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M07"/>
+    <s v="2022 July"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3601.333612"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M07"/>
+    <s v="2022 July"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4703.218519"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M08"/>
+    <s v="2022 August"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1234.33123"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M08"/>
+    <s v="2022 August"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3591.023714"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M08"/>
+    <s v="2022 August"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4825.354944"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M09"/>
+    <s v="2022 September"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1185.589279"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M09"/>
+    <s v="2022 September"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3134.148523"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M09"/>
+    <s v="2022 September"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4319.737802"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M10"/>
+    <s v="2022 October"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1220.143718"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M10"/>
+    <s v="2022 October"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="2921.372219"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M10"/>
+    <s v="2022 October"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4141.515937"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M11"/>
+    <s v="2022 November"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1168.206796"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M11"/>
+    <s v="2022 November"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3487.846344"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M11"/>
+    <s v="2022 November"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4656.05314"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M12"/>
+    <s v="2022 December"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1178.10469"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M12"/>
+    <s v="2022 December"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="4529.178332"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2022M12"/>
+    <s v="2022 December"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="5707.283022"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M01"/>
+    <s v="2023 January"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1143.995194"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M01"/>
+    <s v="2023 January"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="4114.267335"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M01"/>
+    <s v="2023 January"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="5258.262529"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M02"/>
+    <s v="2023 February"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1023.763902"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M02"/>
+    <s v="2023 February"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3626.150556"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M02"/>
+    <s v="2023 February"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4649.914458"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M03"/>
+    <s v="2023 March"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1124.268938"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M03"/>
+    <s v="2023 March"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="4157.734076"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M03"/>
+    <s v="2023 March"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="5282.003014"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M04"/>
+    <s v="2023 April"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1054.429989"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M04"/>
+    <s v="2023 April"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3489.249254"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M04"/>
+    <s v="2023 April"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4543.679243"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M05"/>
+    <s v="2023 May"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1108.886229"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M05"/>
+    <s v="2023 May"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3441.060554"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M05"/>
+    <s v="2023 May"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4549.946783"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M06"/>
+    <s v="2023 June"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1050.173662"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M06"/>
+    <s v="2023 June"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3053.636111"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M06"/>
+    <s v="2023 June"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4103.809773"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M07"/>
+    <s v="2023 July"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="543.04276"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M07"/>
+    <s v="2023 July"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3324.346131"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M07"/>
+    <s v="2023 July"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="3867.388891"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M08"/>
+    <s v="2023 August"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="737.26745"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M08"/>
+    <s v="2023 August"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3070.485828"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M08"/>
+    <s v="2023 August"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="3807.753278"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M09"/>
+    <s v="2023 September"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1030.309945"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M09"/>
+    <s v="2023 September"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="2756.126112"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M09"/>
+    <s v="2023 September"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="3786.436057"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M10"/>
+    <s v="2023 October"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1053.236383"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M10"/>
+    <s v="2023 October"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3195.301349"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M10"/>
+    <s v="2023 October"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4248.537732"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M11"/>
+    <s v="2023 November"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1001.055713"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M11"/>
+    <s v="2023 November"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3783.439996"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M11"/>
+    <s v="2023 November"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4784.495709"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M12"/>
+    <s v="2023 December"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="1022.96178"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M12"/>
+    <s v="2023 December"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3438.487775"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2023M12"/>
+    <s v="2023 December"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4461.449555"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M01"/>
+    <s v="2024 January"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="968.595306"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M01"/>
+    <s v="2024 January"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="4699.619163"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M01"/>
+    <s v="2024 January"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="5668.214469"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M02"/>
+    <s v="2024 February"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="901.268446"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M02"/>
+    <s v="2024 February"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3603.311666"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M02"/>
+    <s v="2024 February"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4504.580112"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M03"/>
+    <s v="2024 March"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="997.090289"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M03"/>
+    <s v="2024 March"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3738.436388"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M03"/>
+    <s v="2024 March"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4735.526677"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M04"/>
+    <s v="2024 April"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="972.230906"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M04"/>
+    <s v="2024 April"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3446.542502"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M04"/>
+    <s v="2024 April"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4418.773408"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M05"/>
+    <s v="2024 May"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="988.061052"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M05"/>
+    <s v="2024 May"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3538.597219"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M05"/>
+    <s v="2024 May"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4526.658271"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M06"/>
+    <s v="2024 June"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="783.943459"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M06"/>
+    <s v="2024 June"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="2970.407497"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M06"/>
+    <s v="2024 June"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="3754.350956"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M07"/>
+    <s v="2024 July"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="980.821305"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M07"/>
+    <s v="2024 July"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3101.84027"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M07"/>
+    <s v="2024 July"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4082.661575"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M08"/>
+    <s v="2024 August"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="949.82428"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M08"/>
+    <s v="2024 August"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="2721.45056"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M08"/>
+    <s v="2024 August"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="3671.27484"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M09"/>
+    <s v="2024 September"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="908.032857"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M09"/>
+    <s v="2024 September"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3209.631666"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M09"/>
+    <s v="2024 September"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4117.664523"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M10"/>
+    <s v="2024 October"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="899.864109"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M10"/>
+    <s v="2024 October"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3714.521112"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M10"/>
+    <s v="2024 October"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4614.385221"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M11"/>
+    <s v="2024 November"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="881.282172"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M11"/>
+    <s v="2024 November"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="4729.697851"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M11"/>
+    <s v="2024 November"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="5610.980023"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M12"/>
+    <s v="2024 December"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="872.954822"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M12"/>
+    <s v="2024 December"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="4242.649448"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2024M12"/>
+    <s v="2024 December"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="5115.60427"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2025M01"/>
+    <s v="2025 January"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="844.267355"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2025M01"/>
+    <s v="2025 January"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="5081.982933"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2025M01"/>
+    <s v="2025 January"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="5926.250288"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2025M02"/>
+    <s v="2025 February"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="790.133737"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2025M02"/>
+    <s v="2025 February"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3576.429169"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2025M02"/>
+    <s v="2025 February"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4366.562906"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2025M03"/>
+    <s v="2025 March"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="849.849667"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2025M03"/>
+    <s v="2025 March"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="4073.128968"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2025M03"/>
+    <s v="2025 March"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4922.978635"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2025M04"/>
+    <s v="2025 April"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="822.010794"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2025M04"/>
+    <s v="2025 April"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3517.671493"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2025M04"/>
+    <s v="2025 April"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4339.682287"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2025M05"/>
+    <s v="2025 May"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="836.969151"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2025M05"/>
+    <s v="2025 May"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3020.466943"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2025M05"/>
+    <s v="2025 May"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="3857.436094"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2025M06"/>
+    <s v="2025 June"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="608.568444"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2025M06"/>
+    <s v="2025 June"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="2897.714071"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2025M06"/>
+    <s v="2025 June"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="3506.282515"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2025M07"/>
+    <s v="2025 July"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="800.441353"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2025M07"/>
+    <s v="2025 July"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3498.661665"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2025M07"/>
+    <s v="2025 July"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="4299.103018"/>
+  </r>
+</pivotCacheRecords>
 </file>