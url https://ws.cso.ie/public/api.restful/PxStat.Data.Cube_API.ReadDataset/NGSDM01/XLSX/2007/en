--- v1 (2025-12-07)
+++ v2 (2026-03-31)
@@ -1,133 +1,133 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56ae1cedb4d441f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4519a10f80394a6ca80aa139dc6805e3.psmdcp" Id="R1e3fa4789d224358" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d71eb2731b24f7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a20dc764bfe741b89f716c7cfd8d3884.psmdcp" Id="Rb8754aae4b224978" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NGSDM01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Networked Gas Monthly Supply</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>31/10/2025 11:00:00</x:t>
+    <x:t>30/01/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NGSDM01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NGDC</x:t>
   </x:si>
   <x:si>
     <x:t>Networked Gas Daily Consumption, Supply &amp; Demand</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Berna Lawlor</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
-    <x:t>environment@cso.ie</x:t>
+    <x:t>Climateenergy@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 1 498 4000</x:t>
+    <x:t>(+353) 1 498 4210</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -729,50 +729,62 @@
     <x:t>2025 March</x:t>
   </x:si>
   <x:si>
     <x:t>2025M04</x:t>
   </x:si>
   <x:si>
     <x:t>2025 April</x:t>
   </x:si>
   <x:si>
     <x:t>2025M05</x:t>
   </x:si>
   <x:si>
     <x:t>2025 May</x:t>
   </x:si>
   <x:si>
     <x:t>2025M06</x:t>
   </x:si>
   <x:si>
     <x:t>2025 June</x:t>
   </x:si>
   <x:si>
     <x:t>2025M07</x:t>
   </x:si>
   <x:si>
     <x:t>2025 July</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025M08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 August</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025M09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 September</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -924,51 +936,51 @@
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
   <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
   <pivotFields count="8">
     <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="TLIST(M1)" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="91">
+      <items count="93">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
@@ -1016,54 +1028,56 @@
         <item x="66"/>
         <item x="67"/>
         <item x="68"/>
         <item x="69"/>
         <item x="70"/>
         <item x="71"/>
         <item x="72"/>
         <item x="73"/>
         <item x="74"/>
         <item x="75"/>
         <item x="76"/>
         <item x="77"/>
         <item x="78"/>
         <item x="79"/>
         <item x="80"/>
         <item x="81"/>
         <item x="82"/>
         <item x="83"/>
         <item x="84"/>
         <item x="85"/>
         <item x="86"/>
         <item x="87"/>
         <item x="88"/>
         <item x="89"/>
         <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
       </items>
     </pivotField>
     <pivotField name="Month" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="91">
+      <items count="93">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
@@ -1111,92 +1125,94 @@
         <item x="66"/>
         <item x="67"/>
         <item x="68"/>
         <item x="69"/>
         <item x="70"/>
         <item x="71"/>
         <item x="72"/>
         <item x="73"/>
         <item x="74"/>
         <item x="75"/>
         <item x="76"/>
         <item x="77"/>
         <item x="78"/>
         <item x="79"/>
         <item x="80"/>
         <item x="81"/>
         <item x="82"/>
         <item x="83"/>
         <item x="84"/>
         <item x="85"/>
         <item x="86"/>
         <item x="87"/>
         <item x="88"/>
         <item x="89"/>
         <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
       </items>
     </pivotField>
     <pivotField name="C04236V05009" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="3">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
       </items>
     </pivotField>
     <pivotField name="Supply Type" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="3">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
       </items>
     </pivotField>
     <pivotField showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
   </pivotFields>
   <rowFields count="6">
     <field x="0"/>
     <field x="1"/>
     <field x="2"/>
     <field x="3"/>
     <field x="4"/>
     <field x="5"/>
   </rowFields>
   <dataFields count="1">
     <dataField name="VALUE" fld="7"/>
   </dataFields>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
     </ext>
   </extLst>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H274" totalsRowShown="0">
-  <x:autoFilter ref="A1:H274"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H280" totalsRowShown="0">
+  <x:autoFilter ref="A1:H280"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(M1)"/>
     <x:tableColumn id="4" name="Month"/>
     <x:tableColumn id="5" name="C04236V05009"/>
     <x:tableColumn id="6" name="Supply Type"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1695,51 +1711,51 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H274"/>
+  <x:dimension ref="A1:H280"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.424911" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.996339" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="15.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="25.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="14.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="11.853482" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -8833,50 +8849,206 @@
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H274" s="0">
         <x:v>4299.103018</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="275" spans="1:8">
+      <x:c r="A275" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B275" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C275" s="0" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D275" s="0" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="E275" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F275" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G275" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H275" s="0">
+        <x:v>801.492427</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="276" spans="1:8">
+      <x:c r="A276" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B276" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C276" s="0" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D276" s="0" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="E276" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F276" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G276" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H276" s="0">
+        <x:v>3123.266766</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="277" spans="1:8">
+      <x:c r="A277" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B277" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C277" s="0" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D277" s="0" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="E277" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F277" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G277" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H277" s="0">
+        <x:v>3924.759193</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="278" spans="1:8">
+      <x:c r="A278" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B278" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C278" s="0" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="D278" s="0" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="E278" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F278" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G278" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H278" s="0">
+        <x:v>737.599737</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="279" spans="1:8">
+      <x:c r="A279" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B279" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C279" s="0" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="D279" s="0" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="E279" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F279" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G279" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H279" s="0">
+        <x:v>3075.837234</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="280" spans="1:8">
+      <x:c r="A280" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B280" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C280" s="0" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="D280" s="0" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="E280" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F280" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G280" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H280" s="0">
+        <x:v>3813.436971</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -8922,51 +9094,51 @@
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
     <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="NGSDM01C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Networked Gas Monthly Supply"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(M1)">
-      <x:sharedItems count="91">
+      <x:sharedItems count="93">
         <x:s v="2018M01"/>
         <x:s v="2018M02"/>
         <x:s v="2018M03"/>
         <x:s v="2018M04"/>
         <x:s v="2018M05"/>
         <x:s v="2018M06"/>
         <x:s v="2018M07"/>
         <x:s v="2018M08"/>
         <x:s v="2018M09"/>
         <x:s v="2018M10"/>
         <x:s v="2018M11"/>
         <x:s v="2018M12"/>
         <x:s v="2019M01"/>
         <x:s v="2019M02"/>
         <x:s v="2019M03"/>
         <x:s v="2019M04"/>
         <x:s v="2019M05"/>
         <x:s v="2019M06"/>
         <x:s v="2019M07"/>
         <x:s v="2019M08"/>
         <x:s v="2019M09"/>
         <x:s v="2019M10"/>
         <x:s v="2019M11"/>
         <x:s v="2019M12"/>
         <x:s v="2020M01"/>
@@ -9014,54 +9186,56 @@
         <x:s v="2023M07"/>
         <x:s v="2023M08"/>
         <x:s v="2023M09"/>
         <x:s v="2023M10"/>
         <x:s v="2023M11"/>
         <x:s v="2023M12"/>
         <x:s v="2024M01"/>
         <x:s v="2024M02"/>
         <x:s v="2024M03"/>
         <x:s v="2024M04"/>
         <x:s v="2024M05"/>
         <x:s v="2024M06"/>
         <x:s v="2024M07"/>
         <x:s v="2024M08"/>
         <x:s v="2024M09"/>
         <x:s v="2024M10"/>
         <x:s v="2024M11"/>
         <x:s v="2024M12"/>
         <x:s v="2025M01"/>
         <x:s v="2025M02"/>
         <x:s v="2025M03"/>
         <x:s v="2025M04"/>
         <x:s v="2025M05"/>
         <x:s v="2025M06"/>
         <x:s v="2025M07"/>
+        <x:s v="2025M08"/>
+        <x:s v="2025M09"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Month">
-      <x:sharedItems count="91">
+      <x:sharedItems count="93">
         <x:s v="2018 January"/>
         <x:s v="2018 February"/>
         <x:s v="2018 March"/>
         <x:s v="2018 April"/>
         <x:s v="2018 May"/>
         <x:s v="2018 June"/>
         <x:s v="2018 July"/>
         <x:s v="2018 August"/>
         <x:s v="2018 September"/>
         <x:s v="2018 October"/>
         <x:s v="2018 November"/>
         <x:s v="2018 December"/>
         <x:s v="2019 January"/>
         <x:s v="2019 February"/>
         <x:s v="2019 March"/>
         <x:s v="2019 April"/>
         <x:s v="2019 May"/>
         <x:s v="2019 June"/>
         <x:s v="2019 July"/>
         <x:s v="2019 August"/>
         <x:s v="2019 September"/>
         <x:s v="2019 October"/>
         <x:s v="2019 November"/>
         <x:s v="2019 December"/>
         <x:s v="2020 January"/>
@@ -9109,73 +9283,75 @@
         <x:s v="2023 July"/>
         <x:s v="2023 August"/>
         <x:s v="2023 September"/>
         <x:s v="2023 October"/>
         <x:s v="2023 November"/>
         <x:s v="2023 December"/>
         <x:s v="2024 January"/>
         <x:s v="2024 February"/>
         <x:s v="2024 March"/>
         <x:s v="2024 April"/>
         <x:s v="2024 May"/>
         <x:s v="2024 June"/>
         <x:s v="2024 July"/>
         <x:s v="2024 August"/>
         <x:s v="2024 September"/>
         <x:s v="2024 October"/>
         <x:s v="2024 November"/>
         <x:s v="2024 December"/>
         <x:s v="2025 January"/>
         <x:s v="2025 February"/>
         <x:s v="2025 March"/>
         <x:s v="2025 April"/>
         <x:s v="2025 May"/>
         <x:s v="2025 June"/>
         <x:s v="2025 July"/>
+        <x:s v="2025 August"/>
+        <x:s v="2025 September"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C04236V05009">
       <x:sharedItems count="3">
         <x:s v="10"/>
         <x:s v="20"/>
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Supply Type">
       <x:sharedItems count="3">
         <x:s v="Indigenous Gas Production"/>
         <x:s v="Gas Imports"/>
         <x:s v="All Networked Gas Supply"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Gigawatt hours"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="306.338952" maxValue="5988.396691" count="273">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="306.338952" maxValue="5988.396691" count="279">
         <x:n v="3502.651214"/>
         <x:n v="1470.289721"/>
         <x:n v="4972.940935"/>
         <x:n v="3084.020816"/>
         <x:n v="1744.090281"/>
         <x:n v="4828.111097"/>
         <x:n v="3299.892228"/>
         <x:n v="2047.873216"/>
         <x:n v="5347.765444"/>
         <x:n v="2909.535883"/>
         <x:n v="1792.014203"/>
         <x:n v="4701.550086"/>
         <x:n v="2969.397757"/>
         <x:n v="1693.211472"/>
         <x:n v="4662.609229"/>
         <x:n v="3037.905386"/>
         <x:n v="1671.795003"/>
         <x:n v="4709.700389"/>
         <x:n v="2996.889406"/>
         <x:n v="1755.585581"/>
         <x:n v="4752.474987"/>
         <x:n v="2911.257103"/>
         <x:n v="1498.811112"/>
         <x:n v="4410.068215"/>
         <x:n v="2343.707709"/>
@@ -9405,50 +9581,56 @@
         <x:n v="5610.980023"/>
         <x:n v="872.954822"/>
         <x:n v="4242.649448"/>
         <x:n v="5115.60427"/>
         <x:n v="844.267355"/>
         <x:n v="5081.982933"/>
         <x:n v="5926.250288"/>
         <x:n v="790.133737"/>
         <x:n v="3576.429169"/>
         <x:n v="4366.562906"/>
         <x:n v="849.849667"/>
         <x:n v="4073.128968"/>
         <x:n v="4922.978635"/>
         <x:n v="822.010794"/>
         <x:n v="3517.671493"/>
         <x:n v="4339.682287"/>
         <x:n v="836.969151"/>
         <x:n v="3020.466943"/>
         <x:n v="3857.436094"/>
         <x:n v="608.568444"/>
         <x:n v="2897.714071"/>
         <x:n v="3506.282515"/>
         <x:n v="800.441353"/>
         <x:n v="3498.661665"/>
         <x:n v="4299.103018"/>
+        <x:n v="801.492427"/>
+        <x:n v="3123.266766"/>
+        <x:n v="3924.759193"/>
+        <x:n v="737.599737"/>
+        <x:n v="3075.837234"/>
+        <x:n v="3813.436971"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
   <r>
     <s v="NGSDM01C01"/>
     <s v="Networked Gas Monthly Supply"/>
     <s v="2018M01"/>
     <s v="2018 January"/>
     <s v="10"/>
     <s v="Indigenous Gas Production"/>
     <s v="Gigawatt hours"/>
     <n v="3502.651214"/>
   </r>
   <r>
     <s v="NGSDM01C01"/>
     <s v="Networked Gas Monthly Supply"/>
     <s v="2018M01"/>
     <s v="2018 January"/>
     <s v="20"/>
     <s v="Gas Imports"/>
@@ -12143,27 +12325,87 @@
     <s v="10"/>
     <s v="Indigenous Gas Production"/>
     <s v="Gigawatt hours"/>
     <n v="800.441353"/>
   </r>
   <r>
     <s v="NGSDM01C01"/>
     <s v="Networked Gas Monthly Supply"/>
     <s v="2025M07"/>
     <s v="2025 July"/>
     <s v="20"/>
     <s v="Gas Imports"/>
     <s v="Gigawatt hours"/>
     <n v="3498.661665"/>
   </r>
   <r>
     <s v="NGSDM01C01"/>
     <s v="Networked Gas Monthly Supply"/>
     <s v="2025M07"/>
     <s v="2025 July"/>
     <s v="-"/>
     <s v="All Networked Gas Supply"/>
     <s v="Gigawatt hours"/>
     <n v="4299.103018"/>
   </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2025M08"/>
+    <s v="2025 August"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="801.492427"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2025M08"/>
+    <s v="2025 August"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3123.266766"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2025M08"/>
+    <s v="2025 August"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="3924.759193"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2025M09"/>
+    <s v="2025 September"/>
+    <s v="10"/>
+    <s v="Indigenous Gas Production"/>
+    <s v="Gigawatt hours"/>
+    <n v="737.599737"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2025M09"/>
+    <s v="2025 September"/>
+    <s v="20"/>
+    <s v="Gas Imports"/>
+    <s v="Gigawatt hours"/>
+    <n v="3075.837234"/>
+  </r>
+  <r>
+    <s v="NGSDM01C01"/>
+    <s v="Networked Gas Monthly Supply"/>
+    <s v="2025M09"/>
+    <s v="2025 September"/>
+    <s v="-"/>
+    <s v="All Networked Gas Supply"/>
+    <s v="Gigawatt hours"/>
+    <n v="3813.436971"/>
+  </r>
 </pivotCacheRecords>
 </file>