--- v0 (2025-11-03)
+++ v1 (2025-12-23)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61ddae2d32e943dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/04e569cda7274e8da9ecbe680d6159ba.psmdcp" Id="R97563955b5ee4576" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c490ea00f4243ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5b51b12228df45fda7c1ca3111c08213.psmdcp" Id="Rc2b6032caa6e4acf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NEM25</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Enterprises who stated the Employer contributed to the Pension Scheme in 2007</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/19/2020 11:00:00 AM</x:t>
+    <x:t>19/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NEM25/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NESM</x:t>
   </x:si>
   <x:si>
     <x:t>National Employment Survey Modules</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Jennifer ORiordan</x:t>
   </x:si>
@@ -237,50 +237,53 @@
     <x:t>Personal retirement savings account</x:t>
   </x:si>
   <x:si>
     <x:t>F</x:t>
   </x:si>
   <x:si>
     <x:t>Construction (F)</x:t>
   </x:si>
   <x:si>
     <x:t>G</x:t>
   </x:si>
   <x:si>
     <x:t>Wholesale and retail trade (G)</x:t>
   </x:si>
   <x:si>
     <x:t>H</x:t>
   </x:si>
   <x:si>
     <x:t>Hotels and restaurants (H)</x:t>
   </x:si>
   <x:si>
     <x:t>I</x:t>
   </x:si>
   <x:si>
     <x:t>Transport, storage and communication (I)</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>J</x:t>
   </x:si>
   <x:si>
     <x:t>Financial intermediation (J)</x:t>
   </x:si>
   <x:si>
     <x:t>K</x:t>
   </x:si>
   <x:si>
     <x:t>Business services (K)</x:t>
   </x:si>
   <x:si>
     <x:t>L</x:t>
   </x:si>
   <x:si>
     <x:t>Public administration and defence (L)</x:t>
   </x:si>
   <x:si>
     <x:t>M</x:t>
   </x:si>
   <x:si>
     <x:t>Education (M)</x:t>
   </x:si>
@@ -469,339 +472,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...287 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02845V03419" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Response" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02473V02995" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="NACE Rev1" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02847V03421" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Pension Scheme" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L241" totalsRowShown="0">
   <x:autoFilter ref="A1:L241"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02845V03419"/>
     <x:tableColumn id="4" name="Response"/>
     <x:tableColumn id="5" name="C02473V02995"/>
     <x:tableColumn id="6" name="NACE Rev1"/>
     <x:tableColumn id="7" name="C02847V03421"/>
     <x:tableColumn id="8" name="Type of Pension Scheme"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="Year"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1074,51 +902,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NEM25/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1305,51 +1133,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L241"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="73.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="38.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="33.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="6.996339" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="7.424911" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -2237,50 +2065,53 @@
       </x:c>
       <x:c r="D24" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H24" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I24" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J24" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K24" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L24" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="25" spans="1:12">
       <x:c r="A25" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>61</x:v>
@@ -2328,1316 +2159,1346 @@
       </x:c>
       <x:c r="J26" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K26" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L26" s="0">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12">
       <x:c r="A27" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I27" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L27" s="0">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12">
       <x:c r="A28" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H28" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I28" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J28" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K28" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L28" s="0">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12">
       <x:c r="A29" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I29" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L29" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="30" spans="1:12">
       <x:c r="A30" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H30" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I30" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J30" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K30" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L30" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="31" spans="1:12">
       <x:c r="A31" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I31" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L31" s="0">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12">
       <x:c r="A32" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H32" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I32" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J32" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K32" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L32" s="0">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12">
       <x:c r="A33" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I33" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L33" s="0">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12">
       <x:c r="A34" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H34" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I34" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J34" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K34" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L34" s="0">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12">
       <x:c r="A35" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I35" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L35" s="0">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12">
       <x:c r="A36" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H36" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I36" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J36" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K36" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L36" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12">
       <x:c r="A37" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I37" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L37" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12">
       <x:c r="A38" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H38" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I38" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J38" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K38" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L38" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="39" spans="1:12">
       <x:c r="A39" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I39" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L39" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="40" spans="1:12">
       <x:c r="A40" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H40" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I40" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J40" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K40" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L40" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="41" spans="1:12">
       <x:c r="A41" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I41" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L41" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="42" spans="1:12">
       <x:c r="A42" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H42" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I42" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J42" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K42" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L42" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12">
       <x:c r="A43" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L43" s="0">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12">
       <x:c r="A44" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H44" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I44" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J44" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K44" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L44" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="45" spans="1:12">
       <x:c r="A45" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I45" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L45" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="46" spans="1:12">
       <x:c r="A46" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I46" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J46" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K46" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L46" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12">
       <x:c r="A47" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I47" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L47" s="0">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12">
       <x:c r="A48" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I48" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J48" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K48" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L48" s="0">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12">
       <x:c r="A49" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I49" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L49" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="50" spans="1:12">
       <x:c r="A50" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H50" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I50" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J50" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K50" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L50" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12">
       <x:c r="A51" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L51" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12">
       <x:c r="A52" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H52" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I52" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J52" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K52" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L52" s="0">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12">
       <x:c r="A53" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I53" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L53" s="0">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12">
       <x:c r="A54" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H54" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I54" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J54" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K54" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L54" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="55" spans="1:12">
       <x:c r="A55" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I55" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L55" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12">
       <x:c r="A56" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H56" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I56" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J56" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K56" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L56" s="0">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12">
       <x:c r="A57" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I57" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L57" s="0">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12">
       <x:c r="A58" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J58" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K58" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L58" s="0">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12">
       <x:c r="A59" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I59" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L59" s="0">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12">
       <x:c r="A60" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J60" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K60" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L60" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12">
       <x:c r="A61" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L61" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12">
       <x:c r="A62" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
@@ -3724,50 +3585,53 @@
       </x:c>
       <x:c r="D64" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I64" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J64" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K64" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L64" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="65" spans="1:12">
       <x:c r="A65" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>61</x:v>
@@ -4481,50 +4345,53 @@
       </x:c>
       <x:c r="D84" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J84" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K84" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L84" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="85" spans="1:12">
       <x:c r="A85" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>61</x:v>
@@ -4572,5843 +4439,5939 @@
       </x:c>
       <x:c r="J86" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K86" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L86" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12">
       <x:c r="A87" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L87" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12">
       <x:c r="A88" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J88" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K88" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L88" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12">
       <x:c r="A89" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L89" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="90" spans="1:12">
       <x:c r="A90" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J90" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K90" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L90" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="91" spans="1:12">
       <x:c r="A91" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L91" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12">
       <x:c r="A92" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I92" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J92" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K92" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L92" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12">
       <x:c r="A93" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L93" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12">
       <x:c r="A94" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J94" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K94" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L94" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12">
       <x:c r="A95" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L95" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12">
       <x:c r="A96" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J96" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K96" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L96" s="0">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12">
       <x:c r="A97" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L97" s="0">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12">
       <x:c r="A98" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J98" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K98" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L98" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="99" spans="1:12">
       <x:c r="A99" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L99" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="100" spans="1:12">
       <x:c r="A100" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H100" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I100" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J100" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K100" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L100" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="101" spans="1:12">
       <x:c r="A101" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I101" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L101" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="102" spans="1:12">
       <x:c r="A102" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I102" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J102" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K102" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L102" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12">
       <x:c r="A103" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I103" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L103" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12">
       <x:c r="A104" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H104" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I104" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J104" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K104" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L104" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="105" spans="1:12">
       <x:c r="A105" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L105" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="106" spans="1:12">
       <x:c r="A106" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I106" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J106" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K106" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L106" s="0">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12">
       <x:c r="A107" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L107" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12">
       <x:c r="A108" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H108" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J108" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K108" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L108" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12">
       <x:c r="A109" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I109" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L109" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="110" spans="1:12">
       <x:c r="A110" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H110" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I110" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J110" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K110" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L110" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12">
       <x:c r="A111" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I111" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L111" s="0">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12">
       <x:c r="A112" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H112" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I112" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J112" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K112" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L112" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12">
       <x:c r="A113" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I113" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L113" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12">
       <x:c r="A114" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H114" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I114" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J114" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K114" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L114" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="115" spans="1:12">
       <x:c r="A115" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L115" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12">
       <x:c r="A116" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H116" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I116" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J116" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K116" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L116" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12">
       <x:c r="A117" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I117" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L117" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12">
       <x:c r="A118" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H118" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J118" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K118" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L118" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12">
       <x:c r="A119" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L119" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12">
       <x:c r="A120" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J120" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K120" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L120" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:12">
       <x:c r="A121" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L121" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:12">
       <x:c r="A122" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I122" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J122" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K122" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L122" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:12">
       <x:c r="A123" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L123" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:12">
       <x:c r="A124" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H124" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I124" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J124" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K124" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L124" s="0">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:12">
       <x:c r="A125" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I125" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L125" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:12">
       <x:c r="A126" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H126" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I126" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J126" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K126" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L126" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:12">
       <x:c r="A127" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I127" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L127" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:12">
       <x:c r="A128" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H128" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I128" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J128" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K128" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L128" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:12">
       <x:c r="A129" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I129" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L129" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:12">
       <x:c r="A130" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H130" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I130" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J130" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K130" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L130" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:12">
       <x:c r="A131" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I131" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L131" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:12">
       <x:c r="A132" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H132" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I132" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J132" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K132" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L132" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:12">
       <x:c r="A133" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I133" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L133" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:12">
       <x:c r="A134" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H134" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I134" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J134" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K134" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L134" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:12">
       <x:c r="A135" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I135" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L135" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:12">
       <x:c r="A136" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J136" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K136" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L136" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:12">
       <x:c r="A137" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I137" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L137" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:12">
       <x:c r="A138" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H138" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I138" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J138" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K138" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L138" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:12">
       <x:c r="A139" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I139" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L139" s="0">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:12">
       <x:c r="A140" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H140" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I140" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J140" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K140" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L140" s="0">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:12">
       <x:c r="A141" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I141" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L141" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:12">
       <x:c r="A142" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H142" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I142" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J142" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K142" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L142" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:12">
       <x:c r="A143" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I143" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L143" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:12">
       <x:c r="A144" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H144" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I144" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J144" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K144" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L144" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="145" spans="1:12">
       <x:c r="A145" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I145" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L145" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:12">
       <x:c r="A146" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H146" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I146" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J146" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K146" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L146" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:12">
       <x:c r="A147" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I147" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L147" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:12">
       <x:c r="A148" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H148" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I148" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J148" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K148" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L148" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:12">
       <x:c r="A149" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I149" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L149" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="150" spans="1:12">
       <x:c r="A150" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H150" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I150" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J150" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K150" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L150" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="151" spans="1:12">
       <x:c r="A151" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I151" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L151" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:12">
       <x:c r="A152" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H152" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I152" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J152" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K152" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L152" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:12">
       <x:c r="A153" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I153" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L153" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:12">
       <x:c r="A154" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H154" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I154" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J154" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K154" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L154" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:12">
       <x:c r="A155" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I155" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L155" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:12">
       <x:c r="A156" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H156" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I156" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J156" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K156" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L156" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:12">
       <x:c r="A157" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L157" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:12">
       <x:c r="A158" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H158" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I158" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J158" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K158" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L158" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="159" spans="1:12">
       <x:c r="A159" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L159" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="160" spans="1:12">
       <x:c r="A160" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J160" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K160" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L160" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="161" spans="1:12">
       <x:c r="A161" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I161" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L161" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="162" spans="1:12">
       <x:c r="A162" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H162" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I162" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J162" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K162" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L162" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:12">
       <x:c r="A163" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I163" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L163" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:12">
       <x:c r="A164" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H164" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I164" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J164" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K164" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L164" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="165" spans="1:12">
       <x:c r="A165" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I165" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L165" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="166" spans="1:12">
       <x:c r="A166" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H166" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I166" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J166" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K166" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L166" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:12">
       <x:c r="A167" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I167" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L167" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:12">
       <x:c r="A168" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H168" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I168" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J168" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K168" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L168" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:12">
       <x:c r="A169" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L169" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="170" spans="1:12">
       <x:c r="A170" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H170" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I170" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J170" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K170" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L170" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:12">
       <x:c r="A171" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L171" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:12">
       <x:c r="A172" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H172" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I172" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J172" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K172" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L172" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:12">
       <x:c r="A173" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L173" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:12">
       <x:c r="A174" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H174" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I174" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J174" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K174" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L174" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="175" spans="1:12">
       <x:c r="A175" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L175" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:12">
       <x:c r="A176" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I176" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J176" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K176" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L176" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:12">
       <x:c r="A177" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="E177" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="F177" s="0" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I177" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L177" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:12">
       <x:c r="A178" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="E178" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="F178" s="0" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H178" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I178" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J178" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K178" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L178" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:12">
       <x:c r="A179" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="E179" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="F179" s="0" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L179" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:12">
       <x:c r="A180" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="E180" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="F180" s="0" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H180" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I180" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J180" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K180" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L180" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:12">
       <x:c r="A181" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="E181" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="F181" s="0" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I181" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L181" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:12">
       <x:c r="A182" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H182" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I182" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J182" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K182" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L182" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:12">
       <x:c r="A183" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L183" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:12">
       <x:c r="A184" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J184" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K184" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L184" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:12">
       <x:c r="A185" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L185" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:12">
       <x:c r="A186" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H186" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J186" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K186" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L186" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:12">
       <x:c r="A187" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L187" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:12">
       <x:c r="A188" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J188" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K188" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L188" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:12">
       <x:c r="A189" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L189" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:12">
       <x:c r="A190" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H190" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J190" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K190" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L190" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:12">
       <x:c r="A191" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L191" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:12">
       <x:c r="A192" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H192" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I192" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J192" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K192" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L192" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:12">
       <x:c r="A193" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L193" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:12">
       <x:c r="A194" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H194" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J194" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K194" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L194" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:12">
       <x:c r="A195" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I195" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L195" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:12">
       <x:c r="A196" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J196" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K196" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L196" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:12">
       <x:c r="A197" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I197" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L197" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:12">
       <x:c r="A198" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H198" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J198" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K198" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L198" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:12">
       <x:c r="A199" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L199" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:12">
       <x:c r="A200" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J200" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K200" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L200" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:12">
       <x:c r="A201" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L201" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:12">
       <x:c r="A202" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I202" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J202" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K202" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L202" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:12">
       <x:c r="A203" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I203" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L203" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:12">
       <x:c r="A204" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H204" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I204" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J204" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K204" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L204" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="205" spans="1:12">
       <x:c r="A205" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I205" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L205" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:12">
       <x:c r="A206" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J206" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K206" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L206" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:12">
       <x:c r="A207" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I207" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L207" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:12">
       <x:c r="A208" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I208" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J208" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K208" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L208" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:12">
       <x:c r="A209" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I209" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L209" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="210" spans="1:12">
       <x:c r="A210" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H210" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I210" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J210" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K210" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L210" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="211" spans="1:12">
       <x:c r="A211" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I211" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L211" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:12">
       <x:c r="A212" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I212" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J212" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K212" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L212" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:12">
       <x:c r="A213" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I213" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L213" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:12">
       <x:c r="A214" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I214" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J214" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K214" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L214" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:12">
       <x:c r="A215" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I215" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L215" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:12">
       <x:c r="A216" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I216" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J216" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K216" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L216" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:12">
       <x:c r="A217" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L217" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:12">
       <x:c r="A218" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J218" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K218" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L218" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="219" spans="1:12">
       <x:c r="A219" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L219" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="220" spans="1:12">
       <x:c r="A220" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J220" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K220" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L220" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="221" spans="1:12">
       <x:c r="A221" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L221" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="222" spans="1:12">
       <x:c r="A222" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I222" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J222" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K222" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L222" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:12">
       <x:c r="A223" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L223" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:12">
       <x:c r="A224" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J224" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K224" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L224" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="225" spans="1:12">
       <x:c r="A225" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L225" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="226" spans="1:12">
       <x:c r="A226" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I226" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J226" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K226" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L226" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:12">
       <x:c r="A227" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I227" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L227" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:12">
       <x:c r="A228" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I228" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J228" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K228" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L228" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:12">
       <x:c r="A229" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I229" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L229" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="230" spans="1:12">
       <x:c r="A230" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H230" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I230" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J230" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K230" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L230" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:12">
       <x:c r="A231" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L231" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:12">
       <x:c r="A232" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I232" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J232" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K232" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L232" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:12">
       <x:c r="A233" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I233" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L233" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:12">
       <x:c r="A234" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H234" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I234" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J234" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K234" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L234" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="235" spans="1:12">
       <x:c r="A235" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I235" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L235" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:12">
       <x:c r="A236" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H236" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I236" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J236" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K236" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L236" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:12">
       <x:c r="A237" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I237" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L237" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:12">
       <x:c r="A238" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H238" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I238" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J238" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K238" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L238" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:12">
       <x:c r="A239" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I239" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L239" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:12">
       <x:c r="A240" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H240" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I240" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J240" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K240" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L240" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:12">
       <x:c r="A241" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I241" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L241" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10425,51 +10388,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L241" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="NEM25"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02845V03419">
       <x:sharedItems count="4">
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="04"/>
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Response">
       <x:sharedItems count="4">
         <x:s v="Yes"/>
         <x:s v="No"/>
         <x:s v="Non response"/>
@@ -10600,27 +10563,3388 @@
         <x:n v="47"/>
         <x:n v="53"/>
         <x:n v="31"/>
         <x:n v="7"/>
         <x:n v="9"/>
         <x:n v="27"/>
         <x:n v="24"/>
         <x:n v="13"/>
         <x:n v="30"/>
         <x:n v="74"/>
         <x:n v="23"/>
         <x:n v="11"/>
         <x:n v="14"/>
         <x:n v="20"/>
         <x:n v="25"/>
         <x:n v="18"/>
         <x:n v="29"/>
         <x:n v="100"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="80001"/>
+    <s v="Other production industries (C - E)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="80001"/>
+    <s v="Other production industries (C - E)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="80001"/>
+    <s v="Other production industries (C - E)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="80001"/>
+    <s v="Other production industries (C - E)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="80001"/>
+    <s v="Other production industries (C - E)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade (G)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade (G)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade (G)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade (G)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade (G)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="J"/>
+    <s v="Financial intermediation (J)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="J"/>
+    <s v="Financial intermediation (J)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="J"/>
+    <s v="Financial intermediation (J)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="J"/>
+    <s v="Financial intermediation (J)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="J"/>
+    <s v="Financial intermediation (J)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="K"/>
+    <s v="Business services (K)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="K"/>
+    <s v="Business services (K)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="K"/>
+    <s v="Business services (K)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="K"/>
+    <s v="Business services (K)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="K"/>
+    <s v="Business services (K)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="L"/>
+    <s v="Public administration and defence (L)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="L"/>
+    <s v="Public administration and defence (L)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="L"/>
+    <s v="Public administration and defence (L)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="L"/>
+    <s v="Public administration and defence (L)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="L"/>
+    <s v="Public administration and defence (L)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="M"/>
+    <s v="Education (M)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="M"/>
+    <s v="Education (M)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="M"/>
+    <s v="Education (M)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="M"/>
+    <s v="Education (M)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="M"/>
+    <s v="Education (M)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="N"/>
+    <s v="Health (N)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="N"/>
+    <s v="Health (N)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="N"/>
+    <s v="Health (N)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="N"/>
+    <s v="Health (N)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="N"/>
+    <s v="Health (N)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="O"/>
+    <s v="Other services (O)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="O"/>
+    <s v="Other services (O)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="O"/>
+    <s v="Other services (O)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="O"/>
+    <s v="Other services (O)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="O"/>
+    <s v="Other services (O)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="800023"/>
+    <s v="Industry and services (C - O)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="800023"/>
+    <s v="Industry and services (C - O)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="800023"/>
+    <s v="Industry and services (C - O)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="800023"/>
+    <s v="Industry and services (C - O)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="800023"/>
+    <s v="Industry and services (C - O)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="80001"/>
+    <s v="Other production industries (C - E)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="80001"/>
+    <s v="Other production industries (C - E)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="80001"/>
+    <s v="Other production industries (C - E)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="80001"/>
+    <s v="Other production industries (C - E)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="80001"/>
+    <s v="Other production industries (C - E)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade (G)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade (G)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade (G)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade (G)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade (G)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="J"/>
+    <s v="Financial intermediation (J)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="J"/>
+    <s v="Financial intermediation (J)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="J"/>
+    <s v="Financial intermediation (J)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="J"/>
+    <s v="Financial intermediation (J)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="J"/>
+    <s v="Financial intermediation (J)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="K"/>
+    <s v="Business services (K)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="K"/>
+    <s v="Business services (K)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="K"/>
+    <s v="Business services (K)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="K"/>
+    <s v="Business services (K)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="K"/>
+    <s v="Business services (K)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="L"/>
+    <s v="Public administration and defence (L)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="L"/>
+    <s v="Public administration and defence (L)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="L"/>
+    <s v="Public administration and defence (L)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="L"/>
+    <s v="Public administration and defence (L)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="L"/>
+    <s v="Public administration and defence (L)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="M"/>
+    <s v="Education (M)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="M"/>
+    <s v="Education (M)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="M"/>
+    <s v="Education (M)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="M"/>
+    <s v="Education (M)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="M"/>
+    <s v="Education (M)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="N"/>
+    <s v="Health (N)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="N"/>
+    <s v="Health (N)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="N"/>
+    <s v="Health (N)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="N"/>
+    <s v="Health (N)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="N"/>
+    <s v="Health (N)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="O"/>
+    <s v="Other services (O)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="O"/>
+    <s v="Other services (O)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="O"/>
+    <s v="Other services (O)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="O"/>
+    <s v="Other services (O)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="O"/>
+    <s v="Other services (O)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="800023"/>
+    <s v="Industry and services (C - O)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="800023"/>
+    <s v="Industry and services (C - O)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="800023"/>
+    <s v="Industry and services (C - O)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="800023"/>
+    <s v="Industry and services (C - O)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="800023"/>
+    <s v="Industry and services (C - O)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="80001"/>
+    <s v="Other production industries (C - E)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="80001"/>
+    <s v="Other production industries (C - E)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="80001"/>
+    <s v="Other production industries (C - E)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="80001"/>
+    <s v="Other production industries (C - E)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="80001"/>
+    <s v="Other production industries (C - E)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade (G)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade (G)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade (G)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade (G)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade (G)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="J"/>
+    <s v="Financial intermediation (J)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="J"/>
+    <s v="Financial intermediation (J)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="J"/>
+    <s v="Financial intermediation (J)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="J"/>
+    <s v="Financial intermediation (J)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="J"/>
+    <s v="Financial intermediation (J)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="K"/>
+    <s v="Business services (K)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="K"/>
+    <s v="Business services (K)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="K"/>
+    <s v="Business services (K)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="K"/>
+    <s v="Business services (K)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="K"/>
+    <s v="Business services (K)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="L"/>
+    <s v="Public administration and defence (L)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="L"/>
+    <s v="Public administration and defence (L)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="L"/>
+    <s v="Public administration and defence (L)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="L"/>
+    <s v="Public administration and defence (L)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="L"/>
+    <s v="Public administration and defence (L)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="M"/>
+    <s v="Education (M)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="M"/>
+    <s v="Education (M)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="M"/>
+    <s v="Education (M)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="M"/>
+    <s v="Education (M)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="M"/>
+    <s v="Education (M)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="N"/>
+    <s v="Health (N)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="N"/>
+    <s v="Health (N)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="N"/>
+    <s v="Health (N)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="N"/>
+    <s v="Health (N)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="N"/>
+    <s v="Health (N)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="O"/>
+    <s v="Other services (O)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="O"/>
+    <s v="Other services (O)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="O"/>
+    <s v="Other services (O)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="O"/>
+    <s v="Other services (O)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="O"/>
+    <s v="Other services (O)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="800023"/>
+    <s v="Industry and services (C - O)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="800023"/>
+    <s v="Industry and services (C - O)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="800023"/>
+    <s v="Industry and services (C - O)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="800023"/>
+    <s v="Industry and services (C - O)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="04"/>
+    <s v="Non response"/>
+    <s v="800023"/>
+    <s v="Industry and services (C - O)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="80001"/>
+    <s v="Other production industries (C - E)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="80001"/>
+    <s v="Other production industries (C - E)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="80001"/>
+    <s v="Other production industries (C - E)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="80001"/>
+    <s v="Other production industries (C - E)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="80001"/>
+    <s v="Other production industries (C - E)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade (G)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade (G)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade (G)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade (G)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade (G)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="J"/>
+    <s v="Financial intermediation (J)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="J"/>
+    <s v="Financial intermediation (J)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="J"/>
+    <s v="Financial intermediation (J)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="J"/>
+    <s v="Financial intermediation (J)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="J"/>
+    <s v="Financial intermediation (J)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="K"/>
+    <s v="Business services (K)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="K"/>
+    <s v="Business services (K)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="K"/>
+    <s v="Business services (K)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="K"/>
+    <s v="Business services (K)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="K"/>
+    <s v="Business services (K)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="L"/>
+    <s v="Public administration and defence (L)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="L"/>
+    <s v="Public administration and defence (L)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="L"/>
+    <s v="Public administration and defence (L)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="L"/>
+    <s v="Public administration and defence (L)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="L"/>
+    <s v="Public administration and defence (L)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="M"/>
+    <s v="Education (M)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="M"/>
+    <s v="Education (M)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="M"/>
+    <s v="Education (M)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="M"/>
+    <s v="Education (M)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="M"/>
+    <s v="Education (M)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="N"/>
+    <s v="Health (N)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="N"/>
+    <s v="Health (N)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="N"/>
+    <s v="Health (N)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="N"/>
+    <s v="Health (N)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="N"/>
+    <s v="Health (N)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="O"/>
+    <s v="Other services (O)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="O"/>
+    <s v="Other services (O)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="O"/>
+    <s v="Other services (O)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="O"/>
+    <s v="Other services (O)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="O"/>
+    <s v="Other services (O)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="800023"/>
+    <s v="Industry and services (C - O)"/>
+    <s v="01"/>
+    <s v="Defined benefit scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="800023"/>
+    <s v="Industry and services (C - O)"/>
+    <s v="02"/>
+    <s v="Defined contribution scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="800023"/>
+    <s v="Industry and services (C - O)"/>
+    <s v="03"/>
+    <s v="Hybrid scheme"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="800023"/>
+    <s v="Industry and services (C - O)"/>
+    <s v="04"/>
+    <s v="Retirement annuity contract"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NEM25"/>
+    <s v="Enterprises who stated the Employer contributed to the Pension Scheme in 2007"/>
+    <s v="-"/>
+    <s v="All responses"/>
+    <s v="800023"/>
+    <s v="Industry and services (C - O)"/>
+    <s v="05"/>
+    <s v="Personal retirement savings account"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+</pivotCacheRecords>
 </file>