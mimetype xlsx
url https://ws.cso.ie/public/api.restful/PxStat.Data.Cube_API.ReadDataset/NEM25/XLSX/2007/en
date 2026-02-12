--- v1 (2025-12-23)
+++ v2 (2026-02-12)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c490ea00f4243ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5b51b12228df45fda7c1ca3111c08213.psmdcp" Id="Rc2b6032caa6e4acf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd0405438eaf4efa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/298afe16397b4dd2a5e5f8458b5e9a33.psmdcp" Id="Re4e9cada39564048" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>