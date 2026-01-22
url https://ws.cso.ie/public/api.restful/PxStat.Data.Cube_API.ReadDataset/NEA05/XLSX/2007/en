--- v0 (2025-11-10)
+++ v1 (2026-01-22)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d30557b494d4d36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/67e5e4cb50504edd9afb6a6ff9f5e8b6.psmdcp" Id="R905a277d85b44355" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda450eb594de44ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7dd727609a9d450884d8bfcc813c6f40.psmdcp" Id="R6d8ac25eb9024e31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NEA05</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Mean and Median Annual Earnings</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/29/2025 11:00:00 AM</x:t>
+    <x:t>29/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NEA05/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>EAADS</x:t>
   </x:si>
   <x:si>
     <x:t>Earning Analysis using Administrative Data Sources</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Eimear Heffernan</x:t>
   </x:si>
@@ -472,363 +472,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="NUTS 3 Regions" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J757" totalsRowShown="0">
   <x:autoFilter ref="A1:J757"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02196V02652"/>
     <x:tableColumn id="8" name="NUTS 3 Regions"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1099,51 +900,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NEA05/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1330,51 +1131,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J757"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="16.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -25588,51 +25389,51 @@
       <x:c r="G757" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H757" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I757" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J757" s="0">
         <x:v>39325</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -25649,51 +25450,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J757" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="NEA05C01"/>
         <x:s v="NEA05C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Mean Annual Earnings"/>
         <x:s v="Median Annual Earnings"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="14">
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
@@ -26490,27 +26291,9100 @@
         <x:n v="44931"/>
         <x:n v="48897"/>
         <x:n v="41244"/>
         <x:n v="45449"/>
         <x:n v="45501"/>
         <x:n v="54238"/>
         <x:n v="51342"/>
         <x:n v="46859"/>
         <x:n v="44700"/>
         <x:n v="50329"/>
         <x:n v="40424"/>
         <x:n v="36769"/>
         <x:n v="38049"/>
         <x:n v="39942"/>
         <x:n v="40519"/>
         <x:n v="39280"/>
         <x:n v="37100"/>
         <x:n v="39325"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="39594"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="33572"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="36176"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="36274"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="44243"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="40673"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="37448"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="35539"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="38253"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="45781"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="36913"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="40711"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="40491"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="51280"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="47735"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="43341"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="40790"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="44751"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="33733"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="30747"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="31926"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="32633"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="37226"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="33663"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="31993"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="30913"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="32084"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="39487"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="33372"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="35891"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="36141"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="44197"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="40340"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="37541"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="35324"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="38307"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="45452"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="36382"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="40211"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="40188"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="51003"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="47148"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="43382"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="40277"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="44633"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="33806"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="30811"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="31839"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="32597"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="37405"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="33534"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="32074"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="30904"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="32276"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="39682"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="33452"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="36069"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="36340"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="44498"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="40518"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="37704"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="35491"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="38506"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="45511"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="36350"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="40261"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="40386"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="51184"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="47097"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="43384"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="40361"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="44707"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="34058"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="30929"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="32088"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="32724"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="37743"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="33904"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="32309"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="31118"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="32478"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="40078"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="33579"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="36380"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="36657"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="45041"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="40871"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="38096"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="35518"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="39044"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="45933"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="36418"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="40481"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="40758"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="51790"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="47473"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="43774"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="40269"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="45339"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="34331"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="31048"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="32331"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="32975"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="38102"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="34126"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="32652"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="31137"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="32803"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="40799"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="34011"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="36881"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="37587"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="46026"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="41640"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="38655"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="35924"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="39699"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="46604"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="36742"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="40870"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="41789"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="52869"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="48174"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="44164"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="40440"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="45913"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="35012"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="31543"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="32849"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="33764"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="38907"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="34878"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="33273"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="31627"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="33454"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="41250"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="33762"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="36810"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="37568"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="46976"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="42293"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="38533"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="36058"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="39921"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="47108"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="36684"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="40936"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="41887"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="53692"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="48979"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="44127"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="40706"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="46343"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="35329"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="31011"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="32543"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="33493"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="39989"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="35211"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="32976"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="31485"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="33384"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="42330"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="34354"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="37572"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="38304"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="48575"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="43306"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="39483"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="36905"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="40821"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="48214"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="37218"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="41713"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="42518"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="55447"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="50073"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="45116"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="41502"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="47230"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="36288"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="31595"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="33250"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="34281"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="41349"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="36078"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="33793"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="32280"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="34240"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="43830"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="35433"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="38752"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="39726"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="50561"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="44645"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="40676"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="38084"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="42456"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="49931"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="38359"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="42984"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="44105"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="57825"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="51603"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="46286"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="42777"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="49185"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="37520"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="32576"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="34288"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="35507"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="42868"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="37244"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="34947"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="33355"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="35491"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="45375"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="36678"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="40174"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="41174"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="52429"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="46234"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="41918"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="39349"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="43868"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="51630"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="39775"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="44646"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="45642"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="59906"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="53374"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="47640"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="44220"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="50617"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="38862"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="33644"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="35442"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="36820"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="44453"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="38614"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="36064"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="34423"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="36797"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="50076"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="41270"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="44027"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="45210"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="57366"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="50454"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="46159"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="43507"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="49102"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="56171"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="44185"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="48268"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="49355"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="64734"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="57291"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="51590"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="47878"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="55844"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="43693"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="38509"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="39586"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="41174"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="49461"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="43069"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="40616"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="39124"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="41845"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="51068"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="41387"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="44636"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="45847"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="59548"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="51492"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="46620"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="44157"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="49740"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="57348"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="44200"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="48861"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="50193"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="67406"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="58537"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="52063"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="48792"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="56756"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="44433"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="38594"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="40064"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="41574"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="51151"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="43852"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="40937"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="39352"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="42230"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="52053"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="41609"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="45291"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="46760"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="60804"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="53202"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="47583"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="44871"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="50477"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="58612"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="44710"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="49913"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="51247"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="68913"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="60811"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="53218"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="49878"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="57750"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="45151"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="38544"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="40352"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="42299"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="52185"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="44933"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="41751"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="39694"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="42836"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="53995"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="43273"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="47180"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="48593"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="63048"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="54972"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="49449"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="46588"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="52336"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="60816"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="46678"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="52147"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="53478"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="71440"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="62856"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="55378"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="51846"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="59959"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="46915"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="39970"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="41993"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="43788"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="54281"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="46594"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="43379"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="41202"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="44439"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="56356"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="45761"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="49250"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="51236"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="65822"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="57193"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="52145"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="48918"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="55117"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="63520"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="49438"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="54454"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="56491"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="74687"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="65412"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="58376"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="54399"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="63176"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="49022"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="42234"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="43939"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="46148"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="56584"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="48589"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="45858"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="43406"/>
+  </r>
+  <r>
+    <s v="NEA05C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="46890"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="33157"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="29380"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="32001"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="31569"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="35825"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="34352"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="31997"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="30792"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="32287"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="37492"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="31538"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="35624"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="34341"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="40180"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="39719"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="36304"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="34985"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="37607"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="29189"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="27271"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="28325"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="29039"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="31690"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="29361"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="27987"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="26958"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="27733"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="32900"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="29146"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="31652"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="31212"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="35550"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="33819"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="31921"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="30487"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="32214"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="36860"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="31000"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="35000"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="33679"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="39663"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="38687"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="35920"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="34247"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="37149"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="29189"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="27353"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="28269"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="28896"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="31716"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="29175"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="28027"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="26932"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="27821"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="33059"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="29194"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="31792"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="31528"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="35704"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="34080"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="32056"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="30645"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="32422"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="36907"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="30898"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="35000"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="33902"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="39790"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="38730"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="35878"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="34162"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="37312"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="29526"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="27500"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="28763"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="29248"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="31959"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="29642"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="28410"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="27237"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="28108"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="33323"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="29431"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="32038"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="31761"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="35909"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="34250"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="32496"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="30797"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="32819"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="36999"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="30890"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="34949"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="34078"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="40000"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="38724"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="36145"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="34041"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="37509"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="29857"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="27884"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="29197"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="29596"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="32175"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="29902"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="28912"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="27475"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="28600"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="33688"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="29777"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="32239"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="32424"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="36203"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="34583"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="32814"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="31020"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="33291"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="37038"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="31097"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="34822"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="34729"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="40044"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="38642"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="36152"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="33800"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="37700"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="30272"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="28277"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="29457"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="30168"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="32566"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="30416"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="29351"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="27790"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="29079"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="33912"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="29522"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="32192"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="32368"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="36891"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="34873"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="32584"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="31071"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="33372"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="37328"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="31018"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="34789"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="34783"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="40781"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="39095"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="36142"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="33904"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="37891"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="30507"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="27691"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="29267"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="30001"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="33416"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="30666"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="28925"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="27660"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="28911"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="34658"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="29994"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="32708"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="33047"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="37946"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="35590"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="33183"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="31716"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="34022"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="37960"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="31444"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="35103"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="35200"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="41904"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="39719"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="36619"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="34489"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="38366"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="31153"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="28000"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="29555"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="30644"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="34365"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="31198"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="29406"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="28287"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="29599"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="35786"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="30792"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="33737"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="34205"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="39198"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="36673"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="34287"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="32886"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="35356"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="39279"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="32308"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="36274"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="36521"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="43465"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="40935"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="37835"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="35695"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="40000"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="32014"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="28744"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="30419"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="31603"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="35350"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="31977"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="30537"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="29279"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="30584"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="37001"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="31861"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="34861"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="35358"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="40552"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="38000"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="35240"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="33800"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="36422"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="40517"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="33554"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="37663"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="37866"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="45012"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="42409"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="38752"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="36788"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="40984"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="33056"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="29785"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="31237"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="32681"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="36564"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="33137"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="31348"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="30109"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="31548"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="40579"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="36191"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="38186"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="38978"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="44327"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="41243"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="39043"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="37353"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="40530"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="44105"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="37230"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="40362"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="40969"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="48599"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="45647"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="42173"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="39743"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="45137"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="37462"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="35103"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="35577"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="37109"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="40055"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="37232"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="35999"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="34887"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="36192"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="41222"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="36178"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="38834"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="39622"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="45386"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="42083"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="39510"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="38255"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="41000"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="44892"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="37401"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="41047"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="41672"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="49966"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="46683"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="42557"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="40970"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="45780"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="37894"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="34866"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="35850"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="37390"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="40943"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="37740"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="36142"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="35000"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="36503"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="41823"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="35782"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="39045"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="39914"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="46136"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="43126"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="39769"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="38226"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="41494"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="45537"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="37405"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="42009"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="42140"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="50782"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="48083"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="42907"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="41474"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="46392"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="37782"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="33899"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="35274"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="37189"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="41585"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="37921"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="36203"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="34462"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="36331"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="43221"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="37179"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="40560"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="41007"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="47873"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="44562"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="41211"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="39448"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="42940"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="47187"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="39000"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="43759"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="43620"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="52683"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="49891"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="44694"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="42752"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="48218"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="39039"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="34964"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="36450"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="38108"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="43225"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="39200"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="37442"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="35490"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="37547"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="44816"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="39197"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="42035"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="42795"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="49224"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="46088"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="43269"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="41199"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="44931"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="48897"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="41244"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="45449"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="45501"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="54238"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="51342"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="46859"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="44700"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="50329"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="40424"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="36769"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="38049"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="39942"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="44327"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="40519"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="39280"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="37100"/>
+  </r>
+  <r>
+    <s v="NEA05C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="39325"/>
+  </r>
+</pivotCacheRecords>
 </file>