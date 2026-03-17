--- v1 (2026-01-22)
+++ v2 (2026-03-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda450eb594de44ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7dd727609a9d450884d8bfcc813c6f40.psmdcp" Id="R6d8ac25eb9024e31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R103d62b95a87490b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/35c9281d4b964dcaab23f7f21954bcc3.psmdcp" Id="R4699f954b87b4424" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>