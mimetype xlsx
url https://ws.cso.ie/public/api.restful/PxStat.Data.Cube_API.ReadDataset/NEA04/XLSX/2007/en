--- v0 (2025-11-05)
+++ v1 (2025-12-28)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a3277452f5146fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a92ce841bfba4de5bc1f2d85c0e73e29.psmdcp" Id="R719482a836214c66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re42dfcb9400d4832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/08daea2bbe574a1e8c2822262107a180.psmdcp" Id="R194d9f498d684f12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NEA04</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Mean and Median Weekly Earnings</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/29/2025 11:00:00 AM</x:t>
+    <x:t>29/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NEA04/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>EAADS</x:t>
   </x:si>
   <x:si>
     <x:t>Earning Analysis using Administrative Data Sources</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Eimear Heffernan</x:t>
   </x:si>
@@ -472,363 +472,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="NUTS 3 Regions" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J757" totalsRowShown="0">
   <x:autoFilter ref="A1:J757"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02196V02652"/>
     <x:tableColumn id="8" name="NUTS 3 Regions"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1099,51 +900,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NEA04/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1330,51 +1131,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J757"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="16.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -25588,51 +25389,51 @@
       <x:c r="G757" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H757" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I757" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J757" s="0">
         <x:v>635.09</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -25649,51 +25450,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J757" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="NEA04C01"/>
         <x:s v="NEA04C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Mean Weekly Earnings"/>
         <x:s v="Median Weekly Earnings"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="14">
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
@@ -26505,27 +26306,9100 @@
         <x:n v="802.14"/>
         <x:n v="698.05"/>
         <x:n v="774.27"/>
         <x:n v="764.17"/>
         <x:n v="904.71"/>
         <x:n v="853.97"/>
         <x:n v="787.8"/>
         <x:n v="752.24"/>
         <x:n v="833.4"/>
         <x:n v="654.07"/>
         <x:n v="592.53"/>
         <x:n v="625"/>
         <x:n v="647.44"/>
         <x:n v="736.09"/>
         <x:n v="663.09"/>
         <x:n v="641.99"/>
         <x:n v="603.2"/>
         <x:n v="635.09"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="667.76"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="560.8"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="617.59"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="614.38"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="744.91"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="685.42"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="639.5"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="599.98"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="643.97"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="768.31"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="612.99"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="692.34"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="681.66"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="859.48"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="803.69"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="738.45"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="685.76"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="749.21"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="574.53"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="516.03"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="548.06"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="556.73"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="634.1"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="572.91"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="549.08"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="524.86"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="547.07"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="664.21"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="560.3"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="608.79"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="605.44"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="744.34"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="680.97"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="630.15"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="595.48"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="643.37"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="760.77"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="608.85"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="679.85"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="669.39"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="855.35"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="792.08"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="723.47"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="676.85"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="747.2"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="574.35"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="518.41"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="542.73"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="550.23"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="636.62"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="575.13"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="544.57"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="523.11"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="547.34"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="662.65"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="553.32"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="609.52"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="607.48"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="743.37"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="678.66"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="629.07"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="593.82"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="641.02"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="756.19"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="599.4"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="678.49"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="671.95"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="851.24"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="787.61"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="719.28"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="670.2"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="740.63"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="573.76"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="512.34"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="543.58"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="550.46"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="636.88"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="572.78"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="544.66"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="524.28"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="546.58"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="662.76"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="551.44"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="606.34"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="612.75"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="744.69"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="676.9"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="629.57"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="589.41"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="642.2"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="754.71"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="598.2"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="673.11"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="677.55"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="850.19"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="782.77"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="717.34"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="663.61"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="742.48"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="573.47"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="508.85"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="540.63"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="554.05"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="638.27"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="571.32"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="546.02"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="519.62"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="545.65"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="671.73"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="556.77"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="614.06"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="616.87"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="757.64"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="687.89"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="634.92"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="593.75"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="650.42"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="763.47"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="603.49"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="679.09"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="681.35"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="863.76"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="793.83"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="720.79"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="665.74"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="750.91"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="581.45"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="513.73"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="548.68"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="558.11"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="648.9"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="551.7"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="525.01"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="552.77"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="682.23"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="554.76"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="614.58"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="620.08"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="777.63"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="700.42"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="635.07"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="596.72"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="657.37"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="775.48"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="605.28"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="683.2"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="688.35"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="882.72"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="808.81"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="722.63"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="672.53"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="760.81"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="588.97"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="506.81"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="543.48"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="556.1"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="669.8"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="588.44"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="548.44"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="522.04"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="555.17"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="699.57"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="569.61"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="628.31"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="637.62"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="797.8"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="715.76"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="650.97"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="613.53"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="674.31"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="621.18"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="697.67"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="707.07"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="906.34"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="826.6"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="741.17"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="692.03"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="779.95"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="603.6"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="520.05"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="556.27"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="572.12"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="686.28"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="601.2"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="561.72"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="535.55"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="569.67"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="722.47"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="587.25"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="647.05"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="656.04"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="826.52"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="738.43"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="670.97"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="631.48"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="697.45"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="822.35"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="640.43"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="720.52"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="727.88"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="941.82"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="854.65"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="762.85"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="711.53"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="807.23"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="621.7"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="535.95"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="570.73"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="588.04"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="707.32"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="619.08"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="579.7"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="552.11"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="588.07"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="753.58"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="614.43"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="674.74"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="687.36"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="864.45"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="769.11"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="700.07"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="656.81"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="728.44"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="858.25"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="672.84"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="754.36"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="764.22"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="985.44"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="889.04"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="795.28"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="740.74"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="844.65"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="647.5"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="558.14"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="592.38"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="613.82"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="738.92"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="645.38"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="605.45"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="573.73"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="612.51"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="801.41"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="652.74"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="707.93"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="720.98"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="937.3"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="808.07"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="735.71"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="688.37"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="772.23"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="903.33"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="705.06"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="784.03"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="791.54"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="1060.67"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="922.09"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="824.85"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="765.24"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="886.44"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="696.91"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="601.65"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="628.94"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="653.31"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="807.91"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="688.17"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="646.13"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="611.06"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="656.36"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="820.95"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="665.73"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="725.38"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="740.4"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="958.15"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="829.61"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="751.99"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="706.9"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="792.67"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="928.07"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="724.88"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="806.21"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="814.6"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="1086.08"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="951.4"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="844.1"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="791.26"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="911.62"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="712.1"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="608.91"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="642.55"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="669.69"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="824.87"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="703.69"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="660.23"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="623.11"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="673.1"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="856.21"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="694.27"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="759.03"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="776.51"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="1013.76"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="881.59"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="791.74"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="744.82"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="833.91"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="969.67"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="758.14"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="849.29"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="858.69"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="1152.86"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="1016.16"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="892.97"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="837.63"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="962.36"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="741.5"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="633.79"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="668.43"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="699.02"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="871.38"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="743.84"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="692.16"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="653.65"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="706.35"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="895.51"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="725.45"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="795.91"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="812.49"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="1063.96"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="920.92"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="828.8"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="783.61"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="871.98"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="1011.16"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="791.05"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="889.89"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="901.2"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="1207.18"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="1058.61"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="935.66"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="880.51"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="1006.72"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="779.12"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="663.58"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="701.98"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="728.99"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="919.67"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="781.03"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="723.63"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="688.44"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="739.59"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="942.73"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="770.81"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="839.49"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="867.31"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="1119.48"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="965.74"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="876.39"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="824.02"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="922.69"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="1061.44"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="841.14"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="936.87"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="956.62"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="1268.01"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="1108.35"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="984.63"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="921.21"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="1061.77"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="823.02"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="704.49"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="742.09"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="783.19"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="968.53"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="820.62"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="769.64"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="728.39"/>
+  </r>
+  <r>
+    <s v="NEA04C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="785.89"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="534.84"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="461.53"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="522.69"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="579.3"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="554.49"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="519.35"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="496.45"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="518.75"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="603.63"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="585.71"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="560.22"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="652.41"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="641.55"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="590.46"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="565.93"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="599.64"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="471.94"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="423.4"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="467.28"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="515.73"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="476.3"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="454.84"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="432.59"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="446.05"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="527.06"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="456.14"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="511.62"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="495.63"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="574.26"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="546.37"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="510.1"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="487.19"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="513.12"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="591.5"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="491.84"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="570.9"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="541.11"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="639.87"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="625.65"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="577.89"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="551.62"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="593.35"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="466.67"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="419.19"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="451.51"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="454.22"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="513.27"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="472.46"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="447.95"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="425.18"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="441.81"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="454.73"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="518.23"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="501.19"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="574.31"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="547.61"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="512.45"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="492.67"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="519.46"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="590.63"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="488.8"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="572.33"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="546.09"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="636.52"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="622.95"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="576.92"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="552.36"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="596.15"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="469.74"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="417.08"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="459.68"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="459.49"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="515.23"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="449.45"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="430.51"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="447.29"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="530.21"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="456.73"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="516.62"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="508.38"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="572.63"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="548.69"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="514.13"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="489.98"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="518.6"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="587.52"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="489.24"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="567.83"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="630.83"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="618.34"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="575.49"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="547.93"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="592.77"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="469.85"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="416.99"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="458.06"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="466.76"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="514.12"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="452.44"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="426.91"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="446.11"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="533.9"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="461.54"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="518.79"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="510.1"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="576.6"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="552.91"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="516.4"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="493.94"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="590.25"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="495.11"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="567.08"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="553.11"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="633.37"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="576.32"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="547.95"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="598.87"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="473.55"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="461.12"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="466.49"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="516.74"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="479.81"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="455.37"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="431.81"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="450.13"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="543.04"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="461.96"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="521.55"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="514.64"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="594.88"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="561.31"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="518.25"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="498.27"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="529.82"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="599.92"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="500.08"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="574.76"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="561.5"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="649.83"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="628.15"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="579.37"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="555.08"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="605.56"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="479.88"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="418.07"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="458.13"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="466.35"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="537.4"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="484.94"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="453.54"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="430.36"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="452.68"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="556.61"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="477.81"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="533.07"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="531.37"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="606.61"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="575.69"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="532.13"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="512.47"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="543.33"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="615.37"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="518.55"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="587.24"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="579.79"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="666.87"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="645.41"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="594.96"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="572.99"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="620.7"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="488.85"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="430.52"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="466.37"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="480.75"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="543.77"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="493.93"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="464.59"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="441.12"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="464.89"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="573.35"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="491.71"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="547.01"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="545.69"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="623.53"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="591.13"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="550.16"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="528.43"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="562.13"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="636.63"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="533.64"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="603.01"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="596.1"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="689.27"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="669.25"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="613.32"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="592.15"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="644.92"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="443.77"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="476.9"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="492.94"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="553.85"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="504.67"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="480.5"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="454.6"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="478.58"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="598.36"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="518.5"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="572.24"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="653.85"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="618.29"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="576.92"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="553.22"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="588.22"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="666.22"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="565.23"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="632.89"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="625.34"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="724.4"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="700.14"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="643.33"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="615.88"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="672.95"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="523.1"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="466.43"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="496.81"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="517.72"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="529.25"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="502.14"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="477.67"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="629.46"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="547.78"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="594.93"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="597.07"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="699.27"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="642.27"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="603.76"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="573.66"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="615.99"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="690.56"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="582.69"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="646.56"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="639.62"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="768.94"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="717.91"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="660.25"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="627.83"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="695.65"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="561.23"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="502.05"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="526.22"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="549.14"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="625.07"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="560.72"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="538.46"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="505.26"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="533.42"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="644.55"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="559.89"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="612.02"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="614.59"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="708.08"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="661.44"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="618.08"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="592.08"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="633.78"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="711.87"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="602.11"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="672.47"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="662.29"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="780.27"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="745.95"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="677.9"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="655.02"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="719.66"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="570.22"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="507.14"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="537.31"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="561.87"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="629.19"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="570.77"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="514.41"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="545.84"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="670.9"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="585.25"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="642.63"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="646.15"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="757.03"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="700.37"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="652.56"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="620.97"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="672.09"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="741.86"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="634.53"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="711.54"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="700.08"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="835.05"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="794.32"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="717.43"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="692.11"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="763.93"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="592.92"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="530.73"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="563.42"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="588.17"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="672.22"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="603.04"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="581.35"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="540.75"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="576.48"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="699.28"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="609.96"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="672.74"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="672.2"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="793.71"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="731.6"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="680.99"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="651.45"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="699.85"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="770.52"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="659.35"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="743.58"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="728.68"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="874.52"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="826.93"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="751.37"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="722.25"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="795.85"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="623.22"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="557.79"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="592.91"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="611.03"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="709.75"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="634.22"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="606.06"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="573.77"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="603.23"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="730.89"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="647.02"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="705.43"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="821.42"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="760.13"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="717.98"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="682.1"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="735.31"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="802.14"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="698.05"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="774.27"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="764.17"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="904.71"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="853.97"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="787.8"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="752.24"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="833.4"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="654.07"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Euro"/>
+    <n v="592.53"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Euro"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Euro"/>
+    <n v="647.44"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="736.09"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Euro"/>
+    <n v="663.09"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Euro"/>
+    <n v="641.99"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Euro"/>
+    <n v="603.2"/>
+  </r>
+  <r>
+    <s v="NEA04C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Euro"/>
+    <n v="635.09"/>
+  </r>
+</pivotCacheRecords>
 </file>