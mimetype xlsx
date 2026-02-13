--- v1 (2025-12-28)
+++ v2 (2026-02-13)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re42dfcb9400d4832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/08daea2bbe574a1e8c2822262107a180.psmdcp" Id="R194d9f498d684f12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15a44f930272433a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf47e24db33544a4973f90a16707ab16.psmdcp" Id="Rde8b6e1b62ec4f4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>