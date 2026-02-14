--- v0 (2025-11-08)
+++ v1 (2026-02-14)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fee10a89a284e0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e803a446638646cfaca91fc3ee530c4d.psmdcp" Id="R0ffa56dd46c6482f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4214a2f273b0418a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9cf6f330253147c5bd7fea996bd385b7.psmdcp" Id="Rf8238c162c5d4b5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NDQ04</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>ESB Connections</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/23/2025 11:00:00 AM</x:t>
+    <x:t>29/01/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>The New Dwelling Completions series is a new statistical product compiled from third party data sources. The series will be revised on an ongoing basis as more timely and accurate data sources become available and these data sources can be matched to the ESB new connections data set.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NDQ04/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NDC</x:t>
   </x:si>
   <x:si>
     <x:t>New Dwelling Completions</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -549,50 +549,56 @@
     <x:t>2024Q3</x:t>
   </x:si>
   <x:si>
     <x:t>20244</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q4</x:t>
   </x:si>
   <x:si>
     <x:t>20251</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q1</x:t>
   </x:si>
   <x:si>
     <x:t>20252</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q2</x:t>
   </x:si>
   <x:si>
     <x:t>20253</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025Q4</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -730,648 +736,235 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...591 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="60">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="60">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03451V04162" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Connection" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H296" totalsRowShown="0">
-  <x:autoFilter ref="A1:H296"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H301" totalsRowShown="0">
+  <x:autoFilter ref="A1:H301"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C03451V04162"/>
     <x:tableColumn id="6" name="Type of Connection"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1635,51 +1228,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NDQ04/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1868,55 +1461,55 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H296"/>
+  <x:dimension ref="A1:H301"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="17.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="23.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -4563,77 +4156,77 @@
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H103" s="0">
-        <x:v>512</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H104" s="0">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H105" s="0">
@@ -4667,77 +4260,77 @@
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H107" s="0">
-        <x:v>2369</x:v>
+        <x:v>2370</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H108" s="0">
-        <x:v>367</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H109" s="0">
@@ -4797,51 +4390,51 @@
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H112" s="0">
-        <x:v>2450</x:v>
+        <x:v>2451</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H113" s="0">
@@ -4849,51 +4442,51 @@
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H114" s="0">
-        <x:v>662</x:v>
+        <x:v>661</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H115" s="0">
@@ -4927,51 +4520,51 @@
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H117" s="0">
-        <x:v>2972</x:v>
+        <x:v>2970</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H118" s="0">
@@ -4979,51 +4572,51 @@
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H119" s="0">
-        <x:v>749</x:v>
+        <x:v>751</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H120" s="0">
@@ -5057,103 +4650,103 @@
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H122" s="0">
-        <x:v>2743</x:v>
+        <x:v>2742</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H123" s="0">
-        <x:v>374</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H124" s="0">
-        <x:v>569</x:v>
+        <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H125" s="0">
@@ -5343,77 +4936,77 @@
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H133" s="0">
-        <x:v>323</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H134" s="0">
-        <x:v>735</x:v>
+        <x:v>736</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H135" s="0">
@@ -5447,51 +5040,51 @@
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H137" s="0">
-        <x:v>4533</x:v>
+        <x:v>4532</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H138" s="0">
@@ -5499,77 +5092,77 @@
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H139" s="0">
-        <x:v>665</x:v>
+        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H140" s="0">
-        <x:v>264</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H141" s="0">
@@ -5603,103 +5196,103 @@
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H143" s="0">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H144" s="0">
-        <x:v>595</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H145" s="0">
-        <x:v>210</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H146" s="0">
@@ -5707,51 +5300,51 @@
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H147" s="0">
-        <x:v>4358</x:v>
+        <x:v>4355</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H148" s="0">
@@ -5759,51 +5352,51 @@
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H149" s="0">
-        <x:v>689</x:v>
+        <x:v>692</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H150" s="0">
@@ -5837,103 +5430,103 @@
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H152" s="0">
-        <x:v>4597</x:v>
+        <x:v>4595</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H153" s="0">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H154" s="0">
-        <x:v>746</x:v>
+        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H155" s="0">
@@ -5967,51 +5560,51 @@
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H157" s="0">
-        <x:v>5403</x:v>
+        <x:v>5404</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H158" s="0">
@@ -6019,77 +5612,77 @@
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H159" s="0">
-        <x:v>783</x:v>
+        <x:v>784</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H160" s="0">
-        <x:v>232</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H161" s="0">
@@ -6097,51 +5690,51 @@
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H162" s="0">
-        <x:v>4224</x:v>
+        <x:v>4223</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H163" s="0">
@@ -6149,77 +5742,77 @@
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H164" s="0">
-        <x:v>619</x:v>
+        <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H165" s="0">
-        <x:v>256</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H166" s="0">
@@ -6487,51 +6080,51 @@
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H177" s="0">
-        <x:v>6405</x:v>
+        <x:v>6407</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H178" s="0">
@@ -6539,51 +6132,51 @@
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H179" s="0">
-        <x:v>782</x:v>
+        <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H180" s="0">
@@ -6643,77 +6236,77 @@
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H183" s="0">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H184" s="0">
-        <x:v>662</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H185" s="0">
@@ -6877,51 +6470,51 @@
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H192" s="0">
-        <x:v>5029</x:v>
+        <x:v>5028</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H193" s="0">
@@ -6929,51 +6522,51 @@
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H194" s="0">
-        <x:v>733</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H195" s="0">
@@ -7007,77 +6600,77 @@
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H197" s="0">
-        <x:v>7309</x:v>
+        <x:v>7311</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H198" s="0">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H199" s="0">
@@ -7085,51 +6678,51 @@
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H200" s="0">
-        <x:v>304</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H201" s="0">
@@ -7267,51 +6860,51 @@
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H207" s="0">
-        <x:v>4964</x:v>
+        <x:v>4958</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H208" s="0">
@@ -7319,51 +6912,51 @@
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H209" s="0">
-        <x:v>712</x:v>
+        <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H210" s="0">
@@ -7397,51 +6990,51 @@
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H212" s="0">
-        <x:v>4630</x:v>
+        <x:v>4626</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H213" s="0">
@@ -7449,51 +7042,51 @@
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H214" s="0">
-        <x:v>675</x:v>
+        <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H215" s="0">
@@ -7579,77 +7172,77 @@
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H219" s="0">
-        <x:v>735</x:v>
+        <x:v>736</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H220" s="0">
-        <x:v>304</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H221" s="0">
@@ -7657,51 +7250,51 @@
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H222" s="0">
-        <x:v>5592</x:v>
+        <x:v>5593</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H223" s="0">
@@ -7735,51 +7328,51 @@
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H225" s="0">
-        <x:v>238</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H226" s="0">
@@ -7787,51 +7380,51 @@
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H227" s="0">
-        <x:v>7582</x:v>
+        <x:v>7580</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H228" s="0">
@@ -7839,51 +7432,51 @@
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H229" s="0">
-        <x:v>640</x:v>
+        <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H230" s="0">
@@ -7917,51 +7510,51 @@
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H232" s="0">
-        <x:v>7366</x:v>
+        <x:v>7365</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H233" s="0">
@@ -7969,77 +7562,77 @@
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H234" s="0">
-        <x:v>731</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H235" s="0">
-        <x:v>228</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H236" s="0">
@@ -8047,51 +7640,51 @@
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H237" s="0">
-        <x:v>9083</x:v>
+        <x:v>9084</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H238" s="0">
@@ -8125,51 +7718,51 @@
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H240" s="0">
-        <x:v>246</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H241" s="0">
@@ -8177,103 +7770,103 @@
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H242" s="0">
-        <x:v>6631</x:v>
+        <x:v>6628</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H243" s="0">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H244" s="0">
-        <x:v>440</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H245" s="0">
@@ -8307,103 +7900,103 @@
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H247" s="0">
-        <x:v>7260</x:v>
+        <x:v>7258</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H248" s="0">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H249" s="0">
-        <x:v>458</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H250" s="0">
@@ -8437,51 +8030,51 @@
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H252" s="0">
-        <x:v>8397</x:v>
+        <x:v>8393</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H253" s="0">
@@ -8489,77 +8082,77 @@
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H254" s="0">
-        <x:v>432</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H255" s="0">
-        <x:v>170</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H256" s="0">
@@ -8567,51 +8160,51 @@
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H257" s="0">
-        <x:v>10210</x:v>
+        <x:v>10207</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H258" s="0">
@@ -8619,51 +8212,51 @@
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H259" s="0">
-        <x:v>397</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H260" s="0">
@@ -8697,51 +8290,51 @@
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H262" s="0">
-        <x:v>5805</x:v>
+        <x:v>5797</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H263" s="0">
@@ -8749,51 +8342,51 @@
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H264" s="0">
-        <x:v>282</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H265" s="0">
@@ -8827,51 +8420,51 @@
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H267" s="0">
-        <x:v>6814</x:v>
+        <x:v>6813</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H268" s="0">
@@ -8879,51 +8472,51 @@
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H269" s="0">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H270" s="0">
@@ -8957,51 +8550,51 @@
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H272" s="0">
-        <x:v>8883</x:v>
+        <x:v>8878</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H273" s="0">
@@ -9009,51 +8602,51 @@
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H274" s="0">
-        <x:v>392</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H275" s="0">
@@ -9087,51 +8680,51 @@
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H277" s="0">
-        <x:v>8666</x:v>
+        <x:v>8659</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H278" s="0">
@@ -9139,51 +8732,51 @@
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H279" s="0">
-        <x:v>358</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H280" s="0">
@@ -9217,51 +8810,51 @@
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H282" s="0">
-        <x:v>5917</x:v>
+        <x:v>5914</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H283" s="0">
@@ -9269,51 +8862,51 @@
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H284" s="0">
-        <x:v>286</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H285" s="0">
@@ -9347,51 +8940,51 @@
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H287" s="0">
-        <x:v>9173</x:v>
+        <x:v>9163</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H288" s="0">
@@ -9399,77 +8992,77 @@
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H289" s="0">
-        <x:v>338</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H290" s="0">
-        <x:v>147</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H291" s="0">
@@ -9477,51 +9070,51 @@
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H292" s="0">
-        <x:v>9235</x:v>
+        <x:v>9213</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H293" s="0">
@@ -9529,51 +9122,51 @@
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H294" s="0">
-        <x:v>306</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H295" s="0">
@@ -9582,65 +9175,195 @@
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H296" s="0">
         <x:v>9728</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="297" spans="1:8">
+      <x:c r="A297" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B297" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C297" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="D297" s="0" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="E297" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F297" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G297" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H297" s="0">
+        <x:v>11994</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="298" spans="1:8">
+      <x:c r="A298" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B298" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C298" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="D298" s="0" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="E298" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F298" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G298" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H298" s="0">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="299" spans="1:8">
+      <x:c r="A299" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B299" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C299" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="D299" s="0" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="E299" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F299" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G299" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H299" s="0">
+        <x:v>302</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="300" spans="1:8">
+      <x:c r="A300" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B300" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C300" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="D300" s="0" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="E300" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F300" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G300" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H300" s="0">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="301" spans="1:8">
+      <x:c r="A301" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B301" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C301" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="D301" s="0" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="E301" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F301" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G301" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H301" s="0">
+        <x:v>12368</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9657,65 +9380,65 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H296" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="NDQ04"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="ESB Connections"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
-      <x:sharedItems count="59">
+      <x:sharedItems count="60">
         <x:s v="20111"/>
         <x:s v="20112"/>
         <x:s v="20113"/>
         <x:s v="20114"/>
         <x:s v="20121"/>
         <x:s v="20122"/>
         <x:s v="20123"/>
         <x:s v="20124"/>
         <x:s v="20131"/>
         <x:s v="20132"/>
         <x:s v="20133"/>
         <x:s v="20134"/>
         <x:s v="20141"/>
         <x:s v="20142"/>
         <x:s v="20143"/>
         <x:s v="20144"/>
         <x:s v="20151"/>
         <x:s v="20152"/>
         <x:s v="20153"/>
         <x:s v="20154"/>
         <x:s v="20161"/>
         <x:s v="20162"/>
         <x:s v="20163"/>
         <x:s v="20164"/>
         <x:s v="20171"/>
@@ -9731,54 +9454,55 @@
         <x:s v="20193"/>
         <x:s v="20194"/>
         <x:s v="20201"/>
         <x:s v="20202"/>
         <x:s v="20203"/>
         <x:s v="20204"/>
         <x:s v="20211"/>
         <x:s v="20212"/>
         <x:s v="20213"/>
         <x:s v="20214"/>
         <x:s v="20221"/>
         <x:s v="20222"/>
         <x:s v="20223"/>
         <x:s v="20224"/>
         <x:s v="20231"/>
         <x:s v="20232"/>
         <x:s v="20233"/>
         <x:s v="20234"/>
         <x:s v="20241"/>
         <x:s v="20242"/>
         <x:s v="20243"/>
         <x:s v="20244"/>
         <x:s v="20251"/>
         <x:s v="20252"/>
         <x:s v="20253"/>
+        <x:s v="20254"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Quarter">
-      <x:sharedItems count="59">
+      <x:sharedItems count="60">
         <x:s v="2011Q1"/>
         <x:s v="2011Q2"/>
         <x:s v="2011Q3"/>
         <x:s v="2011Q4"/>
         <x:s v="2012Q1"/>
         <x:s v="2012Q2"/>
         <x:s v="2012Q3"/>
         <x:s v="2012Q4"/>
         <x:s v="2013Q1"/>
         <x:s v="2013Q2"/>
         <x:s v="2013Q3"/>
         <x:s v="2013Q4"/>
         <x:s v="2014Q1"/>
         <x:s v="2014Q2"/>
         <x:s v="2014Q3"/>
         <x:s v="2014Q4"/>
         <x:s v="2015Q1"/>
         <x:s v="2015Q2"/>
         <x:s v="2015Q3"/>
         <x:s v="2015Q4"/>
         <x:s v="2016Q1"/>
         <x:s v="2016Q2"/>
         <x:s v="2016Q3"/>
         <x:s v="2016Q4"/>
         <x:s v="2017Q1"/>
@@ -9794,77 +9518,78 @@
         <x:s v="2019Q3"/>
         <x:s v="2019Q4"/>
         <x:s v="2020Q1"/>
         <x:s v="2020Q2"/>
         <x:s v="2020Q3"/>
         <x:s v="2020Q4"/>
         <x:s v="2021Q1"/>
         <x:s v="2021Q2"/>
         <x:s v="2021Q3"/>
         <x:s v="2021Q4"/>
         <x:s v="2022Q1"/>
         <x:s v="2022Q2"/>
         <x:s v="2022Q3"/>
         <x:s v="2022Q4"/>
         <x:s v="2023Q1"/>
         <x:s v="2023Q2"/>
         <x:s v="2023Q3"/>
         <x:s v="2023Q4"/>
         <x:s v="2024Q1"/>
         <x:s v="2024Q2"/>
         <x:s v="2024Q3"/>
         <x:s v="2024Q4"/>
         <x:s v="2025Q1"/>
         <x:s v="2025Q2"/>
         <x:s v="2025Q3"/>
+        <x:s v="2025Q4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03451V04162">
       <x:sharedItems count="5">
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Connection">
       <x:sharedItems count="5">
         <x:s v="New dwelling completion"/>
         <x:s v="Unfinished"/>
         <x:s v="Reconnection"/>
         <x:s v="Non-Dwelling"/>
         <x:s v="All connections"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Number"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="8" maxValue="10886" count="266">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="8" maxValue="12368" count="275">
         <x:n v="1875"/>
         <x:n v="383"/>
         <x:n v="241"/>
         <x:n v="205"/>
         <x:n v="2704"/>
         <x:n v="1791"/>
         <x:n v="331"/>
         <x:n v="224"/>
         <x:n v="209"/>
         <x:n v="2555"/>
         <x:n v="1687"/>
         <x:n v="326"/>
         <x:n v="299"/>
         <x:n v="195"/>
         <x:n v="2507"/>
         <x:n v="1641"/>
         <x:n v="338"/>
         <x:n v="218"/>
         <x:n v="2523"/>
         <x:n v="1131"/>
         <x:n v="278"/>
         <x:n v="302"/>
         <x:n v="179"/>
         <x:n v="1890"/>
         <x:n v="1117"/>
@@ -9917,204 +9642,3214 @@
         <x:n v="2932"/>
         <x:n v="1702"/>
         <x:n v="603"/>
         <x:n v="683"/>
         <x:n v="210"/>
         <x:n v="3198"/>
         <x:n v="1371"/>
         <x:n v="342"/>
         <x:n v="742"/>
         <x:n v="2634"/>
         <x:n v="1570"/>
         <x:n v="453"/>
         <x:n v="746"/>
         <x:n v="2979"/>
         <x:n v="2033"/>
         <x:n v="384"/>
         <x:n v="670"/>
         <x:n v="194"/>
         <x:n v="3281"/>
         <x:n v="2245"/>
         <x:n v="492"/>
         <x:n v="730"/>
         <x:n v="262"/>
         <x:n v="3729"/>
         <x:n v="1937"/>
-        <x:n v="512"/>
-        <x:n v="510"/>
+        <x:n v="511"/>
         <x:n v="191"/>
         <x:n v="3150"/>
-        <x:n v="2369"/>
-        <x:n v="367"/>
+        <x:n v="2370"/>
+        <x:n v="366"/>
         <x:n v="544"/>
         <x:n v="206"/>
         <x:n v="3486"/>
-        <x:n v="2450"/>
+        <x:n v="2451"/>
         <x:n v="569"/>
-        <x:n v="662"/>
+        <x:n v="661"/>
         <x:n v="193"/>
         <x:n v="3874"/>
-        <x:n v="2972"/>
-        <x:n v="749"/>
+        <x:n v="2970"/>
+        <x:n v="751"/>
         <x:n v="238"/>
         <x:n v="4413"/>
-        <x:n v="2743"/>
-        <x:n v="374"/>
+        <x:n v="2742"/>
+        <x:n v="373"/>
+        <x:n v="571"/>
         <x:n v="216"/>
         <x:n v="3902"/>
         <x:n v="3235"/>
         <x:n v="426"/>
         <x:n v="676"/>
         <x:n v="229"/>
         <x:n v="4566"/>
         <x:n v="3719"/>
-        <x:n v="735"/>
+        <x:n v="322"/>
+        <x:n v="736"/>
         <x:n v="214"/>
         <x:n v="4991"/>
-        <x:n v="4533"/>
+        <x:n v="4532"/>
         <x:n v="264"/>
-        <x:n v="665"/>
+        <x:n v="669"/>
+        <x:n v="261"/>
         <x:n v="5726"/>
         <x:n v="3432"/>
-        <x:n v="220"/>
-        <x:n v="595"/>
+        <x:n v="221"/>
+        <x:n v="596"/>
+        <x:n v="208"/>
         <x:n v="4457"/>
-        <x:n v="4358"/>
+        <x:n v="4355"/>
         <x:n v="184"/>
-        <x:n v="689"/>
+        <x:n v="692"/>
         <x:n v="231"/>
         <x:n v="5462"/>
-        <x:n v="4597"/>
-        <x:n v="189"/>
+        <x:n v="4595"/>
+        <x:n v="190"/>
+        <x:n v="747"/>
         <x:n v="5742"/>
-        <x:n v="5403"/>
+        <x:n v="5404"/>
         <x:n v="313"/>
-        <x:n v="783"/>
-        <x:n v="232"/>
+        <x:n v="784"/>
+        <x:n v="230"/>
         <x:n v="6731"/>
-        <x:n v="4224"/>
-[...2 lines deleted...]
-        <x:n v="256"/>
+        <x:n v="4223"/>
+        <x:n v="621"/>
+        <x:n v="255"/>
         <x:n v="5289"/>
         <x:n v="4795"/>
         <x:n v="151"/>
         <x:n v="680"/>
         <x:n v="188"/>
         <x:n v="5814"/>
         <x:n v="5609"/>
         <x:n v="200"/>
         <x:n v="674"/>
         <x:n v="6701"/>
-        <x:n v="6405"/>
-        <x:n v="782"/>
+        <x:n v="6407"/>
+        <x:n v="780"/>
         <x:n v="180"/>
         <x:n v="7585"/>
         <x:n v="4929"/>
-        <x:n v="128"/>
+        <x:n v="127"/>
+        <x:n v="663"/>
         <x:n v="235"/>
         <x:n v="5954"/>
         <x:n v="3223"/>
         <x:n v="87"/>
         <x:n v="438"/>
         <x:n v="3913"/>
-        <x:n v="5029"/>
+        <x:n v="5028"/>
         <x:n v="117"/>
-        <x:n v="733"/>
+        <x:n v="734"/>
         <x:n v="239"/>
         <x:n v="6118"/>
-        <x:n v="7309"/>
-        <x:n v="263"/>
+        <x:n v="7311"/>
         <x:n v="806"/>
-        <x:n v="304"/>
+        <x:n v="303"/>
         <x:n v="8682"/>
         <x:n v="3957"/>
         <x:n v="146"/>
         <x:n v="651"/>
         <x:n v="289"/>
         <x:n v="5043"/>
-        <x:n v="4964"/>
+        <x:n v="4958"/>
         <x:n v="138"/>
-        <x:n v="712"/>
-        <x:n v="230"/>
+        <x:n v="718"/>
         <x:n v="6044"/>
-        <x:n v="4630"/>
+        <x:n v="4626"/>
         <x:n v="123"/>
-        <x:n v="675"/>
+        <x:n v="679"/>
         <x:n v="5690"/>
         <x:n v="6915"/>
         <x:n v="115"/>
         <x:n v="8069"/>
-        <x:n v="5592"/>
+        <x:n v="5593"/>
         <x:n v="81"/>
         <x:n v="648"/>
+        <x:n v="237"/>
         <x:n v="6559"/>
-        <x:n v="7582"/>
+        <x:n v="7580"/>
         <x:n v="116"/>
-        <x:n v="640"/>
+        <x:n v="642"/>
+        <x:n v="232"/>
         <x:n v="8570"/>
-        <x:n v="7366"/>
-[...1 lines deleted...]
-        <x:n v="228"/>
+        <x:n v="7365"/>
+        <x:n v="733"/>
+        <x:n v="227"/>
         <x:n v="8540"/>
-        <x:n v="9083"/>
+        <x:n v="9084"/>
         <x:n v="119"/>
         <x:n v="639"/>
-        <x:n v="246"/>
+        <x:n v="245"/>
         <x:n v="10087"/>
-        <x:n v="6631"/>
-[...1 lines deleted...]
-        <x:n v="440"/>
+        <x:n v="6628"/>
+        <x:n v="43"/>
+        <x:n v="442"/>
         <x:n v="211"/>
         <x:n v="7324"/>
-        <x:n v="7260"/>
-[...1 lines deleted...]
-        <x:n v="458"/>
+        <x:n v="7258"/>
+        <x:n v="70"/>
+        <x:n v="459"/>
         <x:n v="7979"/>
-        <x:n v="8397"/>
+        <x:n v="8393"/>
         <x:n v="48"/>
-        <x:n v="432"/>
-        <x:n v="170"/>
+        <x:n v="437"/>
+        <x:n v="169"/>
         <x:n v="9047"/>
-        <x:n v="10210"/>
-        <x:n v="397"/>
+        <x:n v="10207"/>
+        <x:n v="400"/>
         <x:n v="10886"/>
-        <x:n v="5805"/>
+        <x:n v="5797"/>
         <x:n v="17"/>
-        <x:n v="282"/>
+        <x:n v="290"/>
         <x:n v="136"/>
         <x:n v="6241"/>
-        <x:n v="6814"/>
+        <x:n v="6813"/>
         <x:n v="28"/>
-        <x:n v="380"/>
+        <x:n v="381"/>
         <x:n v="147"/>
         <x:n v="7369"/>
-        <x:n v="8883"/>
+        <x:n v="8878"/>
+        <x:n v="397"/>
         <x:n v="134"/>
         <x:n v="9426"/>
-        <x:n v="8666"/>
+        <x:n v="8659"/>
         <x:n v="30"/>
-        <x:n v="358"/>
+        <x:n v="365"/>
         <x:n v="162"/>
         <x:n v="9216"/>
-        <x:n v="5917"/>
+        <x:n v="5914"/>
         <x:n v="16"/>
-        <x:n v="286"/>
         <x:n v="106"/>
         <x:n v="6325"/>
-        <x:n v="9173"/>
+        <x:n v="9163"/>
         <x:n v="8"/>
+        <x:n v="349"/>
         <x:n v="9666"/>
-        <x:n v="9235"/>
+        <x:n v="9213"/>
         <x:n v="11"/>
-        <x:n v="306"/>
+        <x:n v="328"/>
         <x:n v="176"/>
         <x:n v="9728"/>
+        <x:n v="11994"/>
+        <x:n v="13"/>
+        <x:n v="59"/>
+        <x:n v="12368"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="1875"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="2704"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="1791"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="2555"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="2507"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="1641"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="2523"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="1964"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="2421"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="1977"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="1962"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="1507"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="2589"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="2079"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="2720"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="2932"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="3198"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="2634"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="1570"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="2979"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="3281"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="2245"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="3729"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="1937"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="3150"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="2370"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="3486"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="2451"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="3874"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="2970"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="4413"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="2742"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="3902"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="3235"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="4566"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="3719"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="4991"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="4532"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="5726"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="3432"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="4457"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="4355"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="5462"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="4595"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="5742"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="5404"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="6731"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="4223"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="5289"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="4795"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="5814"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="5609"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="6701"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="6407"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="7585"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="4929"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="5954"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="3223"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="3913"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="5028"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="6118"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="7311"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="8682"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="3957"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="5043"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="4958"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="6044"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="4626"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="5690"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="6915"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="8069"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="5593"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="6559"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="7580"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="8570"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="7365"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="8540"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="9084"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="10087"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="6628"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="7324"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="7258"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="7979"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="8393"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="9047"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="10207"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="10886"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="5797"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="6241"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="6813"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="7369"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="8878"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="9426"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="8659"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="9216"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="5914"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="6325"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="9163"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="9666"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="9213"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="9728"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="11994"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="NDQ04"/>
+    <s v="ESB Connections"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="12368"/>
+  </r>
+</pivotCacheRecords>
 </file>