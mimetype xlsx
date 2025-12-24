--- v0 (2025-11-08)
+++ v1 (2025-12-24)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eca4a6c5ad440af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f7bd1d67cd5d4060ac175dd6be542a77.psmdcp" Id="R3ddc3e25d7c34dd5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R998667398cc64605" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/26f5d601b2204085a82ad2cecd3c1301.psmdcp" Id="Re56dbf33b0f04219" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NDA04</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>ESB Connections</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/23/2025 11:00:00 AM</x:t>
+    <x:t>23/10/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NDA04/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NDC</x:t>
   </x:si>
   <x:si>
     <x:t>New Dwelling Completions</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Steven Conroy</x:t>
   </x:si>
@@ -415,283 +415,138 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...231 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03451V04162" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Connection" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H71" totalsRowShown="0">
   <x:autoFilter ref="A1:H71"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03451V04162"/>
     <x:tableColumn id="6" name="Type of Connection"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -960,51 +815,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NDA04/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1191,51 +1046,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H71"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="17.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="23.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -3069,51 +2924,51 @@
       <x:c r="E71" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H71" s="0">
         <x:v>579</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -3130,51 +2985,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H71" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="NDA04"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="ESB Connections"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="14">
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
@@ -3281,27 +3136,728 @@
         <x:n v="522"/>
         <x:n v="2773"/>
         <x:n v="1085"/>
         <x:n v="33756"/>
         <x:n v="29623"/>
         <x:n v="531"/>
         <x:n v="2658"/>
         <x:n v="944"/>
         <x:n v="35236"/>
         <x:n v="32498"/>
         <x:n v="207"/>
         <x:n v="1727"/>
         <x:n v="804"/>
         <x:n v="32252"/>
         <x:n v="30168"/>
         <x:n v="92"/>
         <x:n v="1412"/>
         <x:n v="579"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="10289"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="6994"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="8345"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="4911"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="8207"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="4575"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="10929"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="5518"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="2368"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="2290"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="12623"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="7219"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="2888"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="14923"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="9728"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="1902"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="2465"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="19185"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="14230"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="1387"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="22392"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="17790"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="2813"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="25389"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="21033"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="2755"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="24667"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="20490"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="2639"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="24846"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="20466"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="2773"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="33756"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="29623"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="2658"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="35236"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="32498"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="1727"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="32252"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="30168"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+</pivotCacheRecords>
 </file>