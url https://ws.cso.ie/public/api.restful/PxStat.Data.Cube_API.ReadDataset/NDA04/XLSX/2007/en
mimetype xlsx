--- v1 (2025-12-24)
+++ v2 (2026-02-13)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R998667398cc64605" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/26f5d601b2204085a82ad2cecd3c1301.psmdcp" Id="Re56dbf33b0f04219" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a64fa5b93b444af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0c4fc3d5ac744bdea12fed48ec04dafa.psmdcp" Id="Rba5f396b1b174c96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NDA04</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>ESB Connections</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>23/10/2025 11:00:00</x:t>
+    <x:t>29/01/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NDA04/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NDC</x:t>
   </x:si>
   <x:si>
     <x:t>New Dwelling Completions</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Steven Conroy</x:t>
   </x:si>
@@ -234,50 +234,53 @@
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -429,129 +432,131 @@
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
   <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
   <pivotFields count="8">
     <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="14">
+      <items count="15">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
+        <item x="14"/>
       </items>
     </pivotField>
     <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="14">
+      <items count="15">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
+        <item x="14"/>
       </items>
     </pivotField>
     <pivotField name="C03451V04162" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="5">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
       </items>
     </pivotField>
     <pivotField name="Type of Connection" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="5">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
       </items>
     </pivotField>
     <pivotField showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
   </pivotFields>
   <rowFields count="6">
     <field x="0"/>
     <field x="1"/>
     <field x="2"/>
     <field x="3"/>
     <field x="4"/>
     <field x="5"/>
   </rowFields>
   <dataFields count="1">
     <dataField name="VALUE" fld="7"/>
   </dataFields>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
     </ext>
   </extLst>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H71" totalsRowShown="0">
-  <x:autoFilter ref="A1:H71"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H76" totalsRowShown="0">
+  <x:autoFilter ref="A1:H76"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03451V04162"/>
     <x:tableColumn id="6" name="Type of Connection"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1050,51 +1055,51 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H71"/>
+  <x:dimension ref="A1:H76"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="17.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="23.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -1817,77 +1822,77 @@
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H29" s="0">
-        <x:v>1902</x:v>
+        <x:v>1900</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H30" s="0">
-        <x:v>2465</x:v>
+        <x:v>2467</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H31" s="0">
@@ -1921,129 +1926,129 @@
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H33" s="0">
-        <x:v>14230</x:v>
+        <x:v>14228</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H34" s="0">
-        <x:v>1387</x:v>
+        <x:v>1385</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H35" s="0">
-        <x:v>2645</x:v>
+        <x:v>2652</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H36" s="0">
-        <x:v>923</x:v>
+        <x:v>920</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H37" s="0">
@@ -2051,129 +2056,129 @@
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H38" s="0">
-        <x:v>17790</x:v>
+        <x:v>17786</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H39" s="0">
-        <x:v>906</x:v>
+        <x:v>908</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H40" s="0">
-        <x:v>2813</x:v>
+        <x:v>2819</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H41" s="0">
-        <x:v>883</x:v>
+        <x:v>879</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H42" s="0">
@@ -2181,51 +2186,51 @@
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H43" s="0">
-        <x:v>21033</x:v>
+        <x:v>21034</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H44" s="0">
@@ -2259,51 +2264,51 @@
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H46" s="0">
-        <x:v>842</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H47" s="0">
@@ -2311,129 +2316,129 @@
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H48" s="0">
-        <x:v>20490</x:v>
+        <x:v>20491</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H49" s="0">
-        <x:v>595</x:v>
+        <x:v>593</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H50" s="0">
-        <x:v>2639</x:v>
+        <x:v>2641</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H51" s="0">
-        <x:v>943</x:v>
+        <x:v>942</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H52" s="0">
@@ -2441,51 +2446,51 @@
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H53" s="0">
-        <x:v>20466</x:v>
+        <x:v>20456</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H54" s="0">
@@ -2493,77 +2498,77 @@
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H55" s="0">
-        <x:v>2773</x:v>
+        <x:v>2784</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H56" s="0">
-        <x:v>1085</x:v>
+        <x:v>1084</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H57" s="0">
@@ -2571,51 +2576,51 @@
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H58" s="0">
-        <x:v>29623</x:v>
+        <x:v>29622</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H59" s="0">
@@ -2623,77 +2628,77 @@
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H60" s="0">
-        <x:v>2658</x:v>
+        <x:v>2662</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H61" s="0">
-        <x:v>944</x:v>
+        <x:v>941</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H62" s="0">
@@ -2701,129 +2706,129 @@
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H63" s="0">
-        <x:v>32498</x:v>
+        <x:v>32486</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H64" s="0">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H65" s="0">
-        <x:v>1727</x:v>
+        <x:v>1738</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H66" s="0">
-        <x:v>804</x:v>
+        <x:v>803</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H67" s="0">
@@ -2831,51 +2836,51 @@
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H68" s="0">
-        <x:v>30168</x:v>
+        <x:v>30147</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H69" s="0">
@@ -2883,77 +2888,207 @@
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H70" s="0">
-        <x:v>1412</x:v>
+        <x:v>1433</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H71" s="0">
         <x:v>579</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:8">
+      <x:c r="A72" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B72" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C72" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D72" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E72" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="F72" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="G72" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H72" s="0">
+        <x:v>38087</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:8">
+      <x:c r="A73" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B73" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C73" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D73" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E73" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F73" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G73" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H73" s="0">
+        <x:v>36284</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:8">
+      <x:c r="A74" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B74" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C74" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D74" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E74" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F74" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G74" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H74" s="0">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:8">
+      <x:c r="A75" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B75" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C75" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D75" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E75" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F75" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G75" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H75" s="0">
+        <x:v>1268</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:8">
+      <x:c r="A76" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C76" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D76" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E76" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F76" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G76" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H76" s="0">
+        <x:v>487</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -2999,180 +3134,187 @@
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
     <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="NDA04"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="ESB Connections"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
-      <x:sharedItems count="14">
+      <x:sharedItems count="15">
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
+        <x:s v="2025"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
-      <x:sharedItems count="14">
+      <x:sharedItems count="15">
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
+        <x:s v="2025"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03451V04162">
       <x:sharedItems count="5">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Connection">
       <x:sharedItems count="5">
         <x:s v="All connections"/>
         <x:s v="New dwelling completion"/>
         <x:s v="Unfinished"/>
         <x:s v="Reconnection"/>
         <x:s v="Non-Dwelling"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Number"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="92" maxValue="35236" count="70">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="48" maxValue="38087" count="75">
         <x:n v="10289"/>
         <x:n v="6994"/>
         <x:n v="1378"/>
         <x:n v="1090"/>
         <x:n v="827"/>
         <x:n v="8345"/>
         <x:n v="4911"/>
         <x:n v="1451"/>
         <x:n v="1260"/>
         <x:n v="723"/>
         <x:n v="8207"/>
         <x:n v="4575"/>
         <x:n v="1506"/>
         <x:n v="1473"/>
         <x:n v="653"/>
         <x:n v="10929"/>
         <x:n v="5518"/>
         <x:n v="2368"/>
         <x:n v="2290"/>
         <x:n v="753"/>
         <x:n v="12623"/>
         <x:n v="7219"/>
         <x:n v="1671"/>
         <x:n v="2888"/>
         <x:n v="845"/>
         <x:n v="14923"/>
         <x:n v="9728"/>
-        <x:n v="1902"/>
-        <x:n v="2465"/>
+        <x:n v="1900"/>
+        <x:n v="2467"/>
         <x:n v="828"/>
         <x:n v="19185"/>
-        <x:n v="14230"/>
-[...2 lines deleted...]
-        <x:n v="923"/>
+        <x:n v="14228"/>
+        <x:n v="1385"/>
+        <x:n v="2652"/>
+        <x:n v="920"/>
         <x:n v="22392"/>
-        <x:n v="17790"/>
-[...2 lines deleted...]
-        <x:n v="883"/>
+        <x:n v="17786"/>
+        <x:n v="908"/>
+        <x:n v="2819"/>
+        <x:n v="879"/>
         <x:n v="25389"/>
-        <x:n v="21033"/>
+        <x:n v="21034"/>
         <x:n v="759"/>
         <x:n v="2755"/>
-        <x:n v="842"/>
+        <x:n v="841"/>
         <x:n v="24667"/>
-        <x:n v="20490"/>
-[...2 lines deleted...]
-        <x:n v="943"/>
+        <x:n v="20491"/>
+        <x:n v="593"/>
+        <x:n v="2641"/>
+        <x:n v="942"/>
         <x:n v="24846"/>
-        <x:n v="20466"/>
+        <x:n v="20456"/>
         <x:n v="522"/>
-        <x:n v="2773"/>
-        <x:n v="1085"/>
+        <x:n v="2784"/>
+        <x:n v="1084"/>
         <x:n v="33756"/>
-        <x:n v="29623"/>
+        <x:n v="29622"/>
         <x:n v="531"/>
-        <x:n v="2658"/>
-        <x:n v="944"/>
+        <x:n v="2662"/>
+        <x:n v="941"/>
         <x:n v="35236"/>
-        <x:n v="32498"/>
-[...2 lines deleted...]
-        <x:n v="804"/>
+        <x:n v="32486"/>
+        <x:n v="209"/>
+        <x:n v="1738"/>
+        <x:n v="803"/>
         <x:n v="32252"/>
-        <x:n v="30168"/>
+        <x:n v="30147"/>
         <x:n v="92"/>
-        <x:n v="1412"/>
+        <x:n v="1433"/>
         <x:n v="579"/>
+        <x:n v="38087"/>
+        <x:n v="36284"/>
+        <x:n v="48"/>
+        <x:n v="1268"/>
+        <x:n v="487"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="-"/>
     <s v="All connections"/>
     <s v="Number"/>
     <n v="10289"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2011"/>
     <s v="2011"/>
     <s v="01"/>
     <s v="New dwelling completion"/>
@@ -3415,449 +3557,499 @@
     <s v="2016"/>
     <s v="2016"/>
     <s v="-"/>
     <s v="All connections"/>
     <s v="Number"/>
     <n v="14923"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="01"/>
     <s v="New dwelling completion"/>
     <s v="Number"/>
     <n v="9728"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="02"/>
     <s v="Unfinished"/>
     <s v="Number"/>
-    <n v="1902"/>
+    <n v="1900"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="03"/>
     <s v="Reconnection"/>
     <s v="Number"/>
-    <n v="2465"/>
+    <n v="2467"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="04"/>
     <s v="Non-Dwelling"/>
     <s v="Number"/>
     <n v="828"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="-"/>
     <s v="All connections"/>
     <s v="Number"/>
     <n v="19185"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="01"/>
     <s v="New dwelling completion"/>
     <s v="Number"/>
-    <n v="14230"/>
+    <n v="14228"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="02"/>
     <s v="Unfinished"/>
     <s v="Number"/>
-    <n v="1387"/>
+    <n v="1385"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="03"/>
     <s v="Reconnection"/>
     <s v="Number"/>
-    <n v="2645"/>
+    <n v="2652"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="04"/>
     <s v="Non-Dwelling"/>
     <s v="Number"/>
-    <n v="923"/>
+    <n v="920"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="-"/>
     <s v="All connections"/>
     <s v="Number"/>
     <n v="22392"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="01"/>
     <s v="New dwelling completion"/>
     <s v="Number"/>
-    <n v="17790"/>
+    <n v="17786"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="02"/>
     <s v="Unfinished"/>
     <s v="Number"/>
-    <n v="906"/>
+    <n v="908"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="03"/>
     <s v="Reconnection"/>
     <s v="Number"/>
-    <n v="2813"/>
+    <n v="2819"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="04"/>
     <s v="Non-Dwelling"/>
     <s v="Number"/>
-    <n v="883"/>
+    <n v="879"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="-"/>
     <s v="All connections"/>
     <s v="Number"/>
     <n v="25389"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="01"/>
     <s v="New dwelling completion"/>
     <s v="Number"/>
-    <n v="21033"/>
+    <n v="21034"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="02"/>
     <s v="Unfinished"/>
     <s v="Number"/>
     <n v="759"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="03"/>
     <s v="Reconnection"/>
     <s v="Number"/>
     <n v="2755"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="04"/>
     <s v="Non-Dwelling"/>
     <s v="Number"/>
-    <n v="842"/>
+    <n v="841"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="-"/>
     <s v="All connections"/>
     <s v="Number"/>
     <n v="24667"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="01"/>
     <s v="New dwelling completion"/>
     <s v="Number"/>
-    <n v="20490"/>
+    <n v="20491"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="02"/>
     <s v="Unfinished"/>
     <s v="Number"/>
-    <n v="595"/>
+    <n v="593"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="03"/>
     <s v="Reconnection"/>
     <s v="Number"/>
-    <n v="2639"/>
+    <n v="2641"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="04"/>
     <s v="Non-Dwelling"/>
     <s v="Number"/>
-    <n v="943"/>
+    <n v="942"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="-"/>
     <s v="All connections"/>
     <s v="Number"/>
     <n v="24846"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="01"/>
     <s v="New dwelling completion"/>
     <s v="Number"/>
-    <n v="20466"/>
+    <n v="20456"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="02"/>
     <s v="Unfinished"/>
     <s v="Number"/>
     <n v="522"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="03"/>
     <s v="Reconnection"/>
     <s v="Number"/>
-    <n v="2773"/>
+    <n v="2784"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="04"/>
     <s v="Non-Dwelling"/>
     <s v="Number"/>
-    <n v="1085"/>
+    <n v="1084"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="-"/>
     <s v="All connections"/>
     <s v="Number"/>
     <n v="33756"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="01"/>
     <s v="New dwelling completion"/>
     <s v="Number"/>
-    <n v="29623"/>
+    <n v="29622"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="02"/>
     <s v="Unfinished"/>
     <s v="Number"/>
     <n v="531"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="03"/>
     <s v="Reconnection"/>
     <s v="Number"/>
-    <n v="2658"/>
+    <n v="2662"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2022"/>
     <s v="2022"/>
     <s v="04"/>
     <s v="Non-Dwelling"/>
     <s v="Number"/>
-    <n v="944"/>
+    <n v="941"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="-"/>
     <s v="All connections"/>
     <s v="Number"/>
     <n v="35236"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="01"/>
     <s v="New dwelling completion"/>
     <s v="Number"/>
-    <n v="32498"/>
+    <n v="32486"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="02"/>
     <s v="Unfinished"/>
     <s v="Number"/>
-    <n v="207"/>
+    <n v="209"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="03"/>
     <s v="Reconnection"/>
     <s v="Number"/>
-    <n v="1727"/>
+    <n v="1738"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2023"/>
     <s v="2023"/>
     <s v="04"/>
     <s v="Non-Dwelling"/>
     <s v="Number"/>
-    <n v="804"/>
+    <n v="803"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="-"/>
     <s v="All connections"/>
     <s v="Number"/>
     <n v="32252"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="01"/>
     <s v="New dwelling completion"/>
     <s v="Number"/>
-    <n v="30168"/>
+    <n v="30147"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="02"/>
     <s v="Unfinished"/>
     <s v="Number"/>
     <n v="92"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="03"/>
     <s v="Reconnection"/>
     <s v="Number"/>
-    <n v="1412"/>
+    <n v="1433"/>
   </r>
   <r>
     <s v="NDA04"/>
     <s v="ESB Connections"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="04"/>
     <s v="Non-Dwelling"/>
     <s v="Number"/>
     <n v="579"/>
   </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="-"/>
+    <s v="All connections"/>
+    <s v="Number"/>
+    <n v="38087"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01"/>
+    <s v="New dwelling completion"/>
+    <s v="Number"/>
+    <n v="36284"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="02"/>
+    <s v="Unfinished"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="03"/>
+    <s v="Reconnection"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="NDA04"/>
+    <s v="ESB Connections"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="04"/>
+    <s v="Non-Dwelling"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
 </pivotCacheRecords>
 </file>