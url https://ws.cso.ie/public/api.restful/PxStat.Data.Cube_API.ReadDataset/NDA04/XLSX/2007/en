--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a64fa5b93b444af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0c4fc3d5ac744bdea12fed48ec04dafa.psmdcp" Id="Rba5f396b1b174c96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5178b02c82364646" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/607f767a88bb4e37b9f1f49dfc5d5a15.psmdcp" Id="R622af9425e274c68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>