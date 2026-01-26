--- v0 (2025-10-09)
+++ v1 (2026-01-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R400e50e344fd4b0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e5ea5c4addcc4f85a90d6bc98a2bdf1a.psmdcp" Id="R775351bb6f1740f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc3ea3d9a4584ed6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/99b4dff44b204dddbecc8246565535b9.psmdcp" Id="R17f5d69dbe5f4b7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NAH30</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>T30 Balance of International Payments: Current account</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/18/2020 11:00:00 AM</x:t>
+    <x:t>18/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>1. Merchandise and services: Credit, Debit each is Adjusted for balance of payments purposes</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NAH30/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NAHS</x:t>
   </x:si>
   <x:si>
     <x:t>National Accounts Historical Series 1970 to 1995</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -285,50 +285,53 @@
     <x:t>1988</x:t>
   </x:si>
   <x:si>
     <x:t>1989</x:t>
   </x:si>
   <x:si>
     <x:t>1990</x:t>
   </x:si>
   <x:si>
     <x:t>1991</x:t>
   </x:si>
   <x:si>
     <x:t>1992</x:t>
   </x:si>
   <x:si>
     <x:t>1993</x:t>
   </x:si>
   <x:si>
     <x:t>1994</x:t>
   </x:si>
   <x:si>
     <x:t>1995</x:t>
   </x:si>
   <x:si>
     <x:t>2004</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -466,395 +469,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...343 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H163" totalsRowShown="0">
   <x:autoFilter ref="A1:H163"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02196V02652"/>
     <x:tableColumn id="2" name="State"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1123,51 +897,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NAH30/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1356,51 +1130,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H163"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="32.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -5480,179 +5254,197 @@
         <x:v>1450</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H158" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H159" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H160" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H161" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H162" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H163" s="0" t="s">
+        <x:v>88</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -5669,51 +5461,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H163" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="1">
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="State">
       <x:sharedItems count="1">
         <x:s v="State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="27">
         <x:s v="1970"/>
         <x:s v="1971"/>
         <x:s v="1972"/>
         <x:s v="1973"/>
         <x:s v="1974"/>
         <x:s v="1975"/>
         <x:s v="1976"/>
         <x:s v="1977"/>
         <x:s v="1978"/>
         <x:s v="1979"/>
         <x:s v="1980"/>
@@ -5930,27 +5722,1648 @@
         <x:n v="-23948"/>
         <x:n v="-4662"/>
         <x:n v="1050"/>
         <x:n v="612"/>
         <x:n v="1589"/>
         <x:n v="32916"/>
         <x:n v="-28316"/>
         <x:n v="-4718"/>
         <x:n v="1029"/>
         <x:n v="438"/>
         <x:n v="1349"/>
         <x:n v="40259"/>
         <x:n v="-34270"/>
         <x:n v="-5948"/>
         <x:n v="970"/>
         <x:n v="439"/>
         <x:n v="1450"/>
         <x:s v=""/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH30C1"/>
+    <s v="1. Merchandise and services: Credit"/>
+    <s v="Euro Million"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH30C2"/>
+    <s v="1. Merchandise and services: Debit"/>
+    <s v="Euro Million"/>
+    <n v="-925"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH30C3"/>
+    <s v="2. Net income"/>
+    <s v="Euro Million"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH30C4"/>
+    <s v="3. Subsidies less taxes"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH30C5"/>
+    <s v="4. Net transfers"/>
+    <s v="Euro Million"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH30C6"/>
+    <s v="5. Net balance on current account"/>
+    <s v="Euro Million"/>
+    <n v="-86"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH30C1"/>
+    <s v="1. Merchandise and services: Credit"/>
+    <s v="Euro Million"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH30C2"/>
+    <s v="1. Merchandise and services: Debit"/>
+    <s v="Euro Million"/>
+    <n v="-1022"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH30C3"/>
+    <s v="2. Net income"/>
+    <s v="Euro Million"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH30C4"/>
+    <s v="3. Subsidies less taxes"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH30C5"/>
+    <s v="4. Net transfers"/>
+    <s v="Euro Million"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH30C6"/>
+    <s v="5. Net balance on current account"/>
+    <s v="Euro Million"/>
+    <n v="-94"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH30C1"/>
+    <s v="1. Merchandise and services: Credit"/>
+    <s v="Euro Million"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH30C2"/>
+    <s v="1. Merchandise and services: Debit"/>
+    <s v="Euro Million"/>
+    <n v="-1137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH30C3"/>
+    <s v="2. Net income"/>
+    <s v="Euro Million"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH30C4"/>
+    <s v="3. Subsidies less taxes"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH30C5"/>
+    <s v="4. Net transfers"/>
+    <s v="Euro Million"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH30C6"/>
+    <s v="5. Net balance on current account"/>
+    <s v="Euro Million"/>
+    <n v="-66"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH30C1"/>
+    <s v="1. Merchandise and services: Credit"/>
+    <s v="Euro Million"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH30C2"/>
+    <s v="1. Merchandise and services: Debit"/>
+    <s v="Euro Million"/>
+    <n v="-1541"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH30C3"/>
+    <s v="2. Net income"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH30C4"/>
+    <s v="3. Subsidies less taxes"/>
+    <s v="Euro Million"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH30C5"/>
+    <s v="4. Net transfers"/>
+    <s v="Euro Million"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH30C6"/>
+    <s v="5. Net balance on current account"/>
+    <s v="Euro Million"/>
+    <n v="-126"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH30C1"/>
+    <s v="1. Merchandise and services: Credit"/>
+    <s v="Euro Million"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH30C2"/>
+    <s v="1. Merchandise and services: Debit"/>
+    <s v="Euro Million"/>
+    <n v="-2174"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH30C3"/>
+    <s v="2. Net income"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH30C4"/>
+    <s v="3. Subsidies less taxes"/>
+    <s v="Euro Million"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH30C5"/>
+    <s v="4. Net transfers"/>
+    <s v="Euro Million"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH30C6"/>
+    <s v="5. Net balance on current account"/>
+    <s v="Euro Million"/>
+    <n v="-383"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH30C1"/>
+    <s v="1. Merchandise and services: Credit"/>
+    <s v="Euro Million"/>
+    <n v="2062"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH30C2"/>
+    <s v="1. Merchandise and services: Debit"/>
+    <s v="Euro Million"/>
+    <n v="-2359"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH30C3"/>
+    <s v="2. Net income"/>
+    <s v="Euro Million"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH30C4"/>
+    <s v="3. Subsidies less taxes"/>
+    <s v="Euro Million"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH30C5"/>
+    <s v="4. Net transfers"/>
+    <s v="Euro Million"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH30C6"/>
+    <s v="5. Net balance on current account"/>
+    <s v="Euro Million"/>
+    <n v="-87"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH30C1"/>
+    <s v="1. Merchandise and services: Credit"/>
+    <s v="Euro Million"/>
+    <n v="2742"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH30C2"/>
+    <s v="1. Merchandise and services: Debit"/>
+    <s v="Euro Million"/>
+    <n v="-3219"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH30C3"/>
+    <s v="2. Net income"/>
+    <s v="Euro Million"/>
+    <n v="-50"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH30C4"/>
+    <s v="3. Subsidies less taxes"/>
+    <s v="Euro Million"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH30C5"/>
+    <s v="4. Net transfers"/>
+    <s v="Euro Million"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH30C6"/>
+    <s v="5. Net balance on current account"/>
+    <s v="Euro Million"/>
+    <n v="-326"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH30C1"/>
+    <s v="1. Merchandise and services: Credit"/>
+    <s v="Euro Million"/>
+    <n v="3588"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH30C2"/>
+    <s v="1. Merchandise and services: Debit"/>
+    <s v="Euro Million"/>
+    <n v="-4260"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH30C3"/>
+    <s v="2. Net income"/>
+    <s v="Euro Million"/>
+    <n v="-137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH30C4"/>
+    <s v="3. Subsidies less taxes"/>
+    <s v="Euro Million"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH30C5"/>
+    <s v="4. Net transfers"/>
+    <s v="Euro Million"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH30C6"/>
+    <s v="5. Net balance on current account"/>
+    <s v="Euro Million"/>
+    <n v="-403"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH30C1"/>
+    <s v="1. Merchandise and services: Credit"/>
+    <s v="Euro Million"/>
+    <n v="4298"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH30C2"/>
+    <s v="1. Merchandise and services: Debit"/>
+    <s v="Euro Million"/>
+    <n v="-5167"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH30C3"/>
+    <s v="2. Net income"/>
+    <s v="Euro Million"/>
+    <n v="-291"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH30C4"/>
+    <s v="3. Subsidies less taxes"/>
+    <s v="Euro Million"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH30C5"/>
+    <s v="4. Net transfers"/>
+    <s v="Euro Million"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH30C6"/>
+    <s v="5. Net balance on current account"/>
+    <s v="Euro Million"/>
+    <n v="-604"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH30C1"/>
+    <s v="1. Merchandise and services: Credit"/>
+    <s v="Euro Million"/>
+    <n v="5015"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH30C2"/>
+    <s v="1. Merchandise and services: Debit"/>
+    <s v="Euro Million"/>
+    <n v="-6687"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH30C3"/>
+    <s v="2. Net income"/>
+    <s v="Euro Million"/>
+    <n v="-354"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH30C4"/>
+    <s v="3. Subsidies less taxes"/>
+    <s v="Euro Million"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH30C5"/>
+    <s v="4. Net transfers"/>
+    <s v="Euro Million"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH30C6"/>
+    <s v="5. Net balance on current account"/>
+    <s v="Euro Million"/>
+    <n v="-1363"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH30C1"/>
+    <s v="1. Merchandise and services: Credit"/>
+    <s v="Euro Million"/>
+    <n v="5907"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH30C2"/>
+    <s v="1. Merchandise and services: Debit"/>
+    <s v="Euro Million"/>
+    <n v="-7541"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH30C3"/>
+    <s v="2. Net income"/>
+    <s v="Euro Million"/>
+    <n v="-433"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH30C4"/>
+    <s v="3. Subsidies less taxes"/>
+    <s v="Euro Million"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH30C5"/>
+    <s v="4. Net transfers"/>
+    <s v="Euro Million"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH30C6"/>
+    <s v="5. Net balance on current account"/>
+    <s v="Euro Million"/>
+    <n v="-1408"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH30C1"/>
+    <s v="1. Merchandise and services: Credit"/>
+    <s v="Euro Million"/>
+    <n v="7008"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH30C2"/>
+    <s v="1. Merchandise and services: Debit"/>
+    <s v="Euro Million"/>
+    <n v="-9113"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH30C3"/>
+    <s v="2. Net income"/>
+    <s v="Euro Million"/>
+    <n v="-619"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH30C4"/>
+    <s v="3. Subsidies less taxes"/>
+    <s v="Euro Million"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH30C5"/>
+    <s v="4. Net transfers"/>
+    <s v="Euro Million"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH30C6"/>
+    <s v="5. Net balance on current account"/>
+    <s v="Euro Million"/>
+    <n v="-2160"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH30C1"/>
+    <s v="1. Merchandise and services: Credit"/>
+    <s v="Euro Million"/>
+    <n v="8192"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH30C2"/>
+    <s v="1. Merchandise and services: Debit"/>
+    <s v="Euro Million"/>
+    <n v="-9499"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH30C3"/>
+    <s v="2. Net income"/>
+    <s v="Euro Million"/>
+    <n v="-1174"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH30C4"/>
+    <s v="3. Subsidies less taxes"/>
+    <s v="Euro Million"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH30C5"/>
+    <s v="4. Net transfers"/>
+    <s v="Euro Million"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH30C6"/>
+    <s v="5. Net balance on current account"/>
+    <s v="Euro Million"/>
+    <n v="-1854"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH30C1"/>
+    <s v="1. Merchandise and services: Credit"/>
+    <s v="Euro Million"/>
+    <n v="9869"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH30C2"/>
+    <s v="1. Merchandise and services: Debit"/>
+    <s v="Euro Million"/>
+    <n v="-10501"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH30C3"/>
+    <s v="2. Net income"/>
+    <s v="Euro Million"/>
+    <n v="-1493"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH30C4"/>
+    <s v="3. Subsidies less taxes"/>
+    <s v="Euro Million"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH30C5"/>
+    <s v="4. Net transfers"/>
+    <s v="Euro Million"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH30C6"/>
+    <s v="5. Net balance on current account"/>
+    <s v="Euro Million"/>
+    <n v="-1388"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH30C1"/>
+    <s v="1. Merchandise and services: Credit"/>
+    <s v="Euro Million"/>
+    <n v="12436"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH30C2"/>
+    <s v="1. Merchandise and services: Debit"/>
+    <s v="Euro Million"/>
+    <n v="-12633"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH30C3"/>
+    <s v="2. Net income"/>
+    <s v="Euro Million"/>
+    <n v="-2107"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH30C4"/>
+    <s v="3. Subsidies less taxes"/>
+    <s v="Euro Million"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH30C5"/>
+    <s v="4. Net transfers"/>
+    <s v="Euro Million"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH30C6"/>
+    <s v="5. Net balance on current account"/>
+    <s v="Euro Million"/>
+    <n v="-1375"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH30C1"/>
+    <s v="1. Merchandise and services: Credit"/>
+    <s v="Euro Million"/>
+    <n v="13668"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH30C2"/>
+    <s v="1. Merchandise and services: Debit"/>
+    <s v="Euro Million"/>
+    <n v="-13378"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH30C3"/>
+    <s v="2. Net income"/>
+    <s v="Euro Million"/>
+    <n v="-2577"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH30C4"/>
+    <s v="3. Subsidies less taxes"/>
+    <s v="Euro Million"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH30C5"/>
+    <s v="4. Net transfers"/>
+    <s v="Euro Million"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH30C6"/>
+    <s v="5. Net balance on current account"/>
+    <s v="Euro Million"/>
+    <n v="-1115"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH30C1"/>
+    <s v="1. Merchandise and services: Credit"/>
+    <s v="Euro Million"/>
+    <n v="13177"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH30C2"/>
+    <s v="1. Merchandise and services: Debit"/>
+    <s v="Euro Million"/>
+    <n v="-12734"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH30C3"/>
+    <s v="2. Net income"/>
+    <s v="Euro Million"/>
+    <n v="-2509"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH30C4"/>
+    <s v="3. Subsidies less taxes"/>
+    <s v="Euro Million"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH30C5"/>
+    <s v="4. Net transfers"/>
+    <s v="Euro Million"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH30C6"/>
+    <s v="5. Net balance on current account"/>
+    <s v="Euro Million"/>
+    <n v="-890"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH30C1"/>
+    <s v="1. Merchandise and services: Credit"/>
+    <s v="Euro Million"/>
+    <n v="15053"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH30C2"/>
+    <s v="1. Merchandise and services: Debit"/>
+    <s v="Euro Million"/>
+    <n v="-13707"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH30C3"/>
+    <s v="2. Net income"/>
+    <s v="Euro Million"/>
+    <n v="-2583"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH30C4"/>
+    <s v="3. Subsidies less taxes"/>
+    <s v="Euro Million"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH30C5"/>
+    <s v="4. Net transfers"/>
+    <s v="Euro Million"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH30C6"/>
+    <s v="5. Net balance on current account"/>
+    <s v="Euro Million"/>
+    <n v="-105"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH30C1"/>
+    <s v="1. Merchandise and services: Credit"/>
+    <s v="Euro Million"/>
+    <n v="17349"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH30C2"/>
+    <s v="1. Merchandise and services: Debit"/>
+    <s v="Euro Million"/>
+    <n v="-15442"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH30C3"/>
+    <s v="2. Net income"/>
+    <s v="Euro Million"/>
+    <n v="-3199"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH30C4"/>
+    <s v="3. Subsidies less taxes"/>
+    <s v="Euro Million"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH30C5"/>
+    <s v="4. Net transfers"/>
+    <s v="Euro Million"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH30C6"/>
+    <s v="5. Net balance on current account"/>
+    <s v="Euro Million"/>
+    <n v="-87"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH30C1"/>
+    <s v="1. Merchandise and services: Credit"/>
+    <s v="Euro Million"/>
+    <n v="20562"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH30C2"/>
+    <s v="1. Merchandise and services: Debit"/>
+    <s v="Euro Million"/>
+    <n v="-18661"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH30C3"/>
+    <s v="2. Net income"/>
+    <s v="Euro Million"/>
+    <n v="-3843"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH30C4"/>
+    <s v="3. Subsidies less taxes"/>
+    <s v="Euro Million"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH30C5"/>
+    <s v="4. Net transfers"/>
+    <s v="Euro Million"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH30C6"/>
+    <s v="5. Net balance on current account"/>
+    <s v="Euro Million"/>
+    <n v="-626"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH30C1"/>
+    <s v="1. Merchandise and services: Credit"/>
+    <s v="Euro Million"/>
+    <n v="20689"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH30C2"/>
+    <s v="1. Merchandise and services: Debit"/>
+    <s v="Euro Million"/>
+    <n v="-19011"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH30C3"/>
+    <s v="2. Net income"/>
+    <s v="Euro Million"/>
+    <n v="-4137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH30C4"/>
+    <s v="3. Subsidies less taxes"/>
+    <s v="Euro Million"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH30C5"/>
+    <s v="4. Net transfers"/>
+    <s v="Euro Million"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH30C6"/>
+    <s v="5. Net balance on current account"/>
+    <s v="Euro Million"/>
+    <n v="-665"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH30C1"/>
+    <s v="1. Merchandise and services: Credit"/>
+    <s v="Euro Million"/>
+    <n v="21812"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH30C2"/>
+    <s v="1. Merchandise and services: Debit"/>
+    <s v="Euro Million"/>
+    <n v="-19936"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH30C3"/>
+    <s v="2. Net income"/>
+    <s v="Euro Million"/>
+    <n v="-4082"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH30C4"/>
+    <s v="3. Subsidies less taxes"/>
+    <s v="Euro Million"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH30C5"/>
+    <s v="4. Net transfers"/>
+    <s v="Euro Million"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH30C6"/>
+    <s v="5. Net balance on current account"/>
+    <s v="Euro Million"/>
+    <n v="-164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH30C1"/>
+    <s v="1. Merchandise and services: Credit"/>
+    <s v="Euro Million"/>
+    <n v="24353"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH30C2"/>
+    <s v="1. Merchandise and services: Debit"/>
+    <s v="Euro Million"/>
+    <n v="-21299"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH30C3"/>
+    <s v="2. Net income"/>
+    <s v="Euro Million"/>
+    <n v="-4491"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH30C4"/>
+    <s v="3. Subsidies less taxes"/>
+    <s v="Euro Million"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH30C5"/>
+    <s v="4. Net transfers"/>
+    <s v="Euro Million"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH30C6"/>
+    <s v="5. Net balance on current account"/>
+    <s v="Euro Million"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH30C1"/>
+    <s v="1. Merchandise and services: Credit"/>
+    <s v="Euro Million"/>
+    <n v="28537"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH30C2"/>
+    <s v="1. Merchandise and services: Debit"/>
+    <s v="Euro Million"/>
+    <n v="-23948"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH30C3"/>
+    <s v="2. Net income"/>
+    <s v="Euro Million"/>
+    <n v="-4662"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH30C4"/>
+    <s v="3. Subsidies less taxes"/>
+    <s v="Euro Million"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH30C5"/>
+    <s v="4. Net transfers"/>
+    <s v="Euro Million"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH30C6"/>
+    <s v="5. Net balance on current account"/>
+    <s v="Euro Million"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH30C1"/>
+    <s v="1. Merchandise and services: Credit"/>
+    <s v="Euro Million"/>
+    <n v="32916"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH30C2"/>
+    <s v="1. Merchandise and services: Debit"/>
+    <s v="Euro Million"/>
+    <n v="-28316"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH30C3"/>
+    <s v="2. Net income"/>
+    <s v="Euro Million"/>
+    <n v="-4718"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH30C4"/>
+    <s v="3. Subsidies less taxes"/>
+    <s v="Euro Million"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH30C5"/>
+    <s v="4. Net transfers"/>
+    <s v="Euro Million"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH30C6"/>
+    <s v="5. Net balance on current account"/>
+    <s v="Euro Million"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH30C1"/>
+    <s v="1. Merchandise and services: Credit"/>
+    <s v="Euro Million"/>
+    <n v="40259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH30C2"/>
+    <s v="1. Merchandise and services: Debit"/>
+    <s v="Euro Million"/>
+    <n v="-34270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH30C3"/>
+    <s v="2. Net income"/>
+    <s v="Euro Million"/>
+    <n v="-5948"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH30C4"/>
+    <s v="3. Subsidies less taxes"/>
+    <s v="Euro Million"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH30C5"/>
+    <s v="4. Net transfers"/>
+    <s v="Euro Million"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH30C6"/>
+    <s v="5. Net balance on current account"/>
+    <s v="Euro Million"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="NAH30C1"/>
+    <s v="1. Merchandise and services: Credit"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="NAH30C2"/>
+    <s v="1. Merchandise and services: Debit"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="NAH30C3"/>
+    <s v="2. Net income"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="NAH30C4"/>
+    <s v="3. Subsidies less taxes"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="NAH30C5"/>
+    <s v="4. Net transfers"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="NAH30C6"/>
+    <s v="5. Net balance on current account"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>