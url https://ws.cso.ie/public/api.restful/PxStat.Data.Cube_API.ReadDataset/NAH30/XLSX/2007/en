--- v1 (2026-01-26)
+++ v2 (2026-03-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc3ea3d9a4584ed6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/99b4dff44b204dddbecc8246565535b9.psmdcp" Id="R17f5d69dbe5f4b7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9967bb1a60a0495d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5e459b2e9cfe45c387f07102dc7dee91.psmdcp" Id="Ra6e012cfe35243e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>