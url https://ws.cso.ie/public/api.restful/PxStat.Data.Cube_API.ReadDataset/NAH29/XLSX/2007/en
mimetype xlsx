--- v0 (2025-10-08)
+++ v1 (2025-12-24)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R940b2eff28294771" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a03e874e516646e5a3e01368d4376962.psmdcp" Id="R4dfe13ac2d814df5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35cc3e88fc4d4878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7afdc0bd7efe40c3a7c783cff265634c.psmdcp" Id="Ref682ee9277a4891" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NAH29</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>T29 Social Protection Accounts</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/18/2020 11:00:00 AM</x:t>
+    <x:t>18/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Data available only from 1980  Background Information on the Historical 1970-1995 series (https://www.cso.ie/en/methods/nationalaccounts/nationalaccountshistoricalseries1970to1995/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NAH29/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NAHS</x:t>
   </x:si>
   <x:si>
     <x:t>National Accounts Historical Series 1970 to 1995</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -523,427 +523,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...375 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="21">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+      </items>
+    </pivotField>
+    <pivotField name="Item" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="21">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H337" totalsRowShown="0">
   <x:autoFilter ref="A1:H337"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02196V02652"/>
     <x:tableColumn id="2" name="State"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Item"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1212,51 +959,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NAH29/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1445,51 +1192,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H337"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="66.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -10239,51 +9986,51 @@
       <x:c r="E337" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H337" s="0">
         <x:v>9431</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10300,51 +10047,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H337" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="1">
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="State">
       <x:sharedItems count="1">
         <x:s v="State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="16">
         <x:s v="1980"/>
         <x:s v="1981"/>
         <x:s v="1982"/>
         <x:s v="1983"/>
         <x:s v="1984"/>
         <x:s v="1985"/>
         <x:s v="1986"/>
         <x:s v="1987"/>
         <x:s v="1988"/>
         <x:s v="1989"/>
         <x:s v="1990"/>
@@ -10702,27 +10449,3388 @@
         <x:n v="195"/>
         <x:n v="9431"/>
         <x:n v="415"/>
         <x:n v="9857"/>
         <x:n v="2278"/>
         <x:n v="1429"/>
         <x:n v="6402"/>
         <x:n v="10195"/>
         <x:n v="2987"/>
         <x:n v="721"/>
         <x:n v="46"/>
         <x:n v="1942"/>
         <x:n v="585"/>
         <x:n v="200"/>
         <x:n v="1077"/>
         <x:n v="1221"/>
         <x:n v="315"/>
         <x:n v="212"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH29C01"/>
+    <s v="Current expenditure - Social protection benefits"/>
+    <s v="Euro Million"/>
+    <n v="2362"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH29C02"/>
+    <s v="Current expenditure - Administration costs"/>
+    <s v="Euro Million"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH29C03"/>
+    <s v="Other current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH29C04"/>
+    <s v="Total current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="2472"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH29C05"/>
+    <s v="Current receipts - Employers' social contributions"/>
+    <s v="Euro Million"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH29C06"/>
+    <s v="Current receipts - Social contributions by protected persons"/>
+    <s v="Euro Million"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH29C07"/>
+    <s v="Current receipts - Current general government contributions"/>
+    <s v="Euro Million"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH29C08"/>
+    <s v="Other current receipts"/>
+    <s v="Euro Million"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH29C09"/>
+    <s v="Total current receipts"/>
+    <s v="Euro Million"/>
+    <n v="2500"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH29C10"/>
+    <s v="Social protection benefits - Sickness"/>
+    <s v="Euro Million"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH29C11"/>
+    <s v="Social protection benefits - Invalidity-disability"/>
+    <s v="Euro Million"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH29C12"/>
+    <s v="Social protection benefits - Occupational accidents and diseases"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH29C13"/>
+    <s v="Social protection benefits - Old-age"/>
+    <s v="Euro Million"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH29C14"/>
+    <s v="Social protection benefits - Survivors"/>
+    <s v="Euro Million"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH29C15"/>
+    <s v="Social protection benefits - Maternity"/>
+    <s v="Euro Million"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH29C16"/>
+    <s v="Social protection benefits - Family"/>
+    <s v="Euro Million"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH29C17"/>
+    <s v="Social protection benefits - Placement, vocational guidance, resettlement"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH29C18"/>
+    <s v="Social protection benefits - Unemployment"/>
+    <s v="Euro Million"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH29C19"/>
+    <s v="Social protection benefits - Housing"/>
+    <s v="Euro Million"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH29C20"/>
+    <s v="Social protection benefits - Miscellaneous"/>
+    <s v="Euro Million"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH29C21"/>
+    <s v="Total benefits"/>
+    <s v="Euro Million"/>
+    <n v="2362"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH29C01"/>
+    <s v="Current expenditure - Social protection benefits"/>
+    <s v="Euro Million"/>
+    <n v="2962"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH29C02"/>
+    <s v="Current expenditure - Administration costs"/>
+    <s v="Euro Million"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH29C03"/>
+    <s v="Other current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH29C04"/>
+    <s v="Total current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="3102"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH29C05"/>
+    <s v="Current receipts - Employers' social contributions"/>
+    <s v="Euro Million"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH29C06"/>
+    <s v="Current receipts - Social contributions by protected persons"/>
+    <s v="Euro Million"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH29C07"/>
+    <s v="Current receipts - Current general government contributions"/>
+    <s v="Euro Million"/>
+    <n v="1985"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH29C08"/>
+    <s v="Other current receipts"/>
+    <s v="Euro Million"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH29C09"/>
+    <s v="Total current receipts"/>
+    <s v="Euro Million"/>
+    <n v="3118"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH29C10"/>
+    <s v="Social protection benefits - Sickness"/>
+    <s v="Euro Million"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH29C11"/>
+    <s v="Social protection benefits - Invalidity-disability"/>
+    <s v="Euro Million"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH29C12"/>
+    <s v="Social protection benefits - Occupational accidents and diseases"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH29C13"/>
+    <s v="Social protection benefits - Old-age"/>
+    <s v="Euro Million"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH29C14"/>
+    <s v="Social protection benefits - Survivors"/>
+    <s v="Euro Million"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH29C15"/>
+    <s v="Social protection benefits - Maternity"/>
+    <s v="Euro Million"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH29C16"/>
+    <s v="Social protection benefits - Family"/>
+    <s v="Euro Million"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH29C17"/>
+    <s v="Social protection benefits - Placement, vocational guidance, resettlement"/>
+    <s v="Euro Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH29C18"/>
+    <s v="Social protection benefits - Unemployment"/>
+    <s v="Euro Million"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH29C19"/>
+    <s v="Social protection benefits - Housing"/>
+    <s v="Euro Million"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH29C20"/>
+    <s v="Social protection benefits - Miscellaneous"/>
+    <s v="Euro Million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH29C21"/>
+    <s v="Total benefits"/>
+    <s v="Euro Million"/>
+    <n v="2962"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH29C01"/>
+    <s v="Current expenditure - Social protection benefits"/>
+    <s v="Euro Million"/>
+    <n v="3768"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH29C02"/>
+    <s v="Current expenditure - Administration costs"/>
+    <s v="Euro Million"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH29C03"/>
+    <s v="Other current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH29C04"/>
+    <s v="Total current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="3938"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH29C05"/>
+    <s v="Current receipts - Employers' social contributions"/>
+    <s v="Euro Million"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH29C06"/>
+    <s v="Current receipts - Social contributions by protected persons"/>
+    <s v="Euro Million"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH29C07"/>
+    <s v="Current receipts - Current general government contributions"/>
+    <s v="Euro Million"/>
+    <n v="2490"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH29C08"/>
+    <s v="Other current receipts"/>
+    <s v="Euro Million"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH29C09"/>
+    <s v="Total current receipts"/>
+    <s v="Euro Million"/>
+    <n v="3928"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH29C10"/>
+    <s v="Social protection benefits - Sickness"/>
+    <s v="Euro Million"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH29C11"/>
+    <s v="Social protection benefits - Invalidity-disability"/>
+    <s v="Euro Million"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH29C12"/>
+    <s v="Social protection benefits - Occupational accidents and diseases"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH29C13"/>
+    <s v="Social protection benefits - Old-age"/>
+    <s v="Euro Million"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH29C14"/>
+    <s v="Social protection benefits - Survivors"/>
+    <s v="Euro Million"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH29C15"/>
+    <s v="Social protection benefits - Maternity"/>
+    <s v="Euro Million"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH29C16"/>
+    <s v="Social protection benefits - Family"/>
+    <s v="Euro Million"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH29C17"/>
+    <s v="Social protection benefits - Placement, vocational guidance, resettlement"/>
+    <s v="Euro Million"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH29C18"/>
+    <s v="Social protection benefits - Unemployment"/>
+    <s v="Euro Million"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH29C19"/>
+    <s v="Social protection benefits - Housing"/>
+    <s v="Euro Million"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH29C20"/>
+    <s v="Social protection benefits - Miscellaneous"/>
+    <s v="Euro Million"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH29C21"/>
+    <s v="Total benefits"/>
+    <s v="Euro Million"/>
+    <n v="3768"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH29C01"/>
+    <s v="Current expenditure - Social protection benefits"/>
+    <s v="Euro Million"/>
+    <n v="4323"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH29C02"/>
+    <s v="Current expenditure - Administration costs"/>
+    <s v="Euro Million"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH29C03"/>
+    <s v="Other current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH29C04"/>
+    <s v="Total current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="4528"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH29C05"/>
+    <s v="Current receipts - Employers' social contributions"/>
+    <s v="Euro Million"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH29C06"/>
+    <s v="Current receipts - Social contributions by protected persons"/>
+    <s v="Euro Million"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH29C07"/>
+    <s v="Current receipts - Current general government contributions"/>
+    <s v="Euro Million"/>
+    <n v="2860"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH29C08"/>
+    <s v="Other current receipts"/>
+    <s v="Euro Million"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH29C09"/>
+    <s v="Total current receipts"/>
+    <s v="Euro Million"/>
+    <n v="4504"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH29C10"/>
+    <s v="Social protection benefits - Sickness"/>
+    <s v="Euro Million"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH29C11"/>
+    <s v="Social protection benefits - Invalidity-disability"/>
+    <s v="Euro Million"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH29C12"/>
+    <s v="Social protection benefits - Occupational accidents and diseases"/>
+    <s v="Euro Million"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH29C13"/>
+    <s v="Social protection benefits - Old-age"/>
+    <s v="Euro Million"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH29C14"/>
+    <s v="Social protection benefits - Survivors"/>
+    <s v="Euro Million"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH29C15"/>
+    <s v="Social protection benefits - Maternity"/>
+    <s v="Euro Million"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH29C16"/>
+    <s v="Social protection benefits - Family"/>
+    <s v="Euro Million"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH29C17"/>
+    <s v="Social protection benefits - Placement, vocational guidance, resettlement"/>
+    <s v="Euro Million"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH29C18"/>
+    <s v="Social protection benefits - Unemployment"/>
+    <s v="Euro Million"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH29C19"/>
+    <s v="Social protection benefits - Housing"/>
+    <s v="Euro Million"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH29C20"/>
+    <s v="Social protection benefits - Miscellaneous"/>
+    <s v="Euro Million"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH29C21"/>
+    <s v="Total benefits"/>
+    <s v="Euro Million"/>
+    <n v="4323"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH29C01"/>
+    <s v="Current expenditure - Social protection benefits"/>
+    <s v="Euro Million"/>
+    <n v="4715"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH29C02"/>
+    <s v="Current expenditure - Administration costs"/>
+    <s v="Euro Million"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH29C03"/>
+    <s v="Other current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH29C04"/>
+    <s v="Total current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="4929"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH29C05"/>
+    <s v="Current receipts - Employers' social contributions"/>
+    <s v="Euro Million"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH29C06"/>
+    <s v="Current receipts - Social contributions by protected persons"/>
+    <s v="Euro Million"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH29C07"/>
+    <s v="Current receipts - Current general government contributions"/>
+    <s v="Euro Million"/>
+    <n v="3119"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH29C08"/>
+    <s v="Other current receipts"/>
+    <s v="Euro Million"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH29C09"/>
+    <s v="Total current receipts"/>
+    <s v="Euro Million"/>
+    <n v="4915"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH29C10"/>
+    <s v="Social protection benefits - Sickness"/>
+    <s v="Euro Million"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH29C11"/>
+    <s v="Social protection benefits - Invalidity-disability"/>
+    <s v="Euro Million"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH29C12"/>
+    <s v="Social protection benefits - Occupational accidents and diseases"/>
+    <s v="Euro Million"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH29C13"/>
+    <s v="Social protection benefits - Old-age"/>
+    <s v="Euro Million"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH29C14"/>
+    <s v="Social protection benefits - Survivors"/>
+    <s v="Euro Million"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH29C15"/>
+    <s v="Social protection benefits - Maternity"/>
+    <s v="Euro Million"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH29C16"/>
+    <s v="Social protection benefits - Family"/>
+    <s v="Euro Million"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH29C17"/>
+    <s v="Social protection benefits - Placement, vocational guidance, resettlement"/>
+    <s v="Euro Million"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH29C18"/>
+    <s v="Social protection benefits - Unemployment"/>
+    <s v="Euro Million"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH29C19"/>
+    <s v="Social protection benefits - Housing"/>
+    <s v="Euro Million"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH29C20"/>
+    <s v="Social protection benefits - Miscellaneous"/>
+    <s v="Euro Million"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH29C21"/>
+    <s v="Total benefits"/>
+    <s v="Euro Million"/>
+    <n v="4715"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH29C01"/>
+    <s v="Current expenditure - Social protection benefits"/>
+    <s v="Euro Million"/>
+    <n v="5154"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH29C02"/>
+    <s v="Current expenditure - Administration costs"/>
+    <s v="Euro Million"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH29C03"/>
+    <s v="Other current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH29C04"/>
+    <s v="Total current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="5387"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH29C05"/>
+    <s v="Current receipts - Employers' social contributions"/>
+    <s v="Euro Million"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH29C06"/>
+    <s v="Current receipts - Social contributions by protected persons"/>
+    <s v="Euro Million"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH29C07"/>
+    <s v="Current receipts - Current general government contributions"/>
+    <s v="Euro Million"/>
+    <n v="3473"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH29C08"/>
+    <s v="Other current receipts"/>
+    <s v="Euro Million"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH29C09"/>
+    <s v="Total current receipts"/>
+    <s v="Euro Million"/>
+    <n v="5384"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH29C10"/>
+    <s v="Social protection benefits - Sickness"/>
+    <s v="Euro Million"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH29C11"/>
+    <s v="Social protection benefits - Invalidity-disability"/>
+    <s v="Euro Million"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH29C12"/>
+    <s v="Social protection benefits - Occupational accidents and diseases"/>
+    <s v="Euro Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH29C13"/>
+    <s v="Social protection benefits - Old-age"/>
+    <s v="Euro Million"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH29C14"/>
+    <s v="Social protection benefits - Survivors"/>
+    <s v="Euro Million"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH29C15"/>
+    <s v="Social protection benefits - Maternity"/>
+    <s v="Euro Million"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH29C16"/>
+    <s v="Social protection benefits - Family"/>
+    <s v="Euro Million"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH29C17"/>
+    <s v="Social protection benefits - Placement, vocational guidance, resettlement"/>
+    <s v="Euro Million"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH29C18"/>
+    <s v="Social protection benefits - Unemployment"/>
+    <s v="Euro Million"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH29C19"/>
+    <s v="Social protection benefits - Housing"/>
+    <s v="Euro Million"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH29C20"/>
+    <s v="Social protection benefits - Miscellaneous"/>
+    <s v="Euro Million"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH29C21"/>
+    <s v="Total benefits"/>
+    <s v="Euro Million"/>
+    <n v="5154"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH29C01"/>
+    <s v="Current expenditure - Social protection benefits"/>
+    <s v="Euro Million"/>
+    <n v="5524"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH29C02"/>
+    <s v="Current expenditure - Administration costs"/>
+    <s v="Euro Million"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH29C03"/>
+    <s v="Other current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH29C04"/>
+    <s v="Total current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="5772"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH29C05"/>
+    <s v="Current receipts - Employers' social contributions"/>
+    <s v="Euro Million"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH29C06"/>
+    <s v="Current receipts - Social contributions by protected persons"/>
+    <s v="Euro Million"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH29C07"/>
+    <s v="Current receipts - Current general government contributions"/>
+    <s v="Euro Million"/>
+    <n v="3753"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH29C08"/>
+    <s v="Other current receipts"/>
+    <s v="Euro Million"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH29C09"/>
+    <s v="Total current receipts"/>
+    <s v="Euro Million"/>
+    <n v="5781"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH29C10"/>
+    <s v="Social protection benefits - Sickness"/>
+    <s v="Euro Million"/>
+    <n v="1557"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH29C11"/>
+    <s v="Social protection benefits - Invalidity-disability"/>
+    <s v="Euro Million"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH29C12"/>
+    <s v="Social protection benefits - Occupational accidents and diseases"/>
+    <s v="Euro Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH29C13"/>
+    <s v="Social protection benefits - Old-age"/>
+    <s v="Euro Million"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH29C14"/>
+    <s v="Social protection benefits - Survivors"/>
+    <s v="Euro Million"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH29C15"/>
+    <s v="Social protection benefits - Maternity"/>
+    <s v="Euro Million"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH29C16"/>
+    <s v="Social protection benefits - Family"/>
+    <s v="Euro Million"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH29C17"/>
+    <s v="Social protection benefits - Placement, vocational guidance, resettlement"/>
+    <s v="Euro Million"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH29C18"/>
+    <s v="Social protection benefits - Unemployment"/>
+    <s v="Euro Million"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH29C19"/>
+    <s v="Social protection benefits - Housing"/>
+    <s v="Euro Million"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH29C20"/>
+    <s v="Social protection benefits - Miscellaneous"/>
+    <s v="Euro Million"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH29C21"/>
+    <s v="Total benefits"/>
+    <s v="Euro Million"/>
+    <n v="5524"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH29C01"/>
+    <s v="Current expenditure - Social protection benefits"/>
+    <s v="Euro Million"/>
+    <n v="5726"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH29C02"/>
+    <s v="Current expenditure - Administration costs"/>
+    <s v="Euro Million"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH29C03"/>
+    <s v="Other current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH29C04"/>
+    <s v="Total current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="5997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH29C05"/>
+    <s v="Current receipts - Employers' social contributions"/>
+    <s v="Euro Million"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH29C06"/>
+    <s v="Current receipts - Social contributions by protected persons"/>
+    <s v="Euro Million"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH29C07"/>
+    <s v="Current receipts - Current general government contributions"/>
+    <s v="Euro Million"/>
+    <n v="3825"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH29C08"/>
+    <s v="Other current receipts"/>
+    <s v="Euro Million"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH29C09"/>
+    <s v="Total current receipts"/>
+    <s v="Euro Million"/>
+    <n v="5986"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH29C10"/>
+    <s v="Social protection benefits - Sickness"/>
+    <s v="Euro Million"/>
+    <n v="1593"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH29C11"/>
+    <s v="Social protection benefits - Invalidity-disability"/>
+    <s v="Euro Million"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH29C12"/>
+    <s v="Social protection benefits - Occupational accidents and diseases"/>
+    <s v="Euro Million"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH29C13"/>
+    <s v="Social protection benefits - Old-age"/>
+    <s v="Euro Million"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH29C14"/>
+    <s v="Social protection benefits - Survivors"/>
+    <s v="Euro Million"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH29C15"/>
+    <s v="Social protection benefits - Maternity"/>
+    <s v="Euro Million"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH29C16"/>
+    <s v="Social protection benefits - Family"/>
+    <s v="Euro Million"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH29C17"/>
+    <s v="Social protection benefits - Placement, vocational guidance, resettlement"/>
+    <s v="Euro Million"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH29C18"/>
+    <s v="Social protection benefits - Unemployment"/>
+    <s v="Euro Million"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH29C19"/>
+    <s v="Social protection benefits - Housing"/>
+    <s v="Euro Million"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH29C20"/>
+    <s v="Social protection benefits - Miscellaneous"/>
+    <s v="Euro Million"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH29C21"/>
+    <s v="Total benefits"/>
+    <s v="Euro Million"/>
+    <n v="5726"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH29C01"/>
+    <s v="Current expenditure - Social protection benefits"/>
+    <s v="Euro Million"/>
+    <n v="5833"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH29C02"/>
+    <s v="Current expenditure - Administration costs"/>
+    <s v="Euro Million"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH29C03"/>
+    <s v="Other current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH29C04"/>
+    <s v="Total current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="6114"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH29C05"/>
+    <s v="Current receipts - Employers' social contributions"/>
+    <s v="Euro Million"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH29C06"/>
+    <s v="Current receipts - Social contributions by protected persons"/>
+    <s v="Euro Million"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH29C07"/>
+    <s v="Current receipts - Current general government contributions"/>
+    <s v="Euro Million"/>
+    <n v="3738"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH29C08"/>
+    <s v="Other current receipts"/>
+    <s v="Euro Million"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH29C09"/>
+    <s v="Total current receipts"/>
+    <s v="Euro Million"/>
+    <n v="6109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH29C10"/>
+    <s v="Social protection benefits - Sickness"/>
+    <s v="Euro Million"/>
+    <n v="1634"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH29C11"/>
+    <s v="Social protection benefits - Invalidity-disability"/>
+    <s v="Euro Million"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH29C12"/>
+    <s v="Social protection benefits - Occupational accidents and diseases"/>
+    <s v="Euro Million"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH29C13"/>
+    <s v="Social protection benefits - Old-age"/>
+    <s v="Euro Million"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH29C14"/>
+    <s v="Social protection benefits - Survivors"/>
+    <s v="Euro Million"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH29C15"/>
+    <s v="Social protection benefits - Maternity"/>
+    <s v="Euro Million"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH29C16"/>
+    <s v="Social protection benefits - Family"/>
+    <s v="Euro Million"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH29C17"/>
+    <s v="Social protection benefits - Placement, vocational guidance, resettlement"/>
+    <s v="Euro Million"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH29C18"/>
+    <s v="Social protection benefits - Unemployment"/>
+    <s v="Euro Million"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH29C19"/>
+    <s v="Social protection benefits - Housing"/>
+    <s v="Euro Million"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH29C20"/>
+    <s v="Social protection benefits - Miscellaneous"/>
+    <s v="Euro Million"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH29C21"/>
+    <s v="Total benefits"/>
+    <s v="Euro Million"/>
+    <n v="5833"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH29C01"/>
+    <s v="Current expenditure - Social protection benefits"/>
+    <s v="Euro Million"/>
+    <n v="5967"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH29C02"/>
+    <s v="Current expenditure - Administration costs"/>
+    <s v="Euro Million"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH29C03"/>
+    <s v="Other current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH29C04"/>
+    <s v="Total current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="6253"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH29C05"/>
+    <s v="Current receipts - Employers' social contributions"/>
+    <s v="Euro Million"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH29C06"/>
+    <s v="Current receipts - Social contributions by protected persons"/>
+    <s v="Euro Million"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH29C07"/>
+    <s v="Current receipts - Current general government contributions"/>
+    <s v="Euro Million"/>
+    <n v="3759"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH29C08"/>
+    <s v="Other current receipts"/>
+    <s v="Euro Million"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH29C09"/>
+    <s v="Total current receipts"/>
+    <s v="Euro Million"/>
+    <n v="6281"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH29C10"/>
+    <s v="Social protection benefits - Sickness"/>
+    <s v="Euro Million"/>
+    <n v="1696"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH29C11"/>
+    <s v="Social protection benefits - Invalidity-disability"/>
+    <s v="Euro Million"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH29C12"/>
+    <s v="Social protection benefits - Occupational accidents and diseases"/>
+    <s v="Euro Million"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH29C13"/>
+    <s v="Social protection benefits - Old-age"/>
+    <s v="Euro Million"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH29C14"/>
+    <s v="Social protection benefits - Survivors"/>
+    <s v="Euro Million"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH29C15"/>
+    <s v="Social protection benefits - Maternity"/>
+    <s v="Euro Million"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH29C16"/>
+    <s v="Social protection benefits - Family"/>
+    <s v="Euro Million"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH29C17"/>
+    <s v="Social protection benefits - Placement, vocational guidance, resettlement"/>
+    <s v="Euro Million"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH29C18"/>
+    <s v="Social protection benefits - Unemployment"/>
+    <s v="Euro Million"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH29C19"/>
+    <s v="Social protection benefits - Housing"/>
+    <s v="Euro Million"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH29C20"/>
+    <s v="Social protection benefits - Miscellaneous"/>
+    <s v="Euro Million"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH29C21"/>
+    <s v="Total benefits"/>
+    <s v="Euro Million"/>
+    <n v="5967"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH29C01"/>
+    <s v="Current expenditure - Social protection benefits"/>
+    <s v="Euro Million"/>
+    <n v="6386"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH29C02"/>
+    <s v="Current expenditure - Administration costs"/>
+    <s v="Euro Million"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH29C03"/>
+    <s v="Other current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH29C04"/>
+    <s v="Total current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="6688"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH29C05"/>
+    <s v="Current receipts - Employers' social contributions"/>
+    <s v="Euro Million"/>
+    <n v="1628"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH29C06"/>
+    <s v="Current receipts - Social contributions by protected persons"/>
+    <s v="Euro Million"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH29C07"/>
+    <s v="Current receipts - Current general government contributions"/>
+    <s v="Euro Million"/>
+    <n v="3907"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH29C08"/>
+    <s v="Other current receipts"/>
+    <s v="Euro Million"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH29C09"/>
+    <s v="Total current receipts"/>
+    <s v="Euro Million"/>
+    <n v="6634"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH29C10"/>
+    <s v="Social protection benefits - Sickness"/>
+    <s v="Euro Million"/>
+    <n v="1859"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH29C11"/>
+    <s v="Social protection benefits - Invalidity-disability"/>
+    <s v="Euro Million"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH29C12"/>
+    <s v="Social protection benefits - Occupational accidents and diseases"/>
+    <s v="Euro Million"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH29C13"/>
+    <s v="Social protection benefits - Old-age"/>
+    <s v="Euro Million"/>
+    <n v="1522"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH29C14"/>
+    <s v="Social protection benefits - Survivors"/>
+    <s v="Euro Million"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH29C15"/>
+    <s v="Social protection benefits - Maternity"/>
+    <s v="Euro Million"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH29C16"/>
+    <s v="Social protection benefits - Family"/>
+    <s v="Euro Million"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH29C17"/>
+    <s v="Social protection benefits - Placement, vocational guidance, resettlement"/>
+    <s v="Euro Million"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH29C18"/>
+    <s v="Social protection benefits - Unemployment"/>
+    <s v="Euro Million"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH29C19"/>
+    <s v="Social protection benefits - Housing"/>
+    <s v="Euro Million"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH29C20"/>
+    <s v="Social protection benefits - Miscellaneous"/>
+    <s v="Euro Million"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH29C21"/>
+    <s v="Total benefits"/>
+    <s v="Euro Million"/>
+    <n v="6386"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH29C01"/>
+    <s v="Current expenditure - Social protection benefits"/>
+    <s v="Euro Million"/>
+    <n v="6994"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH29C02"/>
+    <s v="Current expenditure - Administration costs"/>
+    <s v="Euro Million"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH29C03"/>
+    <s v="Other current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH29C04"/>
+    <s v="Total current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="7322"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH29C05"/>
+    <s v="Current receipts - Employers' social contributions"/>
+    <s v="Euro Million"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH29C06"/>
+    <s v="Current receipts - Social contributions by protected persons"/>
+    <s v="Euro Million"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH29C07"/>
+    <s v="Current receipts - Current general government contributions"/>
+    <s v="Euro Million"/>
+    <n v="4421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH29C08"/>
+    <s v="Other current receipts"/>
+    <s v="Euro Million"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH29C09"/>
+    <s v="Total current receipts"/>
+    <s v="Euro Million"/>
+    <n v="7355"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH29C10"/>
+    <s v="Social protection benefits - Sickness"/>
+    <s v="Euro Million"/>
+    <n v="2036"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH29C11"/>
+    <s v="Social protection benefits - Invalidity-disability"/>
+    <s v="Euro Million"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH29C12"/>
+    <s v="Social protection benefits - Occupational accidents and diseases"/>
+    <s v="Euro Million"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH29C13"/>
+    <s v="Social protection benefits - Old-age"/>
+    <s v="Euro Million"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH29C14"/>
+    <s v="Social protection benefits - Survivors"/>
+    <s v="Euro Million"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH29C15"/>
+    <s v="Social protection benefits - Maternity"/>
+    <s v="Euro Million"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH29C16"/>
+    <s v="Social protection benefits - Family"/>
+    <s v="Euro Million"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH29C17"/>
+    <s v="Social protection benefits - Placement, vocational guidance, resettlement"/>
+    <s v="Euro Million"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH29C18"/>
+    <s v="Social protection benefits - Unemployment"/>
+    <s v="Euro Million"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH29C19"/>
+    <s v="Social protection benefits - Housing"/>
+    <s v="Euro Million"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH29C20"/>
+    <s v="Social protection benefits - Miscellaneous"/>
+    <s v="Euro Million"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH29C21"/>
+    <s v="Total benefits"/>
+    <s v="Euro Million"/>
+    <n v="6994"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH29C01"/>
+    <s v="Current expenditure - Social protection benefits"/>
+    <s v="Euro Million"/>
+    <n v="7731"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH29C02"/>
+    <s v="Current expenditure - Administration costs"/>
+    <s v="Euro Million"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH29C03"/>
+    <s v="Other current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH29C04"/>
+    <s v="Total current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="8095"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH29C05"/>
+    <s v="Current receipts - Employers' social contributions"/>
+    <s v="Euro Million"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH29C06"/>
+    <s v="Current receipts - Social contributions by protected persons"/>
+    <s v="Euro Million"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH29C07"/>
+    <s v="Current receipts - Current general government contributions"/>
+    <s v="Euro Million"/>
+    <n v="4926"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH29C08"/>
+    <s v="Other current receipts"/>
+    <s v="Euro Million"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH29C09"/>
+    <s v="Total current receipts"/>
+    <s v="Euro Million"/>
+    <n v="8103"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH29C10"/>
+    <s v="Social protection benefits - Sickness"/>
+    <s v="Euro Million"/>
+    <n v="2283"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH29C11"/>
+    <s v="Social protection benefits - Invalidity-disability"/>
+    <s v="Euro Million"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH29C12"/>
+    <s v="Social protection benefits - Occupational accidents and diseases"/>
+    <s v="Euro Million"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH29C13"/>
+    <s v="Social protection benefits - Old-age"/>
+    <s v="Euro Million"/>
+    <n v="1720"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH29C14"/>
+    <s v="Social protection benefits - Survivors"/>
+    <s v="Euro Million"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH29C15"/>
+    <s v="Social protection benefits - Maternity"/>
+    <s v="Euro Million"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH29C16"/>
+    <s v="Social protection benefits - Family"/>
+    <s v="Euro Million"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH29C17"/>
+    <s v="Social protection benefits - Placement, vocational guidance, resettlement"/>
+    <s v="Euro Million"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH29C18"/>
+    <s v="Social protection benefits - Unemployment"/>
+    <s v="Euro Million"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH29C19"/>
+    <s v="Social protection benefits - Housing"/>
+    <s v="Euro Million"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH29C20"/>
+    <s v="Social protection benefits - Miscellaneous"/>
+    <s v="Euro Million"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH29C21"/>
+    <s v="Total benefits"/>
+    <s v="Euro Million"/>
+    <n v="7731"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH29C01"/>
+    <s v="Current expenditure - Social protection benefits"/>
+    <s v="Euro Million"/>
+    <n v="8379"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH29C02"/>
+    <s v="Current expenditure - Administration costs"/>
+    <s v="Euro Million"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH29C03"/>
+    <s v="Other current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH29C04"/>
+    <s v="Total current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="8767"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH29C05"/>
+    <s v="Current receipts - Employers' social contributions"/>
+    <s v="Euro Million"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH29C06"/>
+    <s v="Current receipts - Social contributions by protected persons"/>
+    <s v="Euro Million"/>
+    <n v="1305"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH29C07"/>
+    <s v="Current receipts - Current general government contributions"/>
+    <s v="Euro Million"/>
+    <n v="5308"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH29C08"/>
+    <s v="Other current receipts"/>
+    <s v="Euro Million"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH29C09"/>
+    <s v="Total current receipts"/>
+    <s v="Euro Million"/>
+    <n v="8769"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH29C10"/>
+    <s v="Social protection benefits - Sickness"/>
+    <s v="Euro Million"/>
+    <n v="2505"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH29C11"/>
+    <s v="Social protection benefits - Invalidity-disability"/>
+    <s v="Euro Million"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH29C12"/>
+    <s v="Social protection benefits - Occupational accidents and diseases"/>
+    <s v="Euro Million"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH29C13"/>
+    <s v="Social protection benefits - Old-age"/>
+    <s v="Euro Million"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH29C14"/>
+    <s v="Social protection benefits - Survivors"/>
+    <s v="Euro Million"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH29C15"/>
+    <s v="Social protection benefits - Maternity"/>
+    <s v="Euro Million"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH29C16"/>
+    <s v="Social protection benefits - Family"/>
+    <s v="Euro Million"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH29C17"/>
+    <s v="Social protection benefits - Placement, vocational guidance, resettlement"/>
+    <s v="Euro Million"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH29C18"/>
+    <s v="Social protection benefits - Unemployment"/>
+    <s v="Euro Million"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH29C19"/>
+    <s v="Social protection benefits - Housing"/>
+    <s v="Euro Million"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH29C20"/>
+    <s v="Social protection benefits - Miscellaneous"/>
+    <s v="Euro Million"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH29C21"/>
+    <s v="Total benefits"/>
+    <s v="Euro Million"/>
+    <n v="8379"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH29C01"/>
+    <s v="Current expenditure - Social protection benefits"/>
+    <s v="Euro Million"/>
+    <n v="8910"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH29C02"/>
+    <s v="Current expenditure - Administration costs"/>
+    <s v="Euro Million"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH29C03"/>
+    <s v="Other current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH29C04"/>
+    <s v="Total current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="9312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH29C05"/>
+    <s v="Current receipts - Employers' social contributions"/>
+    <s v="Euro Million"/>
+    <n v="2127"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH29C06"/>
+    <s v="Current receipts - Social contributions by protected persons"/>
+    <s v="Euro Million"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH29C07"/>
+    <s v="Current receipts - Current general government contributions"/>
+    <s v="Euro Million"/>
+    <n v="5687"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH29C08"/>
+    <s v="Other current receipts"/>
+    <s v="Euro Million"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH29C09"/>
+    <s v="Total current receipts"/>
+    <s v="Euro Million"/>
+    <n v="9304"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH29C10"/>
+    <s v="Social protection benefits - Sickness"/>
+    <s v="Euro Million"/>
+    <n v="2629"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH29C11"/>
+    <s v="Social protection benefits - Invalidity-disability"/>
+    <s v="Euro Million"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH29C12"/>
+    <s v="Social protection benefits - Occupational accidents and diseases"/>
+    <s v="Euro Million"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH29C13"/>
+    <s v="Social protection benefits - Old-age"/>
+    <s v="Euro Million"/>
+    <n v="1889"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH29C14"/>
+    <s v="Social protection benefits - Survivors"/>
+    <s v="Euro Million"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH29C15"/>
+    <s v="Social protection benefits - Maternity"/>
+    <s v="Euro Million"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH29C16"/>
+    <s v="Social protection benefits - Family"/>
+    <s v="Euro Million"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH29C17"/>
+    <s v="Social protection benefits - Placement, vocational guidance, resettlement"/>
+    <s v="Euro Million"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH29C18"/>
+    <s v="Social protection benefits - Unemployment"/>
+    <s v="Euro Million"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH29C19"/>
+    <s v="Social protection benefits - Housing"/>
+    <s v="Euro Million"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH29C20"/>
+    <s v="Social protection benefits - Miscellaneous"/>
+    <s v="Euro Million"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH29C21"/>
+    <s v="Total benefits"/>
+    <s v="Euro Million"/>
+    <n v="8910"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH29C01"/>
+    <s v="Current expenditure - Social protection benefits"/>
+    <s v="Euro Million"/>
+    <n v="9431"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH29C02"/>
+    <s v="Current expenditure - Administration costs"/>
+    <s v="Euro Million"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH29C03"/>
+    <s v="Other current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH29C04"/>
+    <s v="Total current expenditure"/>
+    <s v="Euro Million"/>
+    <n v="9857"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH29C05"/>
+    <s v="Current receipts - Employers' social contributions"/>
+    <s v="Euro Million"/>
+    <n v="2278"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH29C06"/>
+    <s v="Current receipts - Social contributions by protected persons"/>
+    <s v="Euro Million"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH29C07"/>
+    <s v="Current receipts - Current general government contributions"/>
+    <s v="Euro Million"/>
+    <n v="6402"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH29C08"/>
+    <s v="Other current receipts"/>
+    <s v="Euro Million"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH29C09"/>
+    <s v="Total current receipts"/>
+    <s v="Euro Million"/>
+    <n v="10195"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH29C10"/>
+    <s v="Social protection benefits - Sickness"/>
+    <s v="Euro Million"/>
+    <n v="2987"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH29C11"/>
+    <s v="Social protection benefits - Invalidity-disability"/>
+    <s v="Euro Million"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH29C12"/>
+    <s v="Social protection benefits - Occupational accidents and diseases"/>
+    <s v="Euro Million"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH29C13"/>
+    <s v="Social protection benefits - Old-age"/>
+    <s v="Euro Million"/>
+    <n v="1942"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH29C14"/>
+    <s v="Social protection benefits - Survivors"/>
+    <s v="Euro Million"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH29C15"/>
+    <s v="Social protection benefits - Maternity"/>
+    <s v="Euro Million"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH29C16"/>
+    <s v="Social protection benefits - Family"/>
+    <s v="Euro Million"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH29C17"/>
+    <s v="Social protection benefits - Placement, vocational guidance, resettlement"/>
+    <s v="Euro Million"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH29C18"/>
+    <s v="Social protection benefits - Unemployment"/>
+    <s v="Euro Million"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH29C19"/>
+    <s v="Social protection benefits - Housing"/>
+    <s v="Euro Million"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH29C20"/>
+    <s v="Social protection benefits - Miscellaneous"/>
+    <s v="Euro Million"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH29C21"/>
+    <s v="Total benefits"/>
+    <s v="Euro Million"/>
+    <n v="9431"/>
+  </r>
+</pivotCacheRecords>
 </file>