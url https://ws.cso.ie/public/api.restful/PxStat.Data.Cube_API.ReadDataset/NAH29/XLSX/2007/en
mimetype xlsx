--- v1 (2025-12-24)
+++ v2 (2026-02-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35cc3e88fc4d4878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7afdc0bd7efe40c3a7c783cff265634c.psmdcp" Id="Ref682ee9277a4891" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd700b3c92aca402b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4248a6a937d54cb0b6aab582f7df2156.psmdcp" Id="R0772944bd18f45c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>