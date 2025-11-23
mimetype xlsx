--- v0 (2025-10-04)
+++ v1 (2025-11-23)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8026b086d71f410d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/32a0c6d3dc8947d0a99d8888a9718cca.psmdcp" Id="Re6403dbb72914d7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a8c26ad6d004171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6d22c7a8dd79496d846af4f4be106419.psmdcp" Id="Rf5fbb91acf49464e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
@@ -95,63 +95,63 @@
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t xml:space="preserve"> an acronym for Financial Intermediation Services Indirectly Measured. &lt;br&gt;Background Information on the Historical 1970-1995 series(https://www.cso.ie/en/methods/nationalaccounts/nationalaccountshistoricalseries1970to1995/).</x:t>
     </x:r>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NAH27/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NAHS</x:t>
   </x:si>
   <x:si>
     <x:t>National Accounts Historical Series 1970 to 1995</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Gordon Cavanagh</x:t>
+    <x:t>Justin Flannery</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>nat_acc@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 1 498 4307</x:t>
+    <x:t>(+353) 1 498 4262</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>