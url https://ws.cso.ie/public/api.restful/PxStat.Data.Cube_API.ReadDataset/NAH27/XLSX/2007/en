--- v1 (2025-11-23)
+++ v2 (2026-03-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a8c26ad6d004171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6d22c7a8dd79496d846af4f4be106419.psmdcp" Id="Rf5fbb91acf49464e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c39253bbbbb4aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c7aad64054e438d8ce79011800d2ac8.psmdcp" Id="Re5672339a72c412d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NAH27</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>T27 Expenditure of Local Government (excluding FISIM) classified by Purpose of Expenditure and Economic Category</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/3/2023 11:00:00 AM</x:t>
+    <x:t>03/11/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:b/>
         <x:i/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>FISIM:</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
@@ -748,739 +748,252 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...687 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="50">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+      </items>
+    </pivotField>
+    <pivotField name="Item" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="50">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1301" totalsRowShown="0">
   <x:autoFilter ref="A1:H1301"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02196V02652"/>
     <x:tableColumn id="2" name="State"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Item"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1749,51 +1262,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NAH27/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1982,51 +1495,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H1301"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="78.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -35840,51 +35353,51 @@
       <x:c r="E1301" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F1301" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="G1301" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1301" s="0">
         <x:v>6608</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -35901,51 +35414,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1301" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="1">
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="State">
       <x:sharedItems count="1">
         <x:s v="State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="26">
         <x:s v="1970"/>
         <x:s v="1971"/>
         <x:s v="1972"/>
         <x:s v="1973"/>
         <x:s v="1974"/>
         <x:s v="1975"/>
         <x:s v="1976"/>
         <x:s v="1977"/>
         <x:s v="1978"/>
         <x:s v="1979"/>
         <x:s v="1980"/>
@@ -36473,27 +35986,13028 @@
         <x:n v="230"/>
         <x:n v="182"/>
         <x:n v="712"/>
         <x:n v="615"/>
         <x:n v="3018"/>
         <x:n v="197"/>
         <x:n v="2778"/>
         <x:n v="344"/>
         <x:n v="352"/>
         <x:n v="-9"/>
         <x:n v="692"/>
         <x:n v="200"/>
         <x:n v="284"/>
         <x:n v="676"/>
         <x:n v="253"/>
         <x:n v="424"/>
         <x:n v="107"/>
         <x:n v="6608"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C01"/>
+    <s v="General government services - Total"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C02"/>
+    <s v="General government services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C03"/>
+    <s v="General government services - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C04"/>
+    <s v="General government services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C05"/>
+    <s v="General government services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C06"/>
+    <s v="Education - Total"/>
+    <s v="Euro Million"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C07"/>
+    <s v="Education - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C08"/>
+    <s v="Education - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C09"/>
+    <s v="Education - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C10"/>
+    <s v="Health - Total"/>
+    <s v="Euro Million"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C11"/>
+    <s v="Health - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C12"/>
+    <s v="Health - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C13"/>
+    <s v="Health - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C14"/>
+    <s v="Social security and welfare - Total"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C15"/>
+    <s v="Social security and welfare - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C16"/>
+    <s v="Social security and welfare - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C17"/>
+    <s v="Social security and welfare - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C18"/>
+    <s v="Social security and welfare - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C19"/>
+    <s v="Housing - Total"/>
+    <s v="Euro Million"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C20"/>
+    <s v="Housing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C21"/>
+    <s v="Housing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C22"/>
+    <s v="Housing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C23"/>
+    <s v="Housing - Capital transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C24"/>
+    <s v="Housing - Loans to persons"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C25"/>
+    <s v="Housing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C26"/>
+    <s v="Housing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C27"/>
+    <s v="Other community and social services - Total"/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C28"/>
+    <s v="Other community and social services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C29"/>
+    <s v="Other community and social services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C30"/>
+    <s v="Other community and social services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C31"/>
+    <s v="Agriculture, forestry and fishing - Total"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C32"/>
+    <s v="Agriculture, forestry and fishing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C33"/>
+    <s v="Agriculture, forestry and fishing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C34"/>
+    <s v="Agriculture, forestry and fishing - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C35"/>
+    <s v="Agriculture, forestry and fishing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C36"/>
+    <s v="Agriculture, forestry and fishing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C37"/>
+    <s v="Agriculture, forestry and fishing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C38"/>
+    <s v="Transport and communication - Total"/>
+    <s v="Euro Million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C39"/>
+    <s v="Transport and communication - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C40"/>
+    <s v="Transport and communication - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C41"/>
+    <s v="Transport and communication - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C42"/>
+    <s v="Transport and communication - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C43"/>
+    <s v="Other economic services (incl. mining etc) - Total"/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C44"/>
+    <s v="Other economic services (incl. mining etc) - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C45"/>
+    <s v="Other economic services (incl. mining etc) - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C46"/>
+    <s v="Other economic services (incl. mining etc) - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C47"/>
+    <s v="Public debt - Total"/>
+    <s v="Euro Million"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C48"/>
+    <s v="Public debt - National debt interest"/>
+    <s v="Euro Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C49"/>
+    <s v="Public debt - Loan repayments"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH27C50"/>
+    <s v="Total expenditure"/>
+    <s v="Euro Million"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C01"/>
+    <s v="General government services - Total"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C02"/>
+    <s v="General government services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C03"/>
+    <s v="General government services - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C04"/>
+    <s v="General government services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C05"/>
+    <s v="General government services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C06"/>
+    <s v="Education - Total"/>
+    <s v="Euro Million"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C07"/>
+    <s v="Education - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C08"/>
+    <s v="Education - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C09"/>
+    <s v="Education - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C10"/>
+    <s v="Health - Total"/>
+    <s v="Euro Million"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C11"/>
+    <s v="Health - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C12"/>
+    <s v="Health - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C13"/>
+    <s v="Health - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C14"/>
+    <s v="Social security and welfare - Total"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C15"/>
+    <s v="Social security and welfare - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C16"/>
+    <s v="Social security and welfare - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C17"/>
+    <s v="Social security and welfare - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C18"/>
+    <s v="Social security and welfare - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C19"/>
+    <s v="Housing - Total"/>
+    <s v="Euro Million"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C20"/>
+    <s v="Housing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C21"/>
+    <s v="Housing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C22"/>
+    <s v="Housing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C23"/>
+    <s v="Housing - Capital transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C24"/>
+    <s v="Housing - Loans to persons"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C25"/>
+    <s v="Housing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C26"/>
+    <s v="Housing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C27"/>
+    <s v="Other community and social services - Total"/>
+    <s v="Euro Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C28"/>
+    <s v="Other community and social services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C29"/>
+    <s v="Other community and social services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C30"/>
+    <s v="Other community and social services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C31"/>
+    <s v="Agriculture, forestry and fishing - Total"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C32"/>
+    <s v="Agriculture, forestry and fishing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C33"/>
+    <s v="Agriculture, forestry and fishing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C34"/>
+    <s v="Agriculture, forestry and fishing - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C35"/>
+    <s v="Agriculture, forestry and fishing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C36"/>
+    <s v="Agriculture, forestry and fishing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C37"/>
+    <s v="Agriculture, forestry and fishing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C38"/>
+    <s v="Transport and communication - Total"/>
+    <s v="Euro Million"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C39"/>
+    <s v="Transport and communication - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C40"/>
+    <s v="Transport and communication - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C41"/>
+    <s v="Transport and communication - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C42"/>
+    <s v="Transport and communication - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C43"/>
+    <s v="Other economic services (incl. mining etc) - Total"/>
+    <s v="Euro Million"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C44"/>
+    <s v="Other economic services (incl. mining etc) - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C45"/>
+    <s v="Other economic services (incl. mining etc) - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C46"/>
+    <s v="Other economic services (incl. mining etc) - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C47"/>
+    <s v="Public debt - Total"/>
+    <s v="Euro Million"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C48"/>
+    <s v="Public debt - National debt interest"/>
+    <s v="Euro Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C49"/>
+    <s v="Public debt - Loan repayments"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH27C50"/>
+    <s v="Total expenditure"/>
+    <s v="Euro Million"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C01"/>
+    <s v="General government services - Total"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C02"/>
+    <s v="General government services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C03"/>
+    <s v="General government services - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C04"/>
+    <s v="General government services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C05"/>
+    <s v="General government services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C06"/>
+    <s v="Education - Total"/>
+    <s v="Euro Million"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C07"/>
+    <s v="Education - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C08"/>
+    <s v="Education - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C09"/>
+    <s v="Education - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C10"/>
+    <s v="Health - Total"/>
+    <s v="Euro Million"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C11"/>
+    <s v="Health - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C12"/>
+    <s v="Health - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C13"/>
+    <s v="Health - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C14"/>
+    <s v="Social security and welfare - Total"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C15"/>
+    <s v="Social security and welfare - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C16"/>
+    <s v="Social security and welfare - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C17"/>
+    <s v="Social security and welfare - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C18"/>
+    <s v="Social security and welfare - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C19"/>
+    <s v="Housing - Total"/>
+    <s v="Euro Million"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C20"/>
+    <s v="Housing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C21"/>
+    <s v="Housing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C22"/>
+    <s v="Housing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C23"/>
+    <s v="Housing - Capital transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C24"/>
+    <s v="Housing - Loans to persons"/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C25"/>
+    <s v="Housing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C26"/>
+    <s v="Housing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C27"/>
+    <s v="Other community and social services - Total"/>
+    <s v="Euro Million"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C28"/>
+    <s v="Other community and social services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C29"/>
+    <s v="Other community and social services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C30"/>
+    <s v="Other community and social services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C31"/>
+    <s v="Agriculture, forestry and fishing - Total"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C32"/>
+    <s v="Agriculture, forestry and fishing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C33"/>
+    <s v="Agriculture, forestry and fishing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C34"/>
+    <s v="Agriculture, forestry and fishing - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C35"/>
+    <s v="Agriculture, forestry and fishing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C36"/>
+    <s v="Agriculture, forestry and fishing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C37"/>
+    <s v="Agriculture, forestry and fishing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C38"/>
+    <s v="Transport and communication - Total"/>
+    <s v="Euro Million"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C39"/>
+    <s v="Transport and communication - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C40"/>
+    <s v="Transport and communication - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C41"/>
+    <s v="Transport and communication - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C42"/>
+    <s v="Transport and communication - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C43"/>
+    <s v="Other economic services (incl. mining etc) - Total"/>
+    <s v="Euro Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C44"/>
+    <s v="Other economic services (incl. mining etc) - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C45"/>
+    <s v="Other economic services (incl. mining etc) - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C46"/>
+    <s v="Other economic services (incl. mining etc) - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C47"/>
+    <s v="Public debt - Total"/>
+    <s v="Euro Million"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C48"/>
+    <s v="Public debt - National debt interest"/>
+    <s v="Euro Million"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C49"/>
+    <s v="Public debt - Loan repayments"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH27C50"/>
+    <s v="Total expenditure"/>
+    <s v="Euro Million"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C01"/>
+    <s v="General government services - Total"/>
+    <s v="Euro Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C02"/>
+    <s v="General government services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C03"/>
+    <s v="General government services - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C04"/>
+    <s v="General government services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C05"/>
+    <s v="General government services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C06"/>
+    <s v="Education - Total"/>
+    <s v="Euro Million"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C07"/>
+    <s v="Education - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C08"/>
+    <s v="Education - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C09"/>
+    <s v="Education - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C10"/>
+    <s v="Health - Total"/>
+    <s v="Euro Million"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C11"/>
+    <s v="Health - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C12"/>
+    <s v="Health - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C13"/>
+    <s v="Health - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C14"/>
+    <s v="Social security and welfare - Total"/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C15"/>
+    <s v="Social security and welfare - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C16"/>
+    <s v="Social security and welfare - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C17"/>
+    <s v="Social security and welfare - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C18"/>
+    <s v="Social security and welfare - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C19"/>
+    <s v="Housing - Total"/>
+    <s v="Euro Million"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C20"/>
+    <s v="Housing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C21"/>
+    <s v="Housing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C22"/>
+    <s v="Housing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C23"/>
+    <s v="Housing - Capital transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C24"/>
+    <s v="Housing - Loans to persons"/>
+    <s v="Euro Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C25"/>
+    <s v="Housing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C26"/>
+    <s v="Housing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C27"/>
+    <s v="Other community and social services - Total"/>
+    <s v="Euro Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C28"/>
+    <s v="Other community and social services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C29"/>
+    <s v="Other community and social services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C30"/>
+    <s v="Other community and social services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C31"/>
+    <s v="Agriculture, forestry and fishing - Total"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C32"/>
+    <s v="Agriculture, forestry and fishing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C33"/>
+    <s v="Agriculture, forestry and fishing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C34"/>
+    <s v="Agriculture, forestry and fishing - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C35"/>
+    <s v="Agriculture, forestry and fishing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C36"/>
+    <s v="Agriculture, forestry and fishing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C37"/>
+    <s v="Agriculture, forestry and fishing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C38"/>
+    <s v="Transport and communication - Total"/>
+    <s v="Euro Million"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C39"/>
+    <s v="Transport and communication - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C40"/>
+    <s v="Transport and communication - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C41"/>
+    <s v="Transport and communication - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C42"/>
+    <s v="Transport and communication - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C43"/>
+    <s v="Other economic services (incl. mining etc) - Total"/>
+    <s v="Euro Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C44"/>
+    <s v="Other economic services (incl. mining etc) - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C45"/>
+    <s v="Other economic services (incl. mining etc) - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C46"/>
+    <s v="Other economic services (incl. mining etc) - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C47"/>
+    <s v="Public debt - Total"/>
+    <s v="Euro Million"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C48"/>
+    <s v="Public debt - National debt interest"/>
+    <s v="Euro Million"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C49"/>
+    <s v="Public debt - Loan repayments"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH27C50"/>
+    <s v="Total expenditure"/>
+    <s v="Euro Million"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C01"/>
+    <s v="General government services - Total"/>
+    <s v="Euro Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C02"/>
+    <s v="General government services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C03"/>
+    <s v="General government services - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C04"/>
+    <s v="General government services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C05"/>
+    <s v="General government services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C06"/>
+    <s v="Education - Total"/>
+    <s v="Euro Million"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C07"/>
+    <s v="Education - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C08"/>
+    <s v="Education - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C09"/>
+    <s v="Education - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C10"/>
+    <s v="Health - Total"/>
+    <s v="Euro Million"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C11"/>
+    <s v="Health - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C12"/>
+    <s v="Health - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C13"/>
+    <s v="Health - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C14"/>
+    <s v="Social security and welfare - Total"/>
+    <s v="Euro Million"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C15"/>
+    <s v="Social security and welfare - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C16"/>
+    <s v="Social security and welfare - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C17"/>
+    <s v="Social security and welfare - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C18"/>
+    <s v="Social security and welfare - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C19"/>
+    <s v="Housing - Total"/>
+    <s v="Euro Million"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C20"/>
+    <s v="Housing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C21"/>
+    <s v="Housing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C22"/>
+    <s v="Housing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C23"/>
+    <s v="Housing - Capital transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C24"/>
+    <s v="Housing - Loans to persons"/>
+    <s v="Euro Million"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C25"/>
+    <s v="Housing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C26"/>
+    <s v="Housing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C27"/>
+    <s v="Other community and social services - Total"/>
+    <s v="Euro Million"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C28"/>
+    <s v="Other community and social services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C29"/>
+    <s v="Other community and social services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C30"/>
+    <s v="Other community and social services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C31"/>
+    <s v="Agriculture, forestry and fishing - Total"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C32"/>
+    <s v="Agriculture, forestry and fishing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C33"/>
+    <s v="Agriculture, forestry and fishing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C34"/>
+    <s v="Agriculture, forestry and fishing - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C35"/>
+    <s v="Agriculture, forestry and fishing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C36"/>
+    <s v="Agriculture, forestry and fishing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C37"/>
+    <s v="Agriculture, forestry and fishing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C38"/>
+    <s v="Transport and communication - Total"/>
+    <s v="Euro Million"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C39"/>
+    <s v="Transport and communication - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C40"/>
+    <s v="Transport and communication - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C41"/>
+    <s v="Transport and communication - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C42"/>
+    <s v="Transport and communication - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C43"/>
+    <s v="Other economic services (incl. mining etc) - Total"/>
+    <s v="Euro Million"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C44"/>
+    <s v="Other economic services (incl. mining etc) - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C45"/>
+    <s v="Other economic services (incl. mining etc) - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C46"/>
+    <s v="Other economic services (incl. mining etc) - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C47"/>
+    <s v="Public debt - Total"/>
+    <s v="Euro Million"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C48"/>
+    <s v="Public debt - National debt interest"/>
+    <s v="Euro Million"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C49"/>
+    <s v="Public debt - Loan repayments"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH27C50"/>
+    <s v="Total expenditure"/>
+    <s v="Euro Million"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C01"/>
+    <s v="General government services - Total"/>
+    <s v="Euro Million"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C02"/>
+    <s v="General government services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C03"/>
+    <s v="General government services - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C04"/>
+    <s v="General government services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C05"/>
+    <s v="General government services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C06"/>
+    <s v="Education - Total"/>
+    <s v="Euro Million"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C07"/>
+    <s v="Education - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C08"/>
+    <s v="Education - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C09"/>
+    <s v="Education - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C10"/>
+    <s v="Health - Total"/>
+    <s v="Euro Million"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C11"/>
+    <s v="Health - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C12"/>
+    <s v="Health - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C13"/>
+    <s v="Health - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C14"/>
+    <s v="Social security and welfare - Total"/>
+    <s v="Euro Million"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C15"/>
+    <s v="Social security and welfare - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C16"/>
+    <s v="Social security and welfare - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C17"/>
+    <s v="Social security and welfare - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C18"/>
+    <s v="Social security and welfare - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C19"/>
+    <s v="Housing - Total"/>
+    <s v="Euro Million"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C20"/>
+    <s v="Housing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C21"/>
+    <s v="Housing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C22"/>
+    <s v="Housing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C23"/>
+    <s v="Housing - Capital transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C24"/>
+    <s v="Housing - Loans to persons"/>
+    <s v="Euro Million"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C25"/>
+    <s v="Housing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C26"/>
+    <s v="Housing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C27"/>
+    <s v="Other community and social services - Total"/>
+    <s v="Euro Million"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C28"/>
+    <s v="Other community and social services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C29"/>
+    <s v="Other community and social services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C30"/>
+    <s v="Other community and social services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C31"/>
+    <s v="Agriculture, forestry and fishing - Total"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C32"/>
+    <s v="Agriculture, forestry and fishing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C33"/>
+    <s v="Agriculture, forestry and fishing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C34"/>
+    <s v="Agriculture, forestry and fishing - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C35"/>
+    <s v="Agriculture, forestry and fishing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C36"/>
+    <s v="Agriculture, forestry and fishing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C37"/>
+    <s v="Agriculture, forestry and fishing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C38"/>
+    <s v="Transport and communication - Total"/>
+    <s v="Euro Million"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C39"/>
+    <s v="Transport and communication - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C40"/>
+    <s v="Transport and communication - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C41"/>
+    <s v="Transport and communication - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C42"/>
+    <s v="Transport and communication - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C43"/>
+    <s v="Other economic services (incl. mining etc) - Total"/>
+    <s v="Euro Million"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C44"/>
+    <s v="Other economic services (incl. mining etc) - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C45"/>
+    <s v="Other economic services (incl. mining etc) - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C46"/>
+    <s v="Other economic services (incl. mining etc) - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C47"/>
+    <s v="Public debt - Total"/>
+    <s v="Euro Million"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C48"/>
+    <s v="Public debt - National debt interest"/>
+    <s v="Euro Million"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C49"/>
+    <s v="Public debt - Loan repayments"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH27C50"/>
+    <s v="Total expenditure"/>
+    <s v="Euro Million"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C01"/>
+    <s v="General government services - Total"/>
+    <s v="Euro Million"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C02"/>
+    <s v="General government services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C03"/>
+    <s v="General government services - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C04"/>
+    <s v="General government services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C05"/>
+    <s v="General government services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C06"/>
+    <s v="Education - Total"/>
+    <s v="Euro Million"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C07"/>
+    <s v="Education - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C08"/>
+    <s v="Education - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C09"/>
+    <s v="Education - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C10"/>
+    <s v="Health - Total"/>
+    <s v="Euro Million"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C11"/>
+    <s v="Health - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C12"/>
+    <s v="Health - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C13"/>
+    <s v="Health - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C14"/>
+    <s v="Social security and welfare - Total"/>
+    <s v="Euro Million"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C15"/>
+    <s v="Social security and welfare - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C16"/>
+    <s v="Social security and welfare - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C17"/>
+    <s v="Social security and welfare - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C18"/>
+    <s v="Social security and welfare - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C19"/>
+    <s v="Housing - Total"/>
+    <s v="Euro Million"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C20"/>
+    <s v="Housing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C21"/>
+    <s v="Housing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C22"/>
+    <s v="Housing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C23"/>
+    <s v="Housing - Capital transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C24"/>
+    <s v="Housing - Loans to persons"/>
+    <s v="Euro Million"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C25"/>
+    <s v="Housing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C26"/>
+    <s v="Housing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C27"/>
+    <s v="Other community and social services - Total"/>
+    <s v="Euro Million"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C28"/>
+    <s v="Other community and social services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C29"/>
+    <s v="Other community and social services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C30"/>
+    <s v="Other community and social services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C31"/>
+    <s v="Agriculture, forestry and fishing - Total"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C32"/>
+    <s v="Agriculture, forestry and fishing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C33"/>
+    <s v="Agriculture, forestry and fishing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C34"/>
+    <s v="Agriculture, forestry and fishing - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C35"/>
+    <s v="Agriculture, forestry and fishing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C36"/>
+    <s v="Agriculture, forestry and fishing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C37"/>
+    <s v="Agriculture, forestry and fishing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C38"/>
+    <s v="Transport and communication - Total"/>
+    <s v="Euro Million"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C39"/>
+    <s v="Transport and communication - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C40"/>
+    <s v="Transport and communication - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C41"/>
+    <s v="Transport and communication - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C42"/>
+    <s v="Transport and communication - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C43"/>
+    <s v="Other economic services (incl. mining etc) - Total"/>
+    <s v="Euro Million"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C44"/>
+    <s v="Other economic services (incl. mining etc) - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C45"/>
+    <s v="Other economic services (incl. mining etc) - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C46"/>
+    <s v="Other economic services (incl. mining etc) - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C47"/>
+    <s v="Public debt - Total"/>
+    <s v="Euro Million"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C48"/>
+    <s v="Public debt - National debt interest"/>
+    <s v="Euro Million"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C49"/>
+    <s v="Public debt - Loan repayments"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH27C50"/>
+    <s v="Total expenditure"/>
+    <s v="Euro Million"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C01"/>
+    <s v="General government services - Total"/>
+    <s v="Euro Million"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C02"/>
+    <s v="General government services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C03"/>
+    <s v="General government services - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C04"/>
+    <s v="General government services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C05"/>
+    <s v="General government services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C06"/>
+    <s v="Education - Total"/>
+    <s v="Euro Million"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C07"/>
+    <s v="Education - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C08"/>
+    <s v="Education - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C09"/>
+    <s v="Education - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C10"/>
+    <s v="Health - Total"/>
+    <s v="Euro Million"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C11"/>
+    <s v="Health - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C12"/>
+    <s v="Health - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C13"/>
+    <s v="Health - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C14"/>
+    <s v="Social security and welfare - Total"/>
+    <s v="Euro Million"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C15"/>
+    <s v="Social security and welfare - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C16"/>
+    <s v="Social security and welfare - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C17"/>
+    <s v="Social security and welfare - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C18"/>
+    <s v="Social security and welfare - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C19"/>
+    <s v="Housing - Total"/>
+    <s v="Euro Million"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C20"/>
+    <s v="Housing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C21"/>
+    <s v="Housing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C22"/>
+    <s v="Housing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C23"/>
+    <s v="Housing - Capital transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C24"/>
+    <s v="Housing - Loans to persons"/>
+    <s v="Euro Million"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C25"/>
+    <s v="Housing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C26"/>
+    <s v="Housing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C27"/>
+    <s v="Other community and social services - Total"/>
+    <s v="Euro Million"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C28"/>
+    <s v="Other community and social services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C29"/>
+    <s v="Other community and social services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C30"/>
+    <s v="Other community and social services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C31"/>
+    <s v="Agriculture, forestry and fishing - Total"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C32"/>
+    <s v="Agriculture, forestry and fishing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C33"/>
+    <s v="Agriculture, forestry and fishing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C34"/>
+    <s v="Agriculture, forestry and fishing - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C35"/>
+    <s v="Agriculture, forestry and fishing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C36"/>
+    <s v="Agriculture, forestry and fishing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C37"/>
+    <s v="Agriculture, forestry and fishing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C38"/>
+    <s v="Transport and communication - Total"/>
+    <s v="Euro Million"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C39"/>
+    <s v="Transport and communication - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C40"/>
+    <s v="Transport and communication - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C41"/>
+    <s v="Transport and communication - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C42"/>
+    <s v="Transport and communication - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C43"/>
+    <s v="Other economic services (incl. mining etc) - Total"/>
+    <s v="Euro Million"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C44"/>
+    <s v="Other economic services (incl. mining etc) - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C45"/>
+    <s v="Other economic services (incl. mining etc) - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C46"/>
+    <s v="Other economic services (incl. mining etc) - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C47"/>
+    <s v="Public debt - Total"/>
+    <s v="Euro Million"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C48"/>
+    <s v="Public debt - National debt interest"/>
+    <s v="Euro Million"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C49"/>
+    <s v="Public debt - Loan repayments"/>
+    <s v="Euro Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH27C50"/>
+    <s v="Total expenditure"/>
+    <s v="Euro Million"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C01"/>
+    <s v="General government services - Total"/>
+    <s v="Euro Million"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C02"/>
+    <s v="General government services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C03"/>
+    <s v="General government services - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C04"/>
+    <s v="General government services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C05"/>
+    <s v="General government services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C06"/>
+    <s v="Education - Total"/>
+    <s v="Euro Million"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C07"/>
+    <s v="Education - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C08"/>
+    <s v="Education - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C09"/>
+    <s v="Education - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C10"/>
+    <s v="Health - Total"/>
+    <s v="Euro Million"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C11"/>
+    <s v="Health - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C12"/>
+    <s v="Health - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C13"/>
+    <s v="Health - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C14"/>
+    <s v="Social security and welfare - Total"/>
+    <s v="Euro Million"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C15"/>
+    <s v="Social security and welfare - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C16"/>
+    <s v="Social security and welfare - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C17"/>
+    <s v="Social security and welfare - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C18"/>
+    <s v="Social security and welfare - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C19"/>
+    <s v="Housing - Total"/>
+    <s v="Euro Million"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C20"/>
+    <s v="Housing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C21"/>
+    <s v="Housing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C22"/>
+    <s v="Housing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C23"/>
+    <s v="Housing - Capital transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C24"/>
+    <s v="Housing - Loans to persons"/>
+    <s v="Euro Million"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C25"/>
+    <s v="Housing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C26"/>
+    <s v="Housing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C27"/>
+    <s v="Other community and social services - Total"/>
+    <s v="Euro Million"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C28"/>
+    <s v="Other community and social services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C29"/>
+    <s v="Other community and social services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C30"/>
+    <s v="Other community and social services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C31"/>
+    <s v="Agriculture, forestry and fishing - Total"/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C32"/>
+    <s v="Agriculture, forestry and fishing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C33"/>
+    <s v="Agriculture, forestry and fishing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C34"/>
+    <s v="Agriculture, forestry and fishing - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C35"/>
+    <s v="Agriculture, forestry and fishing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C36"/>
+    <s v="Agriculture, forestry and fishing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C37"/>
+    <s v="Agriculture, forestry and fishing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C38"/>
+    <s v="Transport and communication - Total"/>
+    <s v="Euro Million"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C39"/>
+    <s v="Transport and communication - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C40"/>
+    <s v="Transport and communication - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C41"/>
+    <s v="Transport and communication - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C42"/>
+    <s v="Transport and communication - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C43"/>
+    <s v="Other economic services (incl. mining etc) - Total"/>
+    <s v="Euro Million"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C44"/>
+    <s v="Other economic services (incl. mining etc) - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C45"/>
+    <s v="Other economic services (incl. mining etc) - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C46"/>
+    <s v="Other economic services (incl. mining etc) - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C47"/>
+    <s v="Public debt - Total"/>
+    <s v="Euro Million"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C48"/>
+    <s v="Public debt - National debt interest"/>
+    <s v="Euro Million"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C49"/>
+    <s v="Public debt - Loan repayments"/>
+    <s v="Euro Million"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH27C50"/>
+    <s v="Total expenditure"/>
+    <s v="Euro Million"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C01"/>
+    <s v="General government services - Total"/>
+    <s v="Euro Million"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C02"/>
+    <s v="General government services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C03"/>
+    <s v="General government services - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C04"/>
+    <s v="General government services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C05"/>
+    <s v="General government services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C06"/>
+    <s v="Education - Total"/>
+    <s v="Euro Million"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C07"/>
+    <s v="Education - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C08"/>
+    <s v="Education - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C09"/>
+    <s v="Education - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C10"/>
+    <s v="Health - Total"/>
+    <s v="Euro Million"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C11"/>
+    <s v="Health - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C12"/>
+    <s v="Health - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C13"/>
+    <s v="Health - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C14"/>
+    <s v="Social security and welfare - Total"/>
+    <s v="Euro Million"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C15"/>
+    <s v="Social security and welfare - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C16"/>
+    <s v="Social security and welfare - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C17"/>
+    <s v="Social security and welfare - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C18"/>
+    <s v="Social security and welfare - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C19"/>
+    <s v="Housing - Total"/>
+    <s v="Euro Million"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C20"/>
+    <s v="Housing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C21"/>
+    <s v="Housing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C22"/>
+    <s v="Housing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C23"/>
+    <s v="Housing - Capital transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C24"/>
+    <s v="Housing - Loans to persons"/>
+    <s v="Euro Million"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C25"/>
+    <s v="Housing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C26"/>
+    <s v="Housing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C27"/>
+    <s v="Other community and social services - Total"/>
+    <s v="Euro Million"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C28"/>
+    <s v="Other community and social services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C29"/>
+    <s v="Other community and social services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C30"/>
+    <s v="Other community and social services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C31"/>
+    <s v="Agriculture, forestry and fishing - Total"/>
+    <s v="Euro Million"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C32"/>
+    <s v="Agriculture, forestry and fishing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C33"/>
+    <s v="Agriculture, forestry and fishing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C34"/>
+    <s v="Agriculture, forestry and fishing - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C35"/>
+    <s v="Agriculture, forestry and fishing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C36"/>
+    <s v="Agriculture, forestry and fishing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C37"/>
+    <s v="Agriculture, forestry and fishing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C38"/>
+    <s v="Transport and communication - Total"/>
+    <s v="Euro Million"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C39"/>
+    <s v="Transport and communication - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C40"/>
+    <s v="Transport and communication - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C41"/>
+    <s v="Transport and communication - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C42"/>
+    <s v="Transport and communication - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C43"/>
+    <s v="Other economic services (incl. mining etc) - Total"/>
+    <s v="Euro Million"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C44"/>
+    <s v="Other economic services (incl. mining etc) - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C45"/>
+    <s v="Other economic services (incl. mining etc) - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C46"/>
+    <s v="Other economic services (incl. mining etc) - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C47"/>
+    <s v="Public debt - Total"/>
+    <s v="Euro Million"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C48"/>
+    <s v="Public debt - National debt interest"/>
+    <s v="Euro Million"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C49"/>
+    <s v="Public debt - Loan repayments"/>
+    <s v="Euro Million"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH27C50"/>
+    <s v="Total expenditure"/>
+    <s v="Euro Million"/>
+    <n v="1718"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C01"/>
+    <s v="General government services - Total"/>
+    <s v="Euro Million"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C02"/>
+    <s v="General government services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C03"/>
+    <s v="General government services - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C04"/>
+    <s v="General government services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C05"/>
+    <s v="General government services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C06"/>
+    <s v="Education - Total"/>
+    <s v="Euro Million"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C07"/>
+    <s v="Education - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C08"/>
+    <s v="Education - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C09"/>
+    <s v="Education - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C10"/>
+    <s v="Health - Total"/>
+    <s v="Euro Million"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C11"/>
+    <s v="Health - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C12"/>
+    <s v="Health - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C13"/>
+    <s v="Health - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C14"/>
+    <s v="Social security and welfare - Total"/>
+    <s v="Euro Million"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C15"/>
+    <s v="Social security and welfare - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C16"/>
+    <s v="Social security and welfare - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C17"/>
+    <s v="Social security and welfare - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C18"/>
+    <s v="Social security and welfare - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C19"/>
+    <s v="Housing - Total"/>
+    <s v="Euro Million"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C20"/>
+    <s v="Housing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C21"/>
+    <s v="Housing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C22"/>
+    <s v="Housing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C23"/>
+    <s v="Housing - Capital transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C24"/>
+    <s v="Housing - Loans to persons"/>
+    <s v="Euro Million"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C25"/>
+    <s v="Housing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C26"/>
+    <s v="Housing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C27"/>
+    <s v="Other community and social services - Total"/>
+    <s v="Euro Million"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C28"/>
+    <s v="Other community and social services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C29"/>
+    <s v="Other community and social services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C30"/>
+    <s v="Other community and social services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C31"/>
+    <s v="Agriculture, forestry and fishing - Total"/>
+    <s v="Euro Million"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C32"/>
+    <s v="Agriculture, forestry and fishing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C33"/>
+    <s v="Agriculture, forestry and fishing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C34"/>
+    <s v="Agriculture, forestry and fishing - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C35"/>
+    <s v="Agriculture, forestry and fishing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C36"/>
+    <s v="Agriculture, forestry and fishing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C37"/>
+    <s v="Agriculture, forestry and fishing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C38"/>
+    <s v="Transport and communication - Total"/>
+    <s v="Euro Million"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C39"/>
+    <s v="Transport and communication - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C40"/>
+    <s v="Transport and communication - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C41"/>
+    <s v="Transport and communication - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C42"/>
+    <s v="Transport and communication - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C43"/>
+    <s v="Other economic services (incl. mining etc) - Total"/>
+    <s v="Euro Million"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C44"/>
+    <s v="Other economic services (incl. mining etc) - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C45"/>
+    <s v="Other economic services (incl. mining etc) - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C46"/>
+    <s v="Other economic services (incl. mining etc) - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C47"/>
+    <s v="Public debt - Total"/>
+    <s v="Euro Million"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C48"/>
+    <s v="Public debt - National debt interest"/>
+    <s v="Euro Million"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C49"/>
+    <s v="Public debt - Loan repayments"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH27C50"/>
+    <s v="Total expenditure"/>
+    <s v="Euro Million"/>
+    <n v="2205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C01"/>
+    <s v="General government services - Total"/>
+    <s v="Euro Million"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C02"/>
+    <s v="General government services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C03"/>
+    <s v="General government services - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C04"/>
+    <s v="General government services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C05"/>
+    <s v="General government services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C06"/>
+    <s v="Education - Total"/>
+    <s v="Euro Million"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C07"/>
+    <s v="Education - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C08"/>
+    <s v="Education - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C09"/>
+    <s v="Education - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C10"/>
+    <s v="Health - Total"/>
+    <s v="Euro Million"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C11"/>
+    <s v="Health - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C12"/>
+    <s v="Health - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C13"/>
+    <s v="Health - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C14"/>
+    <s v="Social security and welfare - Total"/>
+    <s v="Euro Million"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C15"/>
+    <s v="Social security and welfare - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C16"/>
+    <s v="Social security and welfare - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C17"/>
+    <s v="Social security and welfare - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C18"/>
+    <s v="Social security and welfare - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C19"/>
+    <s v="Housing - Total"/>
+    <s v="Euro Million"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C20"/>
+    <s v="Housing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C21"/>
+    <s v="Housing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C22"/>
+    <s v="Housing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C23"/>
+    <s v="Housing - Capital transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C24"/>
+    <s v="Housing - Loans to persons"/>
+    <s v="Euro Million"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C25"/>
+    <s v="Housing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C26"/>
+    <s v="Housing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C27"/>
+    <s v="Other community and social services - Total"/>
+    <s v="Euro Million"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C28"/>
+    <s v="Other community and social services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C29"/>
+    <s v="Other community and social services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C30"/>
+    <s v="Other community and social services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C31"/>
+    <s v="Agriculture, forestry and fishing - Total"/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C32"/>
+    <s v="Agriculture, forestry and fishing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C33"/>
+    <s v="Agriculture, forestry and fishing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C34"/>
+    <s v="Agriculture, forestry and fishing - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C35"/>
+    <s v="Agriculture, forestry and fishing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C36"/>
+    <s v="Agriculture, forestry and fishing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C37"/>
+    <s v="Agriculture, forestry and fishing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C38"/>
+    <s v="Transport and communication - Total"/>
+    <s v="Euro Million"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C39"/>
+    <s v="Transport and communication - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C40"/>
+    <s v="Transport and communication - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C41"/>
+    <s v="Transport and communication - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C42"/>
+    <s v="Transport and communication - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C43"/>
+    <s v="Other economic services (incl. mining etc) - Total"/>
+    <s v="Euro Million"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C44"/>
+    <s v="Other economic services (incl. mining etc) - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C45"/>
+    <s v="Other economic services (incl. mining etc) - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C46"/>
+    <s v="Other economic services (incl. mining etc) - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C47"/>
+    <s v="Public debt - Total"/>
+    <s v="Euro Million"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C48"/>
+    <s v="Public debt - National debt interest"/>
+    <s v="Euro Million"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C49"/>
+    <s v="Public debt - Loan repayments"/>
+    <s v="Euro Million"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH27C50"/>
+    <s v="Total expenditure"/>
+    <s v="Euro Million"/>
+    <n v="2670"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C01"/>
+    <s v="General government services - Total"/>
+    <s v="Euro Million"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C02"/>
+    <s v="General government services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C03"/>
+    <s v="General government services - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C04"/>
+    <s v="General government services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C05"/>
+    <s v="General government services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C06"/>
+    <s v="Education - Total"/>
+    <s v="Euro Million"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C07"/>
+    <s v="Education - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C08"/>
+    <s v="Education - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C09"/>
+    <s v="Education - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C10"/>
+    <s v="Health - Total"/>
+    <s v="Euro Million"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C11"/>
+    <s v="Health - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C12"/>
+    <s v="Health - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C13"/>
+    <s v="Health - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C14"/>
+    <s v="Social security and welfare - Total"/>
+    <s v="Euro Million"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C15"/>
+    <s v="Social security and welfare - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C16"/>
+    <s v="Social security and welfare - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C17"/>
+    <s v="Social security and welfare - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C18"/>
+    <s v="Social security and welfare - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C19"/>
+    <s v="Housing - Total"/>
+    <s v="Euro Million"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C20"/>
+    <s v="Housing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C21"/>
+    <s v="Housing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C22"/>
+    <s v="Housing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C23"/>
+    <s v="Housing - Capital transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C24"/>
+    <s v="Housing - Loans to persons"/>
+    <s v="Euro Million"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C25"/>
+    <s v="Housing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C26"/>
+    <s v="Housing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C27"/>
+    <s v="Other community and social services - Total"/>
+    <s v="Euro Million"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C28"/>
+    <s v="Other community and social services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C29"/>
+    <s v="Other community and social services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C30"/>
+    <s v="Other community and social services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C31"/>
+    <s v="Agriculture, forestry and fishing - Total"/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C32"/>
+    <s v="Agriculture, forestry and fishing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C33"/>
+    <s v="Agriculture, forestry and fishing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C34"/>
+    <s v="Agriculture, forestry and fishing - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C35"/>
+    <s v="Agriculture, forestry and fishing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C36"/>
+    <s v="Agriculture, forestry and fishing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C37"/>
+    <s v="Agriculture, forestry and fishing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C38"/>
+    <s v="Transport and communication - Total"/>
+    <s v="Euro Million"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C39"/>
+    <s v="Transport and communication - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C40"/>
+    <s v="Transport and communication - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C41"/>
+    <s v="Transport and communication - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C42"/>
+    <s v="Transport and communication - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C43"/>
+    <s v="Other economic services (incl. mining etc) - Total"/>
+    <s v="Euro Million"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C44"/>
+    <s v="Other economic services (incl. mining etc) - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C45"/>
+    <s v="Other economic services (incl. mining etc) - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C46"/>
+    <s v="Other economic services (incl. mining etc) - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C47"/>
+    <s v="Public debt - Total"/>
+    <s v="Euro Million"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C48"/>
+    <s v="Public debt - National debt interest"/>
+    <s v="Euro Million"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C49"/>
+    <s v="Public debt - Loan repayments"/>
+    <s v="Euro Million"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH27C50"/>
+    <s v="Total expenditure"/>
+    <s v="Euro Million"/>
+    <n v="3154"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C01"/>
+    <s v="General government services - Total"/>
+    <s v="Euro Million"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C02"/>
+    <s v="General government services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C03"/>
+    <s v="General government services - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C04"/>
+    <s v="General government services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C05"/>
+    <s v="General government services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C06"/>
+    <s v="Education - Total"/>
+    <s v="Euro Million"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C07"/>
+    <s v="Education - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C08"/>
+    <s v="Education - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C09"/>
+    <s v="Education - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C10"/>
+    <s v="Health - Total"/>
+    <s v="Euro Million"/>
+    <n v="1316"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C11"/>
+    <s v="Health - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C12"/>
+    <s v="Health - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C13"/>
+    <s v="Health - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C14"/>
+    <s v="Social security and welfare - Total"/>
+    <s v="Euro Million"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C15"/>
+    <s v="Social security and welfare - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C16"/>
+    <s v="Social security and welfare - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C17"/>
+    <s v="Social security and welfare - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C18"/>
+    <s v="Social security and welfare - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C19"/>
+    <s v="Housing - Total"/>
+    <s v="Euro Million"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C20"/>
+    <s v="Housing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C21"/>
+    <s v="Housing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C22"/>
+    <s v="Housing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C23"/>
+    <s v="Housing - Capital transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C24"/>
+    <s v="Housing - Loans to persons"/>
+    <s v="Euro Million"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C25"/>
+    <s v="Housing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C26"/>
+    <s v="Housing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C27"/>
+    <s v="Other community and social services - Total"/>
+    <s v="Euro Million"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C28"/>
+    <s v="Other community and social services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C29"/>
+    <s v="Other community and social services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C30"/>
+    <s v="Other community and social services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C31"/>
+    <s v="Agriculture, forestry and fishing - Total"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C32"/>
+    <s v="Agriculture, forestry and fishing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C33"/>
+    <s v="Agriculture, forestry and fishing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C34"/>
+    <s v="Agriculture, forestry and fishing - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C35"/>
+    <s v="Agriculture, forestry and fishing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C36"/>
+    <s v="Agriculture, forestry and fishing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C37"/>
+    <s v="Agriculture, forestry and fishing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C38"/>
+    <s v="Transport and communication - Total"/>
+    <s v="Euro Million"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C39"/>
+    <s v="Transport and communication - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C40"/>
+    <s v="Transport and communication - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C41"/>
+    <s v="Transport and communication - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C42"/>
+    <s v="Transport and communication - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C43"/>
+    <s v="Other economic services (incl. mining etc) - Total"/>
+    <s v="Euro Million"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C44"/>
+    <s v="Other economic services (incl. mining etc) - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C45"/>
+    <s v="Other economic services (incl. mining etc) - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C46"/>
+    <s v="Other economic services (incl. mining etc) - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C47"/>
+    <s v="Public debt - Total"/>
+    <s v="Euro Million"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C48"/>
+    <s v="Public debt - National debt interest"/>
+    <s v="Euro Million"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C49"/>
+    <s v="Public debt - Loan repayments"/>
+    <s v="Euro Million"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH27C50"/>
+    <s v="Total expenditure"/>
+    <s v="Euro Million"/>
+    <n v="3484"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C01"/>
+    <s v="General government services - Total"/>
+    <s v="Euro Million"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C02"/>
+    <s v="General government services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C03"/>
+    <s v="General government services - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C04"/>
+    <s v="General government services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C05"/>
+    <s v="General government services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C06"/>
+    <s v="Education - Total"/>
+    <s v="Euro Million"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C07"/>
+    <s v="Education - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C08"/>
+    <s v="Education - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C09"/>
+    <s v="Education - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C10"/>
+    <s v="Health - Total"/>
+    <s v="Euro Million"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C11"/>
+    <s v="Health - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C12"/>
+    <s v="Health - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C13"/>
+    <s v="Health - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C14"/>
+    <s v="Social security and welfare - Total"/>
+    <s v="Euro Million"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C15"/>
+    <s v="Social security and welfare - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C16"/>
+    <s v="Social security and welfare - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C17"/>
+    <s v="Social security and welfare - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C18"/>
+    <s v="Social security and welfare - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C19"/>
+    <s v="Housing - Total"/>
+    <s v="Euro Million"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C20"/>
+    <s v="Housing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C21"/>
+    <s v="Housing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C22"/>
+    <s v="Housing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C23"/>
+    <s v="Housing - Capital transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C24"/>
+    <s v="Housing - Loans to persons"/>
+    <s v="Euro Million"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C25"/>
+    <s v="Housing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C26"/>
+    <s v="Housing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C27"/>
+    <s v="Other community and social services - Total"/>
+    <s v="Euro Million"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C28"/>
+    <s v="Other community and social services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C29"/>
+    <s v="Other community and social services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C30"/>
+    <s v="Other community and social services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C31"/>
+    <s v="Agriculture, forestry and fishing - Total"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C32"/>
+    <s v="Agriculture, forestry and fishing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C33"/>
+    <s v="Agriculture, forestry and fishing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C34"/>
+    <s v="Agriculture, forestry and fishing - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C35"/>
+    <s v="Agriculture, forestry and fishing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C36"/>
+    <s v="Agriculture, forestry and fishing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C37"/>
+    <s v="Agriculture, forestry and fishing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C38"/>
+    <s v="Transport and communication - Total"/>
+    <s v="Euro Million"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C39"/>
+    <s v="Transport and communication - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C40"/>
+    <s v="Transport and communication - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C41"/>
+    <s v="Transport and communication - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C42"/>
+    <s v="Transport and communication - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C43"/>
+    <s v="Other economic services (incl. mining etc) - Total"/>
+    <s v="Euro Million"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C44"/>
+    <s v="Other economic services (incl. mining etc) - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C45"/>
+    <s v="Other economic services (incl. mining etc) - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C46"/>
+    <s v="Other economic services (incl. mining etc) - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C47"/>
+    <s v="Public debt - Total"/>
+    <s v="Euro Million"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C48"/>
+    <s v="Public debt - National debt interest"/>
+    <s v="Euro Million"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C49"/>
+    <s v="Public debt - Loan repayments"/>
+    <s v="Euro Million"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH27C50"/>
+    <s v="Total expenditure"/>
+    <s v="Euro Million"/>
+    <n v="3760"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C01"/>
+    <s v="General government services - Total"/>
+    <s v="Euro Million"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C02"/>
+    <s v="General government services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C03"/>
+    <s v="General government services - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C04"/>
+    <s v="General government services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C05"/>
+    <s v="General government services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C06"/>
+    <s v="Education - Total"/>
+    <s v="Euro Million"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C07"/>
+    <s v="Education - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C08"/>
+    <s v="Education - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C09"/>
+    <s v="Education - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C10"/>
+    <s v="Health - Total"/>
+    <s v="Euro Million"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C11"/>
+    <s v="Health - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C12"/>
+    <s v="Health - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C13"/>
+    <s v="Health - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C14"/>
+    <s v="Social security and welfare - Total"/>
+    <s v="Euro Million"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C15"/>
+    <s v="Social security and welfare - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C16"/>
+    <s v="Social security and welfare - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C17"/>
+    <s v="Social security and welfare - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C18"/>
+    <s v="Social security and welfare - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C19"/>
+    <s v="Housing - Total"/>
+    <s v="Euro Million"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C20"/>
+    <s v="Housing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C21"/>
+    <s v="Housing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C22"/>
+    <s v="Housing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C23"/>
+    <s v="Housing - Capital transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C24"/>
+    <s v="Housing - Loans to persons"/>
+    <s v="Euro Million"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C25"/>
+    <s v="Housing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C26"/>
+    <s v="Housing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C27"/>
+    <s v="Other community and social services - Total"/>
+    <s v="Euro Million"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C28"/>
+    <s v="Other community and social services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C29"/>
+    <s v="Other community and social services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C30"/>
+    <s v="Other community and social services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C31"/>
+    <s v="Agriculture, forestry and fishing - Total"/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C32"/>
+    <s v="Agriculture, forestry and fishing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C33"/>
+    <s v="Agriculture, forestry and fishing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C34"/>
+    <s v="Agriculture, forestry and fishing - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C35"/>
+    <s v="Agriculture, forestry and fishing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C36"/>
+    <s v="Agriculture, forestry and fishing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C37"/>
+    <s v="Agriculture, forestry and fishing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C38"/>
+    <s v="Transport and communication - Total"/>
+    <s v="Euro Million"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C39"/>
+    <s v="Transport and communication - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C40"/>
+    <s v="Transport and communication - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C41"/>
+    <s v="Transport and communication - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C42"/>
+    <s v="Transport and communication - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C43"/>
+    <s v="Other economic services (incl. mining etc) - Total"/>
+    <s v="Euro Million"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C44"/>
+    <s v="Other economic services (incl. mining etc) - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C45"/>
+    <s v="Other economic services (incl. mining etc) - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C46"/>
+    <s v="Other economic services (incl. mining etc) - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C47"/>
+    <s v="Public debt - Total"/>
+    <s v="Euro Million"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C48"/>
+    <s v="Public debt - National debt interest"/>
+    <s v="Euro Million"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C49"/>
+    <s v="Public debt - Loan repayments"/>
+    <s v="Euro Million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH27C50"/>
+    <s v="Total expenditure"/>
+    <s v="Euro Million"/>
+    <n v="4119"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C01"/>
+    <s v="General government services - Total"/>
+    <s v="Euro Million"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C02"/>
+    <s v="General government services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C03"/>
+    <s v="General government services - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C04"/>
+    <s v="General government services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C05"/>
+    <s v="General government services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C06"/>
+    <s v="Education - Total"/>
+    <s v="Euro Million"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C07"/>
+    <s v="Education - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C08"/>
+    <s v="Education - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C09"/>
+    <s v="Education - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C10"/>
+    <s v="Health - Total"/>
+    <s v="Euro Million"/>
+    <n v="1570"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C11"/>
+    <s v="Health - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C12"/>
+    <s v="Health - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C13"/>
+    <s v="Health - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C14"/>
+    <s v="Social security and welfare - Total"/>
+    <s v="Euro Million"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C15"/>
+    <s v="Social security and welfare - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C16"/>
+    <s v="Social security and welfare - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C17"/>
+    <s v="Social security and welfare - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C18"/>
+    <s v="Social security and welfare - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C19"/>
+    <s v="Housing - Total"/>
+    <s v="Euro Million"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C20"/>
+    <s v="Housing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C21"/>
+    <s v="Housing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C22"/>
+    <s v="Housing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C23"/>
+    <s v="Housing - Capital transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C24"/>
+    <s v="Housing - Loans to persons"/>
+    <s v="Euro Million"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C25"/>
+    <s v="Housing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C26"/>
+    <s v="Housing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C27"/>
+    <s v="Other community and social services - Total"/>
+    <s v="Euro Million"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C28"/>
+    <s v="Other community and social services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C29"/>
+    <s v="Other community and social services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C30"/>
+    <s v="Other community and social services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C31"/>
+    <s v="Agriculture, forestry and fishing - Total"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C32"/>
+    <s v="Agriculture, forestry and fishing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C33"/>
+    <s v="Agriculture, forestry and fishing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C34"/>
+    <s v="Agriculture, forestry and fishing - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C35"/>
+    <s v="Agriculture, forestry and fishing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C36"/>
+    <s v="Agriculture, forestry and fishing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C37"/>
+    <s v="Agriculture, forestry and fishing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C38"/>
+    <s v="Transport and communication - Total"/>
+    <s v="Euro Million"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C39"/>
+    <s v="Transport and communication - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C40"/>
+    <s v="Transport and communication - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C41"/>
+    <s v="Transport and communication - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C42"/>
+    <s v="Transport and communication - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C43"/>
+    <s v="Other economic services (incl. mining etc) - Total"/>
+    <s v="Euro Million"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C44"/>
+    <s v="Other economic services (incl. mining etc) - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C45"/>
+    <s v="Other economic services (incl. mining etc) - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C46"/>
+    <s v="Other economic services (incl. mining etc) - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C47"/>
+    <s v="Public debt - Total"/>
+    <s v="Euro Million"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C48"/>
+    <s v="Public debt - National debt interest"/>
+    <s v="Euro Million"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C49"/>
+    <s v="Public debt - Loan repayments"/>
+    <s v="Euro Million"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH27C50"/>
+    <s v="Total expenditure"/>
+    <s v="Euro Million"/>
+    <n v="4359"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C01"/>
+    <s v="General government services - Total"/>
+    <s v="Euro Million"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C02"/>
+    <s v="General government services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C03"/>
+    <s v="General government services - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C04"/>
+    <s v="General government services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C05"/>
+    <s v="General government services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C06"/>
+    <s v="Education - Total"/>
+    <s v="Euro Million"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C07"/>
+    <s v="Education - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C08"/>
+    <s v="Education - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C09"/>
+    <s v="Education - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C10"/>
+    <s v="Health - Total"/>
+    <s v="Euro Million"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C11"/>
+    <s v="Health - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C12"/>
+    <s v="Health - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="1467"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C13"/>
+    <s v="Health - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C14"/>
+    <s v="Social security and welfare - Total"/>
+    <s v="Euro Million"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C15"/>
+    <s v="Social security and welfare - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C16"/>
+    <s v="Social security and welfare - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C17"/>
+    <s v="Social security and welfare - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C18"/>
+    <s v="Social security and welfare - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C19"/>
+    <s v="Housing - Total"/>
+    <s v="Euro Million"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C20"/>
+    <s v="Housing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C21"/>
+    <s v="Housing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C22"/>
+    <s v="Housing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C23"/>
+    <s v="Housing - Capital transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C24"/>
+    <s v="Housing - Loans to persons"/>
+    <s v="Euro Million"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C25"/>
+    <s v="Housing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C26"/>
+    <s v="Housing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C27"/>
+    <s v="Other community and social services - Total"/>
+    <s v="Euro Million"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C28"/>
+    <s v="Other community and social services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C29"/>
+    <s v="Other community and social services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C30"/>
+    <s v="Other community and social services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C31"/>
+    <s v="Agriculture, forestry and fishing - Total"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C32"/>
+    <s v="Agriculture, forestry and fishing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C33"/>
+    <s v="Agriculture, forestry and fishing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C34"/>
+    <s v="Agriculture, forestry and fishing - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C35"/>
+    <s v="Agriculture, forestry and fishing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C36"/>
+    <s v="Agriculture, forestry and fishing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C37"/>
+    <s v="Agriculture, forestry and fishing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C38"/>
+    <s v="Transport and communication - Total"/>
+    <s v="Euro Million"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C39"/>
+    <s v="Transport and communication - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C40"/>
+    <s v="Transport and communication - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C41"/>
+    <s v="Transport and communication - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C42"/>
+    <s v="Transport and communication - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C43"/>
+    <s v="Other economic services (incl. mining etc) - Total"/>
+    <s v="Euro Million"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C44"/>
+    <s v="Other economic services (incl. mining etc) - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C45"/>
+    <s v="Other economic services (incl. mining etc) - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C46"/>
+    <s v="Other economic services (incl. mining etc) - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C47"/>
+    <s v="Public debt - Total"/>
+    <s v="Euro Million"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C48"/>
+    <s v="Public debt - National debt interest"/>
+    <s v="Euro Million"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C49"/>
+    <s v="Public debt - Loan repayments"/>
+    <s v="Euro Million"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH27C50"/>
+    <s v="Total expenditure"/>
+    <s v="Euro Million"/>
+    <n v="4295"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C01"/>
+    <s v="General government services - Total"/>
+    <s v="Euro Million"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C02"/>
+    <s v="General government services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C03"/>
+    <s v="General government services - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C04"/>
+    <s v="General government services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C05"/>
+    <s v="General government services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C06"/>
+    <s v="Education - Total"/>
+    <s v="Euro Million"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C07"/>
+    <s v="Education - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C08"/>
+    <s v="Education - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C09"/>
+    <s v="Education - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C10"/>
+    <s v="Health - Total"/>
+    <s v="Euro Million"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C11"/>
+    <s v="Health - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C12"/>
+    <s v="Health - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C13"/>
+    <s v="Health - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C14"/>
+    <s v="Social security and welfare - Total"/>
+    <s v="Euro Million"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C15"/>
+    <s v="Social security and welfare - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C16"/>
+    <s v="Social security and welfare - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C17"/>
+    <s v="Social security and welfare - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="-6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C18"/>
+    <s v="Social security and welfare - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C19"/>
+    <s v="Housing - Total"/>
+    <s v="Euro Million"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C20"/>
+    <s v="Housing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C21"/>
+    <s v="Housing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C22"/>
+    <s v="Housing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C23"/>
+    <s v="Housing - Capital transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C24"/>
+    <s v="Housing - Loans to persons"/>
+    <s v="Euro Million"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C25"/>
+    <s v="Housing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C26"/>
+    <s v="Housing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C27"/>
+    <s v="Other community and social services - Total"/>
+    <s v="Euro Million"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C28"/>
+    <s v="Other community and social services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C29"/>
+    <s v="Other community and social services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C30"/>
+    <s v="Other community and social services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C31"/>
+    <s v="Agriculture, forestry and fishing - Total"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C32"/>
+    <s v="Agriculture, forestry and fishing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C33"/>
+    <s v="Agriculture, forestry and fishing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C34"/>
+    <s v="Agriculture, forestry and fishing - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C35"/>
+    <s v="Agriculture, forestry and fishing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C36"/>
+    <s v="Agriculture, forestry and fishing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C37"/>
+    <s v="Agriculture, forestry and fishing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C38"/>
+    <s v="Transport and communication - Total"/>
+    <s v="Euro Million"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C39"/>
+    <s v="Transport and communication - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C40"/>
+    <s v="Transport and communication - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C41"/>
+    <s v="Transport and communication - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C42"/>
+    <s v="Transport and communication - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C43"/>
+    <s v="Other economic services (incl. mining etc) - Total"/>
+    <s v="Euro Million"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C44"/>
+    <s v="Other economic services (incl. mining etc) - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C45"/>
+    <s v="Other economic services (incl. mining etc) - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C46"/>
+    <s v="Other economic services (incl. mining etc) - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C47"/>
+    <s v="Public debt - Total"/>
+    <s v="Euro Million"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C48"/>
+    <s v="Public debt - National debt interest"/>
+    <s v="Euro Million"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C49"/>
+    <s v="Public debt - Loan repayments"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH27C50"/>
+    <s v="Total expenditure"/>
+    <s v="Euro Million"/>
+    <n v="3708"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C01"/>
+    <s v="General government services - Total"/>
+    <s v="Euro Million"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C02"/>
+    <s v="General government services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C03"/>
+    <s v="General government services - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C04"/>
+    <s v="General government services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C05"/>
+    <s v="General government services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C06"/>
+    <s v="Education - Total"/>
+    <s v="Euro Million"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C07"/>
+    <s v="Education - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C08"/>
+    <s v="Education - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C09"/>
+    <s v="Education - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C10"/>
+    <s v="Health - Total"/>
+    <s v="Euro Million"/>
+    <n v="1742"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C11"/>
+    <s v="Health - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C12"/>
+    <s v="Health - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="1588"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C13"/>
+    <s v="Health - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C14"/>
+    <s v="Social security and welfare - Total"/>
+    <s v="Euro Million"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C15"/>
+    <s v="Social security and welfare - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C16"/>
+    <s v="Social security and welfare - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C17"/>
+    <s v="Social security and welfare - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="-8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C18"/>
+    <s v="Social security and welfare - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C19"/>
+    <s v="Housing - Total"/>
+    <s v="Euro Million"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C20"/>
+    <s v="Housing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C21"/>
+    <s v="Housing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C22"/>
+    <s v="Housing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C23"/>
+    <s v="Housing - Capital transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C24"/>
+    <s v="Housing - Loans to persons"/>
+    <s v="Euro Million"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C25"/>
+    <s v="Housing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C26"/>
+    <s v="Housing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C27"/>
+    <s v="Other community and social services - Total"/>
+    <s v="Euro Million"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C28"/>
+    <s v="Other community and social services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C29"/>
+    <s v="Other community and social services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C30"/>
+    <s v="Other community and social services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C31"/>
+    <s v="Agriculture, forestry and fishing - Total"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C32"/>
+    <s v="Agriculture, forestry and fishing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C33"/>
+    <s v="Agriculture, forestry and fishing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C34"/>
+    <s v="Agriculture, forestry and fishing - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C35"/>
+    <s v="Agriculture, forestry and fishing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C36"/>
+    <s v="Agriculture, forestry and fishing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C37"/>
+    <s v="Agriculture, forestry and fishing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C38"/>
+    <s v="Transport and communication - Total"/>
+    <s v="Euro Million"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C39"/>
+    <s v="Transport and communication - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C40"/>
+    <s v="Transport and communication - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C41"/>
+    <s v="Transport and communication - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C42"/>
+    <s v="Transport and communication - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C43"/>
+    <s v="Other economic services (incl. mining etc) - Total"/>
+    <s v="Euro Million"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C44"/>
+    <s v="Other economic services (incl. mining etc) - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C45"/>
+    <s v="Other economic services (incl. mining etc) - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C46"/>
+    <s v="Other economic services (incl. mining etc) - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C47"/>
+    <s v="Public debt - Total"/>
+    <s v="Euro Million"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C48"/>
+    <s v="Public debt - National debt interest"/>
+    <s v="Euro Million"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C49"/>
+    <s v="Public debt - Loan repayments"/>
+    <s v="Euro Million"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH27C50"/>
+    <s v="Total expenditure"/>
+    <s v="Euro Million"/>
+    <n v="3916"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C01"/>
+    <s v="General government services - Total"/>
+    <s v="Euro Million"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C02"/>
+    <s v="General government services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C03"/>
+    <s v="General government services - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C04"/>
+    <s v="General government services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C05"/>
+    <s v="General government services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C06"/>
+    <s v="Education - Total"/>
+    <s v="Euro Million"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C07"/>
+    <s v="Education - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C08"/>
+    <s v="Education - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C09"/>
+    <s v="Education - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C10"/>
+    <s v="Health - Total"/>
+    <s v="Euro Million"/>
+    <n v="1926"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C11"/>
+    <s v="Health - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C12"/>
+    <s v="Health - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="1782"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C13"/>
+    <s v="Health - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C14"/>
+    <s v="Social security and welfare - Total"/>
+    <s v="Euro Million"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C15"/>
+    <s v="Social security and welfare - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C16"/>
+    <s v="Social security and welfare - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C17"/>
+    <s v="Social security and welfare - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="-8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C18"/>
+    <s v="Social security and welfare - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C19"/>
+    <s v="Housing - Total"/>
+    <s v="Euro Million"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C20"/>
+    <s v="Housing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C21"/>
+    <s v="Housing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C22"/>
+    <s v="Housing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C23"/>
+    <s v="Housing - Capital transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C24"/>
+    <s v="Housing - Loans to persons"/>
+    <s v="Euro Million"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C25"/>
+    <s v="Housing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C26"/>
+    <s v="Housing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C27"/>
+    <s v="Other community and social services - Total"/>
+    <s v="Euro Million"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C28"/>
+    <s v="Other community and social services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C29"/>
+    <s v="Other community and social services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C30"/>
+    <s v="Other community and social services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C31"/>
+    <s v="Agriculture, forestry and fishing - Total"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C32"/>
+    <s v="Agriculture, forestry and fishing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C33"/>
+    <s v="Agriculture, forestry and fishing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C34"/>
+    <s v="Agriculture, forestry and fishing - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C35"/>
+    <s v="Agriculture, forestry and fishing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C36"/>
+    <s v="Agriculture, forestry and fishing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C37"/>
+    <s v="Agriculture, forestry and fishing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C38"/>
+    <s v="Transport and communication - Total"/>
+    <s v="Euro Million"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C39"/>
+    <s v="Transport and communication - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C40"/>
+    <s v="Transport and communication - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C41"/>
+    <s v="Transport and communication - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C42"/>
+    <s v="Transport and communication - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C43"/>
+    <s v="Other economic services (incl. mining etc) - Total"/>
+    <s v="Euro Million"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C44"/>
+    <s v="Other economic services (incl. mining etc) - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C45"/>
+    <s v="Other economic services (incl. mining etc) - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C46"/>
+    <s v="Other economic services (incl. mining etc) - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C47"/>
+    <s v="Public debt - Total"/>
+    <s v="Euro Million"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C48"/>
+    <s v="Public debt - National debt interest"/>
+    <s v="Euro Million"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C49"/>
+    <s v="Public debt - Loan repayments"/>
+    <s v="Euro Million"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH27C50"/>
+    <s v="Total expenditure"/>
+    <s v="Euro Million"/>
+    <n v="4251"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C01"/>
+    <s v="General government services - Total"/>
+    <s v="Euro Million"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C02"/>
+    <s v="General government services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C03"/>
+    <s v="General government services - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C04"/>
+    <s v="General government services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C05"/>
+    <s v="General government services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C06"/>
+    <s v="Education - Total"/>
+    <s v="Euro Million"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C07"/>
+    <s v="Education - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C08"/>
+    <s v="Education - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C09"/>
+    <s v="Education - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C10"/>
+    <s v="Health - Total"/>
+    <s v="Euro Million"/>
+    <n v="2135"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C11"/>
+    <s v="Health - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C12"/>
+    <s v="Health - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="1985"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C13"/>
+    <s v="Health - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C14"/>
+    <s v="Social security and welfare - Total"/>
+    <s v="Euro Million"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C15"/>
+    <s v="Social security and welfare - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C16"/>
+    <s v="Social security and welfare - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C17"/>
+    <s v="Social security and welfare - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="-7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C18"/>
+    <s v="Social security and welfare - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C19"/>
+    <s v="Housing - Total"/>
+    <s v="Euro Million"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C20"/>
+    <s v="Housing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C21"/>
+    <s v="Housing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C22"/>
+    <s v="Housing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C23"/>
+    <s v="Housing - Capital transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C24"/>
+    <s v="Housing - Loans to persons"/>
+    <s v="Euro Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C25"/>
+    <s v="Housing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C26"/>
+    <s v="Housing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C27"/>
+    <s v="Other community and social services - Total"/>
+    <s v="Euro Million"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C28"/>
+    <s v="Other community and social services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C29"/>
+    <s v="Other community and social services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C30"/>
+    <s v="Other community and social services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C31"/>
+    <s v="Agriculture, forestry and fishing - Total"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C32"/>
+    <s v="Agriculture, forestry and fishing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C33"/>
+    <s v="Agriculture, forestry and fishing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C34"/>
+    <s v="Agriculture, forestry and fishing - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C35"/>
+    <s v="Agriculture, forestry and fishing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C36"/>
+    <s v="Agriculture, forestry and fishing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C37"/>
+    <s v="Agriculture, forestry and fishing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C38"/>
+    <s v="Transport and communication - Total"/>
+    <s v="Euro Million"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C39"/>
+    <s v="Transport and communication - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C40"/>
+    <s v="Transport and communication - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C41"/>
+    <s v="Transport and communication - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C42"/>
+    <s v="Transport and communication - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C43"/>
+    <s v="Other economic services (incl. mining etc) - Total"/>
+    <s v="Euro Million"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C44"/>
+    <s v="Other economic services (incl. mining etc) - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C45"/>
+    <s v="Other economic services (incl. mining etc) - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C46"/>
+    <s v="Other economic services (incl. mining etc) - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C47"/>
+    <s v="Public debt - Total"/>
+    <s v="Euro Million"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C48"/>
+    <s v="Public debt - National debt interest"/>
+    <s v="Euro Million"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C49"/>
+    <s v="Public debt - Loan repayments"/>
+    <s v="Euro Million"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH27C50"/>
+    <s v="Total expenditure"/>
+    <s v="Euro Million"/>
+    <n v="4618"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C01"/>
+    <s v="General government services - Total"/>
+    <s v="Euro Million"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C02"/>
+    <s v="General government services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C03"/>
+    <s v="General government services - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C04"/>
+    <s v="General government services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C05"/>
+    <s v="General government services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C06"/>
+    <s v="Education - Total"/>
+    <s v="Euro Million"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C07"/>
+    <s v="Education - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C08"/>
+    <s v="Education - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C09"/>
+    <s v="Education - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C10"/>
+    <s v="Health - Total"/>
+    <s v="Euro Million"/>
+    <n v="2367"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C11"/>
+    <s v="Health - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C12"/>
+    <s v="Health - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="2191"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C13"/>
+    <s v="Health - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C14"/>
+    <s v="Social security and welfare - Total"/>
+    <s v="Euro Million"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C15"/>
+    <s v="Social security and welfare - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C16"/>
+    <s v="Social security and welfare - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C17"/>
+    <s v="Social security and welfare - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="-6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C18"/>
+    <s v="Social security and welfare - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C19"/>
+    <s v="Housing - Total"/>
+    <s v="Euro Million"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C20"/>
+    <s v="Housing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C21"/>
+    <s v="Housing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C22"/>
+    <s v="Housing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C23"/>
+    <s v="Housing - Capital transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C24"/>
+    <s v="Housing - Loans to persons"/>
+    <s v="Euro Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C25"/>
+    <s v="Housing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C26"/>
+    <s v="Housing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C27"/>
+    <s v="Other community and social services - Total"/>
+    <s v="Euro Million"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C28"/>
+    <s v="Other community and social services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C29"/>
+    <s v="Other community and social services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C30"/>
+    <s v="Other community and social services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C31"/>
+    <s v="Agriculture, forestry and fishing - Total"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C32"/>
+    <s v="Agriculture, forestry and fishing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C33"/>
+    <s v="Agriculture, forestry and fishing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C34"/>
+    <s v="Agriculture, forestry and fishing - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C35"/>
+    <s v="Agriculture, forestry and fishing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C36"/>
+    <s v="Agriculture, forestry and fishing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C37"/>
+    <s v="Agriculture, forestry and fishing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C38"/>
+    <s v="Transport and communication - Total"/>
+    <s v="Euro Million"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C39"/>
+    <s v="Transport and communication - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C40"/>
+    <s v="Transport and communication - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C41"/>
+    <s v="Transport and communication - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C42"/>
+    <s v="Transport and communication - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C43"/>
+    <s v="Other economic services (incl. mining etc) - Total"/>
+    <s v="Euro Million"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C44"/>
+    <s v="Other economic services (incl. mining etc) - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C45"/>
+    <s v="Other economic services (incl. mining etc) - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C46"/>
+    <s v="Other economic services (incl. mining etc) - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C47"/>
+    <s v="Public debt - Total"/>
+    <s v="Euro Million"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C48"/>
+    <s v="Public debt - National debt interest"/>
+    <s v="Euro Million"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C49"/>
+    <s v="Public debt - Loan repayments"/>
+    <s v="Euro Million"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH27C50"/>
+    <s v="Total expenditure"/>
+    <s v="Euro Million"/>
+    <n v="5006"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C01"/>
+    <s v="General government services - Total"/>
+    <s v="Euro Million"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C02"/>
+    <s v="General government services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C03"/>
+    <s v="General government services - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C04"/>
+    <s v="General government services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C05"/>
+    <s v="General government services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C06"/>
+    <s v="Education - Total"/>
+    <s v="Euro Million"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C07"/>
+    <s v="Education - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C08"/>
+    <s v="Education - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C09"/>
+    <s v="Education - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C10"/>
+    <s v="Health - Total"/>
+    <s v="Euro Million"/>
+    <n v="2614"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C11"/>
+    <s v="Health - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C12"/>
+    <s v="Health - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="2431"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C13"/>
+    <s v="Health - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C14"/>
+    <s v="Social security and welfare - Total"/>
+    <s v="Euro Million"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C15"/>
+    <s v="Social security and welfare - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C16"/>
+    <s v="Social security and welfare - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C17"/>
+    <s v="Social security and welfare - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="-11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C18"/>
+    <s v="Social security and welfare - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C19"/>
+    <s v="Housing - Total"/>
+    <s v="Euro Million"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C20"/>
+    <s v="Housing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C21"/>
+    <s v="Housing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C22"/>
+    <s v="Housing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C23"/>
+    <s v="Housing - Capital transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C24"/>
+    <s v="Housing - Loans to persons"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C25"/>
+    <s v="Housing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C26"/>
+    <s v="Housing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C27"/>
+    <s v="Other community and social services - Total"/>
+    <s v="Euro Million"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C28"/>
+    <s v="Other community and social services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C29"/>
+    <s v="Other community and social services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C30"/>
+    <s v="Other community and social services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C31"/>
+    <s v="Agriculture, forestry and fishing - Total"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C32"/>
+    <s v="Agriculture, forestry and fishing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C33"/>
+    <s v="Agriculture, forestry and fishing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C34"/>
+    <s v="Agriculture, forestry and fishing - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C35"/>
+    <s v="Agriculture, forestry and fishing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C36"/>
+    <s v="Agriculture, forestry and fishing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C37"/>
+    <s v="Agriculture, forestry and fishing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C38"/>
+    <s v="Transport and communication - Total"/>
+    <s v="Euro Million"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C39"/>
+    <s v="Transport and communication - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="-5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C40"/>
+    <s v="Transport and communication - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C41"/>
+    <s v="Transport and communication - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C42"/>
+    <s v="Transport and communication - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C43"/>
+    <s v="Other economic services (incl. mining etc) - Total"/>
+    <s v="Euro Million"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C44"/>
+    <s v="Other economic services (incl. mining etc) - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C45"/>
+    <s v="Other economic services (incl. mining etc) - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C46"/>
+    <s v="Other economic services (incl. mining etc) - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C47"/>
+    <s v="Public debt - Total"/>
+    <s v="Euro Million"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C48"/>
+    <s v="Public debt - National debt interest"/>
+    <s v="Euro Million"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C49"/>
+    <s v="Public debt - Loan repayments"/>
+    <s v="Euro Million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH27C50"/>
+    <s v="Total expenditure"/>
+    <s v="Euro Million"/>
+    <n v="5533"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C01"/>
+    <s v="General government services - Total"/>
+    <s v="Euro Million"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C02"/>
+    <s v="General government services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C03"/>
+    <s v="General government services - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C04"/>
+    <s v="General government services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C05"/>
+    <s v="General government services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C06"/>
+    <s v="Education - Total"/>
+    <s v="Euro Million"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C07"/>
+    <s v="Education - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C08"/>
+    <s v="Education - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C09"/>
+    <s v="Education - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C10"/>
+    <s v="Health - Total"/>
+    <s v="Euro Million"/>
+    <n v="2770"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C11"/>
+    <s v="Health - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C12"/>
+    <s v="Health - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="2562"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C13"/>
+    <s v="Health - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C14"/>
+    <s v="Social security and welfare - Total"/>
+    <s v="Euro Million"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C15"/>
+    <s v="Social security and welfare - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C16"/>
+    <s v="Social security and welfare - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C17"/>
+    <s v="Social security and welfare - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="-10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C18"/>
+    <s v="Social security and welfare - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C19"/>
+    <s v="Housing - Total"/>
+    <s v="Euro Million"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C20"/>
+    <s v="Housing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C21"/>
+    <s v="Housing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C22"/>
+    <s v="Housing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C23"/>
+    <s v="Housing - Capital transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C24"/>
+    <s v="Housing - Loans to persons"/>
+    <s v="Euro Million"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C25"/>
+    <s v="Housing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C26"/>
+    <s v="Housing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C27"/>
+    <s v="Other community and social services - Total"/>
+    <s v="Euro Million"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C28"/>
+    <s v="Other community and social services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C29"/>
+    <s v="Other community and social services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C30"/>
+    <s v="Other community and social services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C31"/>
+    <s v="Agriculture, forestry and fishing - Total"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C32"/>
+    <s v="Agriculture, forestry and fishing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C33"/>
+    <s v="Agriculture, forestry and fishing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C34"/>
+    <s v="Agriculture, forestry and fishing - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C35"/>
+    <s v="Agriculture, forestry and fishing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C36"/>
+    <s v="Agriculture, forestry and fishing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C37"/>
+    <s v="Agriculture, forestry and fishing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C38"/>
+    <s v="Transport and communication - Total"/>
+    <s v="Euro Million"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C39"/>
+    <s v="Transport and communication - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="-5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C40"/>
+    <s v="Transport and communication - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C41"/>
+    <s v="Transport and communication - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C42"/>
+    <s v="Transport and communication - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C43"/>
+    <s v="Other economic services (incl. mining etc) - Total"/>
+    <s v="Euro Million"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C44"/>
+    <s v="Other economic services (incl. mining etc) - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C45"/>
+    <s v="Other economic services (incl. mining etc) - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C46"/>
+    <s v="Other economic services (incl. mining etc) - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C47"/>
+    <s v="Public debt - Total"/>
+    <s v="Euro Million"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C48"/>
+    <s v="Public debt - National debt interest"/>
+    <s v="Euro Million"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C49"/>
+    <s v="Public debt - Loan repayments"/>
+    <s v="Euro Million"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH27C50"/>
+    <s v="Total expenditure"/>
+    <s v="Euro Million"/>
+    <n v="6089"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C01"/>
+    <s v="General government services - Total"/>
+    <s v="Euro Million"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C02"/>
+    <s v="General government services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C03"/>
+    <s v="General government services - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C04"/>
+    <s v="General government services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C05"/>
+    <s v="General government services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C06"/>
+    <s v="Education - Total"/>
+    <s v="Euro Million"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C07"/>
+    <s v="Education - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C08"/>
+    <s v="Education - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C09"/>
+    <s v="Education - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C10"/>
+    <s v="Health - Total"/>
+    <s v="Euro Million"/>
+    <n v="3018"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C11"/>
+    <s v="Health - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C12"/>
+    <s v="Health - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="2778"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C13"/>
+    <s v="Health - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C14"/>
+    <s v="Social security and welfare - Total"/>
+    <s v="Euro Million"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C15"/>
+    <s v="Social security and welfare - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C16"/>
+    <s v="Social security and welfare - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C17"/>
+    <s v="Social security and welfare - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="-9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C18"/>
+    <s v="Social security and welfare - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C19"/>
+    <s v="Housing - Total"/>
+    <s v="Euro Million"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C20"/>
+    <s v="Housing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C21"/>
+    <s v="Housing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C22"/>
+    <s v="Housing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C23"/>
+    <s v="Housing - Capital transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C24"/>
+    <s v="Housing - Loans to persons"/>
+    <s v="Euro Million"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C25"/>
+    <s v="Housing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C26"/>
+    <s v="Housing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C27"/>
+    <s v="Other community and social services - Total"/>
+    <s v="Euro Million"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C28"/>
+    <s v="Other community and social services - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C29"/>
+    <s v="Other community and social services - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C30"/>
+    <s v="Other community and social services - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C31"/>
+    <s v="Agriculture, forestry and fishing - Total"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C32"/>
+    <s v="Agriculture, forestry and fishing - Subsidies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C33"/>
+    <s v="Agriculture, forestry and fishing - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C34"/>
+    <s v="Agriculture, forestry and fishing - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C35"/>
+    <s v="Agriculture, forestry and fishing - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C36"/>
+    <s v="Agriculture, forestry and fishing - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C37"/>
+    <s v="Agriculture, forestry and fishing - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C38"/>
+    <s v="Transport and communication - Total"/>
+    <s v="Euro Million"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C39"/>
+    <s v="Transport and communication - Current transfer payments"/>
+    <s v="Euro Million"/>
+    <n v="-6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C40"/>
+    <s v="Transport and communication - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C41"/>
+    <s v="Transport and communication - Capital grants to enterprises"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C42"/>
+    <s v="Transport and communication - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C43"/>
+    <s v="Other economic services (incl. mining etc) - Total"/>
+    <s v="Euro Million"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C44"/>
+    <s v="Other economic services (incl. mining etc) - Transfers to central government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C45"/>
+    <s v="Other economic services (incl. mining etc) - Current expenditure on goods and services"/>
+    <s v="Euro Million"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C46"/>
+    <s v="Other economic services (incl. mining etc) - Gross physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C47"/>
+    <s v="Public debt - Total"/>
+    <s v="Euro Million"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C48"/>
+    <s v="Public debt - National debt interest"/>
+    <s v="Euro Million"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C49"/>
+    <s v="Public debt - Loan repayments"/>
+    <s v="Euro Million"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH27C50"/>
+    <s v="Total expenditure"/>
+    <s v="Euro Million"/>
+    <n v="6608"/>
+  </r>
+</pivotCacheRecords>
 </file>