--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3df0b9eb99c45f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9f78797c61534c3b89056570d769b5d8.psmdcp" Id="R3bb2466fe6704248" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R380287220a774d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ca247754d4f347ca98cda9496355551c.psmdcp" Id="R5220e9cf009a4387" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NAH22</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>T22 Details of Taxation (excluding FISIM)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/3/2023 11:00:00 AM</x:t>
+    <x:t>03/11/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:b/>
         <x:i/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>FISIM:</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
@@ -616,563 +616,208 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...511 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="Item" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H729" totalsRowShown="0">
   <x:autoFilter ref="A1:H729"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02196V02652"/>
     <x:tableColumn id="2" name="State"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Item"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1441,51 +1086,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NAH22/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1674,51 +1319,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H729"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="53.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -20660,51 +20305,51 @@
       <x:c r="E729" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F729" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G729" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H729" s="0">
         <x:v>17437</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -20721,51 +20366,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H729" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="1">
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="State">
       <x:sharedItems count="1">
         <x:s v="State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="26">
         <x:s v="1970"/>
         <x:s v="1971"/>
         <x:s v="1972"/>
         <x:s v="1973"/>
         <x:s v="1974"/>
         <x:s v="1975"/>
         <x:s v="1976"/>
         <x:s v="1977"/>
         <x:s v="1978"/>
         <x:s v="1979"/>
         <x:s v="1980"/>
@@ -21205,27 +20850,7308 @@
         <x:n v="136"/>
         <x:n v="351"/>
         <x:n v="545"/>
         <x:n v="16623"/>
         <x:n v="9590"/>
         <x:n v="5237"/>
         <x:n v="1458"/>
         <x:n v="2487"/>
         <x:n v="56"/>
         <x:n v="76"/>
         <x:n v="7102"/>
         <x:n v="2686"/>
         <x:n v="3390"/>
         <x:n v="407"/>
         <x:n v="359"/>
         <x:n v="62"/>
         <x:n v="613"/>
         <x:n v="17437"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH22C01"/>
+    <s v="Taxes on income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH22C02"/>
+    <s v="Income tax (including sur tax)"/>
+    <s v="Euro Million"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH22C03"/>
+    <s v="Corporation tax"/>
+    <s v="Euro Million"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH22C04"/>
+    <s v="Motor tax - Estimated portion paid by households etc."/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH22C05"/>
+    <s v="Other taxes"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH22C06"/>
+    <s v="Fees under the Petroleum and Minerals Development Acts"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH22C07"/>
+    <s v="Training and Employment Levy"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH22C08"/>
+    <s v="Income Levy"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH22C09"/>
+    <s v="Levies under Sections 93 &amp; 94 of Finance Act, 1986"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH22C10"/>
+    <s v="Social Insurance contribution"/>
+    <s v="Euro Million"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH22C11"/>
+    <s v="Taxes on capital"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH22C12"/>
+    <s v="Estate, etc. duties"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH22C13"/>
+    <s v="Capital gains tax"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH22C14"/>
+    <s v="Capital acquisitions tax"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH22C15"/>
+    <s v="Taxes on expenditure"/>
+    <s v="Euro Million"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH22C16"/>
+    <s v="Custom duties"/>
+    <s v="Euro Million"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH22C17"/>
+    <s v="Excise duties including VRT"/>
+    <s v="Euro Million"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH22C18"/>
+    <s v="Value added tax"/>
+    <s v="Euro Million"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH22C19"/>
+    <s v="Residential property tax"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH22C20"/>
+    <s v="Rates"/>
+    <s v="Euro Million"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH22C21"/>
+    <s v="Motor tax - Estimated portion paid by businesses"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH22C22"/>
+    <s v="Stamps (excluding fee stamps)"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH22C23"/>
+    <s v="Fee Stamps"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH22C24"/>
+    <s v="Agricultural levies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH22C25"/>
+    <s v="Broadcasting licence fee"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH22C26"/>
+    <s v="Other fees"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH22C27"/>
+    <s v="EU Taxes"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH22C28"/>
+    <s v="Total Taxation"/>
+    <s v="Euro Million"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH22C01"/>
+    <s v="Taxes on income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH22C02"/>
+    <s v="Income tax (including sur tax)"/>
+    <s v="Euro Million"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH22C03"/>
+    <s v="Corporation tax"/>
+    <s v="Euro Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH22C04"/>
+    <s v="Motor tax - Estimated portion paid by households etc."/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH22C05"/>
+    <s v="Other taxes"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH22C06"/>
+    <s v="Fees under the Petroleum and Minerals Development Acts"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH22C07"/>
+    <s v="Training and Employment Levy"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH22C08"/>
+    <s v="Income Levy"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH22C09"/>
+    <s v="Levies under Sections 93 &amp; 94 of Finance Act, 1986"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH22C10"/>
+    <s v="Social Insurance contribution"/>
+    <s v="Euro Million"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH22C11"/>
+    <s v="Taxes on capital"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH22C12"/>
+    <s v="Estate, etc. duties"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH22C13"/>
+    <s v="Capital gains tax"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH22C14"/>
+    <s v="Capital acquisitions tax"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH22C15"/>
+    <s v="Taxes on expenditure"/>
+    <s v="Euro Million"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH22C16"/>
+    <s v="Custom duties"/>
+    <s v="Euro Million"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH22C17"/>
+    <s v="Excise duties including VRT"/>
+    <s v="Euro Million"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH22C18"/>
+    <s v="Value added tax"/>
+    <s v="Euro Million"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH22C19"/>
+    <s v="Residential property tax"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH22C20"/>
+    <s v="Rates"/>
+    <s v="Euro Million"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH22C21"/>
+    <s v="Motor tax - Estimated portion paid by businesses"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH22C22"/>
+    <s v="Stamps (excluding fee stamps)"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH22C23"/>
+    <s v="Fee Stamps"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH22C24"/>
+    <s v="Agricultural levies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH22C25"/>
+    <s v="Broadcasting licence fee"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH22C26"/>
+    <s v="Other fees"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH22C27"/>
+    <s v="EU Taxes"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH22C28"/>
+    <s v="Total Taxation"/>
+    <s v="Euro Million"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH22C01"/>
+    <s v="Taxes on income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH22C02"/>
+    <s v="Income tax (including sur tax)"/>
+    <s v="Euro Million"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH22C03"/>
+    <s v="Corporation tax"/>
+    <s v="Euro Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH22C04"/>
+    <s v="Motor tax - Estimated portion paid by households etc."/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH22C05"/>
+    <s v="Other taxes"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH22C06"/>
+    <s v="Fees under the Petroleum and Minerals Development Acts"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH22C07"/>
+    <s v="Training and Employment Levy"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH22C08"/>
+    <s v="Income Levy"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH22C09"/>
+    <s v="Levies under Sections 93 &amp; 94 of Finance Act, 1986"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH22C10"/>
+    <s v="Social Insurance contribution"/>
+    <s v="Euro Million"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH22C11"/>
+    <s v="Taxes on capital"/>
+    <s v="Euro Million"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH22C12"/>
+    <s v="Estate, etc. duties"/>
+    <s v="Euro Million"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH22C13"/>
+    <s v="Capital gains tax"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH22C14"/>
+    <s v="Capital acquisitions tax"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH22C15"/>
+    <s v="Taxes on expenditure"/>
+    <s v="Euro Million"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH22C16"/>
+    <s v="Custom duties"/>
+    <s v="Euro Million"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH22C17"/>
+    <s v="Excise duties including VRT"/>
+    <s v="Euro Million"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH22C18"/>
+    <s v="Value added tax"/>
+    <s v="Euro Million"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH22C19"/>
+    <s v="Residential property tax"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH22C20"/>
+    <s v="Rates"/>
+    <s v="Euro Million"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH22C21"/>
+    <s v="Motor tax - Estimated portion paid by businesses"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH22C22"/>
+    <s v="Stamps (excluding fee stamps)"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH22C23"/>
+    <s v="Fee Stamps"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH22C24"/>
+    <s v="Agricultural levies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH22C25"/>
+    <s v="Broadcasting licence fee"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH22C26"/>
+    <s v="Other fees"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH22C27"/>
+    <s v="EU Taxes"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH22C28"/>
+    <s v="Total Taxation"/>
+    <s v="Euro Million"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH22C01"/>
+    <s v="Taxes on income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH22C02"/>
+    <s v="Income tax (including sur tax)"/>
+    <s v="Euro Million"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH22C03"/>
+    <s v="Corporation tax"/>
+    <s v="Euro Million"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH22C04"/>
+    <s v="Motor tax - Estimated portion paid by households etc."/>
+    <s v="Euro Million"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH22C05"/>
+    <s v="Other taxes"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH22C06"/>
+    <s v="Fees under the Petroleum and Minerals Development Acts"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH22C07"/>
+    <s v="Training and Employment Levy"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH22C08"/>
+    <s v="Income Levy"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH22C09"/>
+    <s v="Levies under Sections 93 &amp; 94 of Finance Act, 1986"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH22C10"/>
+    <s v="Social Insurance contribution"/>
+    <s v="Euro Million"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH22C11"/>
+    <s v="Taxes on capital"/>
+    <s v="Euro Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH22C12"/>
+    <s v="Estate, etc. duties"/>
+    <s v="Euro Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH22C13"/>
+    <s v="Capital gains tax"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH22C14"/>
+    <s v="Capital acquisitions tax"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH22C15"/>
+    <s v="Taxes on expenditure"/>
+    <s v="Euro Million"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH22C16"/>
+    <s v="Custom duties"/>
+    <s v="Euro Million"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH22C17"/>
+    <s v="Excise duties including VRT"/>
+    <s v="Euro Million"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH22C18"/>
+    <s v="Value added tax"/>
+    <s v="Euro Million"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH22C19"/>
+    <s v="Residential property tax"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH22C20"/>
+    <s v="Rates"/>
+    <s v="Euro Million"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH22C21"/>
+    <s v="Motor tax - Estimated portion paid by businesses"/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH22C22"/>
+    <s v="Stamps (excluding fee stamps)"/>
+    <s v="Euro Million"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH22C23"/>
+    <s v="Fee Stamps"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH22C24"/>
+    <s v="Agricultural levies"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH22C25"/>
+    <s v="Broadcasting licence fee"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH22C26"/>
+    <s v="Other fees"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH22C27"/>
+    <s v="EU Taxes"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH22C28"/>
+    <s v="Total Taxation"/>
+    <s v="Euro Million"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH22C01"/>
+    <s v="Taxes on income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH22C02"/>
+    <s v="Income tax (including sur tax)"/>
+    <s v="Euro Million"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH22C03"/>
+    <s v="Corporation tax"/>
+    <s v="Euro Million"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH22C04"/>
+    <s v="Motor tax - Estimated portion paid by households etc."/>
+    <s v="Euro Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH22C05"/>
+    <s v="Other taxes"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH22C06"/>
+    <s v="Fees under the Petroleum and Minerals Development Acts"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH22C07"/>
+    <s v="Training and Employment Levy"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH22C08"/>
+    <s v="Income Levy"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH22C09"/>
+    <s v="Levies under Sections 93 &amp; 94 of Finance Act, 1986"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH22C10"/>
+    <s v="Social Insurance contribution"/>
+    <s v="Euro Million"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH22C11"/>
+    <s v="Taxes on capital"/>
+    <s v="Euro Million"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH22C12"/>
+    <s v="Estate, etc. duties"/>
+    <s v="Euro Million"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH22C13"/>
+    <s v="Capital gains tax"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH22C14"/>
+    <s v="Capital acquisitions tax"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH22C15"/>
+    <s v="Taxes on expenditure"/>
+    <s v="Euro Million"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH22C16"/>
+    <s v="Custom duties"/>
+    <s v="Euro Million"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH22C17"/>
+    <s v="Excise duties including VRT"/>
+    <s v="Euro Million"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH22C18"/>
+    <s v="Value added tax"/>
+    <s v="Euro Million"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH22C19"/>
+    <s v="Residential property tax"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH22C20"/>
+    <s v="Rates"/>
+    <s v="Euro Million"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH22C21"/>
+    <s v="Motor tax - Estimated portion paid by businesses"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH22C22"/>
+    <s v="Stamps (excluding fee stamps)"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH22C23"/>
+    <s v="Fee Stamps"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH22C24"/>
+    <s v="Agricultural levies"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH22C25"/>
+    <s v="Broadcasting licence fee"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH22C26"/>
+    <s v="Other fees"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH22C27"/>
+    <s v="EU Taxes"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH22C28"/>
+    <s v="Total Taxation"/>
+    <s v="Euro Million"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH22C01"/>
+    <s v="Taxes on income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH22C02"/>
+    <s v="Income tax (including sur tax)"/>
+    <s v="Euro Million"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH22C03"/>
+    <s v="Corporation tax"/>
+    <s v="Euro Million"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH22C04"/>
+    <s v="Motor tax - Estimated portion paid by households etc."/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH22C05"/>
+    <s v="Other taxes"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH22C06"/>
+    <s v="Fees under the Petroleum and Minerals Development Acts"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH22C07"/>
+    <s v="Training and Employment Levy"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH22C08"/>
+    <s v="Income Levy"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH22C09"/>
+    <s v="Levies under Sections 93 &amp; 94 of Finance Act, 1986"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH22C10"/>
+    <s v="Social Insurance contribution"/>
+    <s v="Euro Million"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH22C11"/>
+    <s v="Taxes on capital"/>
+    <s v="Euro Million"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH22C12"/>
+    <s v="Estate, etc. duties"/>
+    <s v="Euro Million"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH22C13"/>
+    <s v="Capital gains tax"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH22C14"/>
+    <s v="Capital acquisitions tax"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH22C15"/>
+    <s v="Taxes on expenditure"/>
+    <s v="Euro Million"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH22C16"/>
+    <s v="Custom duties"/>
+    <s v="Euro Million"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH22C17"/>
+    <s v="Excise duties including VRT"/>
+    <s v="Euro Million"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH22C18"/>
+    <s v="Value added tax"/>
+    <s v="Euro Million"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH22C19"/>
+    <s v="Residential property tax"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH22C20"/>
+    <s v="Rates"/>
+    <s v="Euro Million"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH22C21"/>
+    <s v="Motor tax - Estimated portion paid by businesses"/>
+    <s v="Euro Million"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH22C22"/>
+    <s v="Stamps (excluding fee stamps)"/>
+    <s v="Euro Million"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH22C23"/>
+    <s v="Fee Stamps"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH22C24"/>
+    <s v="Agricultural levies"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH22C25"/>
+    <s v="Broadcasting licence fee"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH22C26"/>
+    <s v="Other fees"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH22C27"/>
+    <s v="EU Taxes"/>
+    <s v="Euro Million"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH22C28"/>
+    <s v="Total Taxation"/>
+    <s v="Euro Million"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH22C01"/>
+    <s v="Taxes on income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH22C02"/>
+    <s v="Income tax (including sur tax)"/>
+    <s v="Euro Million"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH22C03"/>
+    <s v="Corporation tax"/>
+    <s v="Euro Million"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH22C04"/>
+    <s v="Motor tax - Estimated portion paid by households etc."/>
+    <s v="Euro Million"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH22C05"/>
+    <s v="Other taxes"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH22C06"/>
+    <s v="Fees under the Petroleum and Minerals Development Acts"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH22C07"/>
+    <s v="Training and Employment Levy"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH22C08"/>
+    <s v="Income Levy"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH22C09"/>
+    <s v="Levies under Sections 93 &amp; 94 of Finance Act, 1986"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH22C10"/>
+    <s v="Social Insurance contribution"/>
+    <s v="Euro Million"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH22C11"/>
+    <s v="Taxes on capital"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH22C12"/>
+    <s v="Estate, etc. duties"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH22C13"/>
+    <s v="Capital gains tax"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH22C14"/>
+    <s v="Capital acquisitions tax"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH22C15"/>
+    <s v="Taxes on expenditure"/>
+    <s v="Euro Million"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH22C16"/>
+    <s v="Custom duties"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH22C17"/>
+    <s v="Excise duties including VRT"/>
+    <s v="Euro Million"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH22C18"/>
+    <s v="Value added tax"/>
+    <s v="Euro Million"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH22C19"/>
+    <s v="Residential property tax"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH22C20"/>
+    <s v="Rates"/>
+    <s v="Euro Million"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH22C21"/>
+    <s v="Motor tax - Estimated portion paid by businesses"/>
+    <s v="Euro Million"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH22C22"/>
+    <s v="Stamps (excluding fee stamps)"/>
+    <s v="Euro Million"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH22C23"/>
+    <s v="Fee Stamps"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH22C24"/>
+    <s v="Agricultural levies"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH22C25"/>
+    <s v="Broadcasting licence fee"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH22C26"/>
+    <s v="Other fees"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH22C27"/>
+    <s v="EU Taxes"/>
+    <s v="Euro Million"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH22C28"/>
+    <s v="Total Taxation"/>
+    <s v="Euro Million"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH22C01"/>
+    <s v="Taxes on income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH22C02"/>
+    <s v="Income tax (including sur tax)"/>
+    <s v="Euro Million"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH22C03"/>
+    <s v="Corporation tax"/>
+    <s v="Euro Million"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH22C04"/>
+    <s v="Motor tax - Estimated portion paid by households etc."/>
+    <s v="Euro Million"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH22C05"/>
+    <s v="Other taxes"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH22C06"/>
+    <s v="Fees under the Petroleum and Minerals Development Acts"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH22C07"/>
+    <s v="Training and Employment Levy"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH22C08"/>
+    <s v="Income Levy"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH22C09"/>
+    <s v="Levies under Sections 93 &amp; 94 of Finance Act, 1986"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH22C10"/>
+    <s v="Social Insurance contribution"/>
+    <s v="Euro Million"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH22C11"/>
+    <s v="Taxes on capital"/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH22C12"/>
+    <s v="Estate, etc. duties"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH22C13"/>
+    <s v="Capital gains tax"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH22C14"/>
+    <s v="Capital acquisitions tax"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH22C15"/>
+    <s v="Taxes on expenditure"/>
+    <s v="Euro Million"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH22C16"/>
+    <s v="Custom duties"/>
+    <s v="Euro Million"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH22C17"/>
+    <s v="Excise duties including VRT"/>
+    <s v="Euro Million"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH22C18"/>
+    <s v="Value added tax"/>
+    <s v="Euro Million"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH22C19"/>
+    <s v="Residential property tax"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH22C20"/>
+    <s v="Rates"/>
+    <s v="Euro Million"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH22C21"/>
+    <s v="Motor tax - Estimated portion paid by businesses"/>
+    <s v="Euro Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH22C22"/>
+    <s v="Stamps (excluding fee stamps)"/>
+    <s v="Euro Million"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH22C23"/>
+    <s v="Fee Stamps"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH22C24"/>
+    <s v="Agricultural levies"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH22C25"/>
+    <s v="Broadcasting licence fee"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH22C26"/>
+    <s v="Other fees"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH22C27"/>
+    <s v="EU Taxes"/>
+    <s v="Euro Million"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH22C28"/>
+    <s v="Total Taxation"/>
+    <s v="Euro Million"/>
+    <n v="2421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH22C01"/>
+    <s v="Taxes on income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH22C02"/>
+    <s v="Income tax (including sur tax)"/>
+    <s v="Euro Million"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH22C03"/>
+    <s v="Corporation tax"/>
+    <s v="Euro Million"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH22C04"/>
+    <s v="Motor tax - Estimated portion paid by households etc."/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH22C05"/>
+    <s v="Other taxes"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH22C06"/>
+    <s v="Fees under the Petroleum and Minerals Development Acts"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH22C07"/>
+    <s v="Training and Employment Levy"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH22C08"/>
+    <s v="Income Levy"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH22C09"/>
+    <s v="Levies under Sections 93 &amp; 94 of Finance Act, 1986"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH22C10"/>
+    <s v="Social Insurance contribution"/>
+    <s v="Euro Million"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH22C11"/>
+    <s v="Taxes on capital"/>
+    <s v="Euro Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH22C12"/>
+    <s v="Estate, etc. duties"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH22C13"/>
+    <s v="Capital gains tax"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH22C14"/>
+    <s v="Capital acquisitions tax"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH22C15"/>
+    <s v="Taxes on expenditure"/>
+    <s v="Euro Million"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH22C16"/>
+    <s v="Custom duties"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH22C17"/>
+    <s v="Excise duties including VRT"/>
+    <s v="Euro Million"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH22C18"/>
+    <s v="Value added tax"/>
+    <s v="Euro Million"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH22C19"/>
+    <s v="Residential property tax"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH22C20"/>
+    <s v="Rates"/>
+    <s v="Euro Million"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH22C21"/>
+    <s v="Motor tax - Estimated portion paid by businesses"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH22C22"/>
+    <s v="Stamps (excluding fee stamps)"/>
+    <s v="Euro Million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH22C23"/>
+    <s v="Fee Stamps"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH22C24"/>
+    <s v="Agricultural levies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH22C25"/>
+    <s v="Broadcasting licence fee"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH22C26"/>
+    <s v="Other fees"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH22C27"/>
+    <s v="EU Taxes"/>
+    <s v="Euro Million"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH22C28"/>
+    <s v="Total Taxation"/>
+    <s v="Euro Million"/>
+    <n v="2720"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH22C01"/>
+    <s v="Taxes on income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH22C02"/>
+    <s v="Income tax (including sur tax)"/>
+    <s v="Euro Million"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH22C03"/>
+    <s v="Corporation tax"/>
+    <s v="Euro Million"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH22C04"/>
+    <s v="Motor tax - Estimated portion paid by households etc."/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH22C05"/>
+    <s v="Other taxes"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH22C06"/>
+    <s v="Fees under the Petroleum and Minerals Development Acts"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH22C07"/>
+    <s v="Training and Employment Levy"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH22C08"/>
+    <s v="Income Levy"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH22C09"/>
+    <s v="Levies under Sections 93 &amp; 94 of Finance Act, 1986"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH22C10"/>
+    <s v="Social Insurance contribution"/>
+    <s v="Euro Million"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH22C11"/>
+    <s v="Taxes on capital"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH22C12"/>
+    <s v="Estate, etc. duties"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH22C13"/>
+    <s v="Capital gains tax"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH22C14"/>
+    <s v="Capital acquisitions tax"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH22C15"/>
+    <s v="Taxes on expenditure"/>
+    <s v="Euro Million"/>
+    <n v="1489"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH22C16"/>
+    <s v="Custom duties"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH22C17"/>
+    <s v="Excise duties including VRT"/>
+    <s v="Euro Million"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH22C18"/>
+    <s v="Value added tax"/>
+    <s v="Euro Million"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH22C19"/>
+    <s v="Residential property tax"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH22C20"/>
+    <s v="Rates"/>
+    <s v="Euro Million"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH22C21"/>
+    <s v="Motor tax - Estimated portion paid by businesses"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH22C22"/>
+    <s v="Stamps (excluding fee stamps)"/>
+    <s v="Euro Million"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH22C23"/>
+    <s v="Fee Stamps"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH22C24"/>
+    <s v="Agricultural levies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH22C25"/>
+    <s v="Broadcasting licence fee"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH22C26"/>
+    <s v="Other fees"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH22C27"/>
+    <s v="EU Taxes"/>
+    <s v="Euro Million"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH22C28"/>
+    <s v="Total Taxation"/>
+    <s v="Euro Million"/>
+    <n v="3146"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH22C01"/>
+    <s v="Taxes on income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="2063"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH22C02"/>
+    <s v="Income tax (including sur tax)"/>
+    <s v="Euro Million"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH22C03"/>
+    <s v="Corporation tax"/>
+    <s v="Euro Million"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH22C04"/>
+    <s v="Motor tax - Estimated portion paid by households etc."/>
+    <s v="Euro Million"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH22C05"/>
+    <s v="Other taxes"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH22C06"/>
+    <s v="Fees under the Petroleum and Minerals Development Acts"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH22C07"/>
+    <s v="Training and Employment Levy"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH22C08"/>
+    <s v="Income Levy"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH22C09"/>
+    <s v="Levies under Sections 93 &amp; 94 of Finance Act, 1986"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH22C10"/>
+    <s v="Social Insurance contribution"/>
+    <s v="Euro Million"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH22C11"/>
+    <s v="Taxes on capital"/>
+    <s v="Euro Million"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH22C12"/>
+    <s v="Estate, etc. duties"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH22C13"/>
+    <s v="Capital gains tax"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH22C14"/>
+    <s v="Capital acquisitions tax"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH22C15"/>
+    <s v="Taxes on expenditure"/>
+    <s v="Euro Million"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH22C16"/>
+    <s v="Custom duties"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH22C17"/>
+    <s v="Excise duties including VRT"/>
+    <s v="Euro Million"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH22C18"/>
+    <s v="Value added tax"/>
+    <s v="Euro Million"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH22C19"/>
+    <s v="Residential property tax"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH22C20"/>
+    <s v="Rates"/>
+    <s v="Euro Million"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH22C21"/>
+    <s v="Motor tax - Estimated portion paid by businesses"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH22C22"/>
+    <s v="Stamps (excluding fee stamps)"/>
+    <s v="Euro Million"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH22C23"/>
+    <s v="Fee Stamps"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH22C24"/>
+    <s v="Agricultural levies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH22C25"/>
+    <s v="Broadcasting licence fee"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH22C26"/>
+    <s v="Other fees"/>
+    <s v="Euro Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH22C27"/>
+    <s v="EU Taxes"/>
+    <s v="Euro Million"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH22C28"/>
+    <s v="Total Taxation"/>
+    <s v="Euro Million"/>
+    <n v="4072"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH22C01"/>
+    <s v="Taxes on income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="2580"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH22C02"/>
+    <s v="Income tax (including sur tax)"/>
+    <s v="Euro Million"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH22C03"/>
+    <s v="Corporation tax"/>
+    <s v="Euro Million"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH22C04"/>
+    <s v="Motor tax - Estimated portion paid by households etc."/>
+    <s v="Euro Million"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH22C05"/>
+    <s v="Other taxes"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH22C06"/>
+    <s v="Fees under the Petroleum and Minerals Development Acts"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH22C07"/>
+    <s v="Training and Employment Levy"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH22C08"/>
+    <s v="Income Levy"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH22C09"/>
+    <s v="Levies under Sections 93 &amp; 94 of Finance Act, 1986"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH22C10"/>
+    <s v="Social Insurance contribution"/>
+    <s v="Euro Million"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH22C11"/>
+    <s v="Taxes on capital"/>
+    <s v="Euro Million"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH22C12"/>
+    <s v="Estate, etc. duties"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH22C13"/>
+    <s v="Capital gains tax"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH22C14"/>
+    <s v="Capital acquisitions tax"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH22C15"/>
+    <s v="Taxes on expenditure"/>
+    <s v="Euro Million"/>
+    <n v="2341"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH22C16"/>
+    <s v="Custom duties"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH22C17"/>
+    <s v="Excise duties including VRT"/>
+    <s v="Euro Million"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH22C18"/>
+    <s v="Value added tax"/>
+    <s v="Euro Million"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH22C19"/>
+    <s v="Residential property tax"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH22C20"/>
+    <s v="Rates"/>
+    <s v="Euro Million"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH22C21"/>
+    <s v="Motor tax - Estimated portion paid by businesses"/>
+    <s v="Euro Million"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH22C22"/>
+    <s v="Stamps (excluding fee stamps)"/>
+    <s v="Euro Million"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH22C23"/>
+    <s v="Fee Stamps"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH22C24"/>
+    <s v="Agricultural levies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH22C25"/>
+    <s v="Broadcasting licence fee"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH22C26"/>
+    <s v="Other fees"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH22C27"/>
+    <s v="EU Taxes"/>
+    <s v="Euro Million"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH22C28"/>
+    <s v="Total Taxation"/>
+    <s v="Euro Million"/>
+    <n v="5106"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH22C01"/>
+    <s v="Taxes on income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="3187"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH22C02"/>
+    <s v="Income tax (including sur tax)"/>
+    <s v="Euro Million"/>
+    <n v="1851"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH22C03"/>
+    <s v="Corporation tax"/>
+    <s v="Euro Million"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH22C04"/>
+    <s v="Motor tax - Estimated portion paid by households etc."/>
+    <s v="Euro Million"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH22C05"/>
+    <s v="Other taxes"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH22C06"/>
+    <s v="Fees under the Petroleum and Minerals Development Acts"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH22C07"/>
+    <s v="Training and Employment Levy"/>
+    <s v="Euro Million"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH22C08"/>
+    <s v="Income Levy"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH22C09"/>
+    <s v="Levies under Sections 93 &amp; 94 of Finance Act, 1986"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH22C10"/>
+    <s v="Social Insurance contribution"/>
+    <s v="Euro Million"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH22C11"/>
+    <s v="Taxes on capital"/>
+    <s v="Euro Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH22C12"/>
+    <s v="Estate, etc. duties"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH22C13"/>
+    <s v="Capital gains tax"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH22C14"/>
+    <s v="Capital acquisitions tax"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH22C15"/>
+    <s v="Taxes on expenditure"/>
+    <s v="Euro Million"/>
+    <n v="2857"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH22C16"/>
+    <s v="Custom duties"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH22C17"/>
+    <s v="Excise duties including VRT"/>
+    <s v="Euro Million"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH22C18"/>
+    <s v="Value added tax"/>
+    <s v="Euro Million"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH22C19"/>
+    <s v="Residential property tax"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH22C20"/>
+    <s v="Rates"/>
+    <s v="Euro Million"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH22C21"/>
+    <s v="Motor tax - Estimated portion paid by businesses"/>
+    <s v="Euro Million"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH22C22"/>
+    <s v="Stamps (excluding fee stamps)"/>
+    <s v="Euro Million"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH22C23"/>
+    <s v="Fee Stamps"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH22C24"/>
+    <s v="Agricultural levies"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH22C25"/>
+    <s v="Broadcasting licence fee"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH22C26"/>
+    <s v="Other fees"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH22C27"/>
+    <s v="EU Taxes"/>
+    <s v="Euro Million"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH22C28"/>
+    <s v="Total Taxation"/>
+    <s v="Euro Million"/>
+    <n v="6276"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH22C01"/>
+    <s v="Taxes on income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="3666"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH22C02"/>
+    <s v="Income tax (including sur tax)"/>
+    <s v="Euro Million"/>
+    <n v="2109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH22C03"/>
+    <s v="Corporation tax"/>
+    <s v="Euro Million"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH22C04"/>
+    <s v="Motor tax - Estimated portion paid by households etc."/>
+    <s v="Euro Million"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH22C05"/>
+    <s v="Other taxes"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH22C06"/>
+    <s v="Fees under the Petroleum and Minerals Development Acts"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH22C07"/>
+    <s v="Training and Employment Levy"/>
+    <s v="Euro Million"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH22C08"/>
+    <s v="Income Levy"/>
+    <s v="Euro Million"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH22C09"/>
+    <s v="Levies under Sections 93 &amp; 94 of Finance Act, 1986"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH22C10"/>
+    <s v="Social Insurance contribution"/>
+    <s v="Euro Million"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH22C11"/>
+    <s v="Taxes on capital"/>
+    <s v="Euro Million"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH22C12"/>
+    <s v="Estate, etc. duties"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH22C13"/>
+    <s v="Capital gains tax"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH22C14"/>
+    <s v="Capital acquisitions tax"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH22C15"/>
+    <s v="Taxes on expenditure"/>
+    <s v="Euro Million"/>
+    <n v="3259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH22C16"/>
+    <s v="Custom duties"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH22C17"/>
+    <s v="Excise duties including VRT"/>
+    <s v="Euro Million"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH22C18"/>
+    <s v="Value added tax"/>
+    <s v="Euro Million"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH22C19"/>
+    <s v="Residential property tax"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH22C20"/>
+    <s v="Rates"/>
+    <s v="Euro Million"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH22C21"/>
+    <s v="Motor tax - Estimated portion paid by businesses"/>
+    <s v="Euro Million"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH22C22"/>
+    <s v="Stamps (excluding fee stamps)"/>
+    <s v="Euro Million"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH22C23"/>
+    <s v="Fee Stamps"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH22C24"/>
+    <s v="Agricultural levies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH22C25"/>
+    <s v="Broadcasting licence fee"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH22C26"/>
+    <s v="Other fees"/>
+    <s v="Euro Million"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH22C27"/>
+    <s v="EU Taxes"/>
+    <s v="Euro Million"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH22C28"/>
+    <s v="Total Taxation"/>
+    <s v="Euro Million"/>
+    <n v="7227"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH22C01"/>
+    <s v="Taxes on income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="4241"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH22C02"/>
+    <s v="Income tax (including sur tax)"/>
+    <s v="Euro Million"/>
+    <n v="2499"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH22C03"/>
+    <s v="Corporation tax"/>
+    <s v="Euro Million"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH22C04"/>
+    <s v="Motor tax - Estimated portion paid by households etc."/>
+    <s v="Euro Million"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH22C05"/>
+    <s v="Other taxes"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH22C06"/>
+    <s v="Fees under the Petroleum and Minerals Development Acts"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH22C07"/>
+    <s v="Training and Employment Levy"/>
+    <s v="Euro Million"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH22C08"/>
+    <s v="Income Levy"/>
+    <s v="Euro Million"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH22C09"/>
+    <s v="Levies under Sections 93 &amp; 94 of Finance Act, 1986"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH22C10"/>
+    <s v="Social Insurance contribution"/>
+    <s v="Euro Million"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH22C11"/>
+    <s v="Taxes on capital"/>
+    <s v="Euro Million"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH22C12"/>
+    <s v="Estate, etc. duties"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH22C13"/>
+    <s v="Capital gains tax"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH22C14"/>
+    <s v="Capital acquisitions tax"/>
+    <s v="Euro Million"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH22C15"/>
+    <s v="Taxes on expenditure"/>
+    <s v="Euro Million"/>
+    <n v="3634"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH22C16"/>
+    <s v="Custom duties"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH22C17"/>
+    <s v="Excise duties including VRT"/>
+    <s v="Euro Million"/>
+    <n v="1579"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH22C18"/>
+    <s v="Value added tax"/>
+    <s v="Euro Million"/>
+    <n v="1611"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH22C19"/>
+    <s v="Residential property tax"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH22C20"/>
+    <s v="Rates"/>
+    <s v="Euro Million"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH22C21"/>
+    <s v="Motor tax - Estimated portion paid by businesses"/>
+    <s v="Euro Million"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH22C22"/>
+    <s v="Stamps (excluding fee stamps)"/>
+    <s v="Euro Million"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH22C23"/>
+    <s v="Fee Stamps"/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH22C24"/>
+    <s v="Agricultural levies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH22C25"/>
+    <s v="Broadcasting licence fee"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH22C26"/>
+    <s v="Other fees"/>
+    <s v="Euro Million"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH22C27"/>
+    <s v="EU Taxes"/>
+    <s v="Euro Million"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH22C28"/>
+    <s v="Total Taxation"/>
+    <s v="Euro Million"/>
+    <n v="8215"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH22C01"/>
+    <s v="Taxes on income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="4517"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH22C02"/>
+    <s v="Income tax (including sur tax)"/>
+    <s v="Euro Million"/>
+    <n v="2673"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH22C03"/>
+    <s v="Corporation tax"/>
+    <s v="Euro Million"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH22C04"/>
+    <s v="Motor tax - Estimated portion paid by households etc."/>
+    <s v="Euro Million"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH22C05"/>
+    <s v="Other taxes"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH22C06"/>
+    <s v="Fees under the Petroleum and Minerals Development Acts"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH22C07"/>
+    <s v="Training and Employment Levy"/>
+    <s v="Euro Million"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH22C08"/>
+    <s v="Income Levy"/>
+    <s v="Euro Million"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH22C09"/>
+    <s v="Levies under Sections 93 &amp; 94 of Finance Act, 1986"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH22C10"/>
+    <s v="Social Insurance contribution"/>
+    <s v="Euro Million"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH22C11"/>
+    <s v="Taxes on capital"/>
+    <s v="Euro Million"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH22C12"/>
+    <s v="Estate, etc. duties"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH22C13"/>
+    <s v="Capital gains tax"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH22C14"/>
+    <s v="Capital acquisitions tax"/>
+    <s v="Euro Million"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH22C15"/>
+    <s v="Taxes on expenditure"/>
+    <s v="Euro Million"/>
+    <n v="3831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH22C16"/>
+    <s v="Custom duties"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH22C17"/>
+    <s v="Excise duties including VRT"/>
+    <s v="Euro Million"/>
+    <n v="1672"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH22C18"/>
+    <s v="Value added tax"/>
+    <s v="Euro Million"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH22C19"/>
+    <s v="Residential property tax"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH22C20"/>
+    <s v="Rates"/>
+    <s v="Euro Million"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH22C21"/>
+    <s v="Motor tax - Estimated portion paid by businesses"/>
+    <s v="Euro Million"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH22C22"/>
+    <s v="Stamps (excluding fee stamps)"/>
+    <s v="Euro Million"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH22C23"/>
+    <s v="Fee Stamps"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH22C24"/>
+    <s v="Agricultural levies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH22C25"/>
+    <s v="Broadcasting licence fee"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH22C26"/>
+    <s v="Other fees"/>
+    <s v="Euro Million"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH22C27"/>
+    <s v="EU Taxes"/>
+    <s v="Euro Million"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH22C28"/>
+    <s v="Total Taxation"/>
+    <s v="Euro Million"/>
+    <n v="8688"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH22C01"/>
+    <s v="Taxes on income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="4976"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH22C02"/>
+    <s v="Income tax (including sur tax)"/>
+    <s v="Euro Million"/>
+    <n v="3025"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH22C03"/>
+    <s v="Corporation tax"/>
+    <s v="Euro Million"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH22C04"/>
+    <s v="Motor tax - Estimated portion paid by households etc."/>
+    <s v="Euro Million"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH22C05"/>
+    <s v="Other taxes"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH22C06"/>
+    <s v="Fees under the Petroleum and Minerals Development Acts"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH22C07"/>
+    <s v="Training and Employment Levy"/>
+    <s v="Euro Million"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH22C08"/>
+    <s v="Income Levy"/>
+    <s v="Euro Million"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH22C09"/>
+    <s v="Levies under Sections 93 &amp; 94 of Finance Act, 1986"/>
+    <s v="Euro Million"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH22C10"/>
+    <s v="Social Insurance contribution"/>
+    <s v="Euro Million"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH22C11"/>
+    <s v="Taxes on capital"/>
+    <s v="Euro Million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH22C12"/>
+    <s v="Estate, etc. duties"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH22C13"/>
+    <s v="Capital gains tax"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH22C14"/>
+    <s v="Capital acquisitions tax"/>
+    <s v="Euro Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH22C15"/>
+    <s v="Taxes on expenditure"/>
+    <s v="Euro Million"/>
+    <n v="4035"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH22C16"/>
+    <s v="Custom duties"/>
+    <s v="Euro Million"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH22C17"/>
+    <s v="Excise duties including VRT"/>
+    <s v="Euro Million"/>
+    <n v="1753"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH22C18"/>
+    <s v="Value added tax"/>
+    <s v="Euro Million"/>
+    <n v="1772"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH22C19"/>
+    <s v="Residential property tax"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH22C20"/>
+    <s v="Rates"/>
+    <s v="Euro Million"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH22C21"/>
+    <s v="Motor tax - Estimated portion paid by businesses"/>
+    <s v="Euro Million"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH22C22"/>
+    <s v="Stamps (excluding fee stamps)"/>
+    <s v="Euro Million"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH22C23"/>
+    <s v="Fee Stamps"/>
+    <s v="Euro Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH22C24"/>
+    <s v="Agricultural levies"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH22C25"/>
+    <s v="Broadcasting licence fee"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH22C26"/>
+    <s v="Other fees"/>
+    <s v="Euro Million"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH22C27"/>
+    <s v="EU Taxes"/>
+    <s v="Euro Million"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH22C28"/>
+    <s v="Total Taxation"/>
+    <s v="Euro Million"/>
+    <n v="9412"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH22C01"/>
+    <s v="Taxes on income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="5429"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH22C02"/>
+    <s v="Income tax (including sur tax)"/>
+    <s v="Euro Million"/>
+    <n v="3452"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH22C03"/>
+    <s v="Corporation tax"/>
+    <s v="Euro Million"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH22C04"/>
+    <s v="Motor tax - Estimated portion paid by households etc."/>
+    <s v="Euro Million"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH22C05"/>
+    <s v="Other taxes"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH22C06"/>
+    <s v="Fees under the Petroleum and Minerals Development Acts"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH22C07"/>
+    <s v="Training and Employment Levy"/>
+    <s v="Euro Million"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH22C08"/>
+    <s v="Income Levy"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH22C09"/>
+    <s v="Levies under Sections 93 &amp; 94 of Finance Act, 1986"/>
+    <s v="Euro Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH22C10"/>
+    <s v="Social Insurance contribution"/>
+    <s v="Euro Million"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH22C11"/>
+    <s v="Taxes on capital"/>
+    <s v="Euro Million"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH22C12"/>
+    <s v="Estate, etc. duties"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH22C13"/>
+    <s v="Capital gains tax"/>
+    <s v="Euro Million"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH22C14"/>
+    <s v="Capital acquisitions tax"/>
+    <s v="Euro Million"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH22C15"/>
+    <s v="Taxes on expenditure"/>
+    <s v="Euro Million"/>
+    <n v="4226"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH22C16"/>
+    <s v="Custom duties"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH22C17"/>
+    <s v="Excise duties including VRT"/>
+    <s v="Euro Million"/>
+    <n v="1764"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH22C18"/>
+    <s v="Value added tax"/>
+    <s v="Euro Million"/>
+    <n v="1843"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH22C19"/>
+    <s v="Residential property tax"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH22C20"/>
+    <s v="Rates"/>
+    <s v="Euro Million"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH22C21"/>
+    <s v="Motor tax - Estimated portion paid by businesses"/>
+    <s v="Euro Million"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH22C22"/>
+    <s v="Stamps (excluding fee stamps)"/>
+    <s v="Euro Million"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH22C23"/>
+    <s v="Fee Stamps"/>
+    <s v="Euro Million"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH22C24"/>
+    <s v="Agricultural levies"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH22C25"/>
+    <s v="Broadcasting licence fee"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH22C26"/>
+    <s v="Other fees"/>
+    <s v="Euro Million"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH22C27"/>
+    <s v="EU Taxes"/>
+    <s v="Euro Million"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH22C28"/>
+    <s v="Total Taxation"/>
+    <s v="Euro Million"/>
+    <n v="10120"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH22C01"/>
+    <s v="Taxes on income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="6122"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH22C02"/>
+    <s v="Income tax (including sur tax)"/>
+    <s v="Euro Million"/>
+    <n v="3867"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH22C03"/>
+    <s v="Corporation tax"/>
+    <s v="Euro Million"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH22C04"/>
+    <s v="Motor tax - Estimated portion paid by households etc."/>
+    <s v="Euro Million"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH22C05"/>
+    <s v="Other taxes"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH22C06"/>
+    <s v="Fees under the Petroleum and Minerals Development Acts"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH22C07"/>
+    <s v="Training and Employment Levy"/>
+    <s v="Euro Million"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH22C08"/>
+    <s v="Income Levy"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH22C09"/>
+    <s v="Levies under Sections 93 &amp; 94 of Finance Act, 1986"/>
+    <s v="Euro Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH22C10"/>
+    <s v="Social Insurance contribution"/>
+    <s v="Euro Million"/>
+    <n v="1540"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH22C11"/>
+    <s v="Taxes on capital"/>
+    <s v="Euro Million"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH22C12"/>
+    <s v="Estate, etc. duties"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH22C13"/>
+    <s v="Capital gains tax"/>
+    <s v="Euro Million"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH22C14"/>
+    <s v="Capital acquisitions tax"/>
+    <s v="Euro Million"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH22C15"/>
+    <s v="Taxes on expenditure"/>
+    <s v="Euro Million"/>
+    <n v="4613"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH22C16"/>
+    <s v="Custom duties"/>
+    <s v="Euro Million"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH22C17"/>
+    <s v="Excise duties including VRT"/>
+    <s v="Euro Million"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH22C18"/>
+    <s v="Value added tax"/>
+    <s v="Euro Million"/>
+    <n v="2087"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH22C19"/>
+    <s v="Residential property tax"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH22C20"/>
+    <s v="Rates"/>
+    <s v="Euro Million"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH22C21"/>
+    <s v="Motor tax - Estimated portion paid by businesses"/>
+    <s v="Euro Million"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH22C22"/>
+    <s v="Stamps (excluding fee stamps)"/>
+    <s v="Euro Million"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH22C23"/>
+    <s v="Fee Stamps"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH22C24"/>
+    <s v="Agricultural levies"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH22C25"/>
+    <s v="Broadcasting licence fee"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH22C26"/>
+    <s v="Other fees"/>
+    <s v="Euro Million"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH22C27"/>
+    <s v="EU Taxes"/>
+    <s v="Euro Million"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH22C28"/>
+    <s v="Total Taxation"/>
+    <s v="Euro Million"/>
+    <n v="11185"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH22C01"/>
+    <s v="Taxes on income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="5916"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH22C02"/>
+    <s v="Income tax (including sur tax)"/>
+    <s v="Euro Million"/>
+    <n v="3595"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH22C03"/>
+    <s v="Corporation tax"/>
+    <s v="Euro Million"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH22C04"/>
+    <s v="Motor tax - Estimated portion paid by households etc."/>
+    <s v="Euro Million"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH22C05"/>
+    <s v="Other taxes"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH22C06"/>
+    <s v="Fees under the Petroleum and Minerals Development Acts"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH22C07"/>
+    <s v="Training and Employment Levy"/>
+    <s v="Euro Million"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH22C08"/>
+    <s v="Income Levy"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH22C09"/>
+    <s v="Levies under Sections 93 &amp; 94 of Finance Act, 1986"/>
+    <s v="Euro Million"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH22C10"/>
+    <s v="Social Insurance contribution"/>
+    <s v="Euro Million"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH22C11"/>
+    <s v="Taxes on capital"/>
+    <s v="Euro Million"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH22C12"/>
+    <s v="Estate, etc. duties"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH22C13"/>
+    <s v="Capital gains tax"/>
+    <s v="Euro Million"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH22C14"/>
+    <s v="Capital acquisitions tax"/>
+    <s v="Euro Million"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH22C15"/>
+    <s v="Taxes on expenditure"/>
+    <s v="Euro Million"/>
+    <n v="5081"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH22C16"/>
+    <s v="Custom duties"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH22C17"/>
+    <s v="Excise duties including VRT"/>
+    <s v="Euro Million"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH22C18"/>
+    <s v="Value added tax"/>
+    <s v="Euro Million"/>
+    <n v="2283"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH22C19"/>
+    <s v="Residential property tax"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH22C20"/>
+    <s v="Rates"/>
+    <s v="Euro Million"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH22C21"/>
+    <s v="Motor tax - Estimated portion paid by businesses"/>
+    <s v="Euro Million"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH22C22"/>
+    <s v="Stamps (excluding fee stamps)"/>
+    <s v="Euro Million"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH22C23"/>
+    <s v="Fee Stamps"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH22C24"/>
+    <s v="Agricultural levies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH22C25"/>
+    <s v="Broadcasting licence fee"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH22C26"/>
+    <s v="Other fees"/>
+    <s v="Euro Million"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH22C27"/>
+    <s v="EU Taxes"/>
+    <s v="Euro Million"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH22C28"/>
+    <s v="Total Taxation"/>
+    <s v="Euro Million"/>
+    <n v="11486"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH22C01"/>
+    <s v="Taxes on income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="6562"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH22C02"/>
+    <s v="Income tax (including sur tax)"/>
+    <s v="Euro Million"/>
+    <n v="3845"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH22C03"/>
+    <s v="Corporation tax"/>
+    <s v="Euro Million"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH22C04"/>
+    <s v="Motor tax - Estimated portion paid by households etc."/>
+    <s v="Euro Million"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH22C05"/>
+    <s v="Other taxes"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH22C06"/>
+    <s v="Fees under the Petroleum and Minerals Development Acts"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH22C07"/>
+    <s v="Training and Employment Levy"/>
+    <s v="Euro Million"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH22C08"/>
+    <s v="Income Levy"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH22C09"/>
+    <s v="Levies under Sections 93 &amp; 94 of Finance Act, 1986"/>
+    <s v="Euro Million"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH22C10"/>
+    <s v="Social Insurance contribution"/>
+    <s v="Euro Million"/>
+    <n v="1804"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH22C11"/>
+    <s v="Taxes on capital"/>
+    <s v="Euro Million"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH22C12"/>
+    <s v="Estate, etc. duties"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH22C13"/>
+    <s v="Capital gains tax"/>
+    <s v="Euro Million"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH22C14"/>
+    <s v="Capital acquisitions tax"/>
+    <s v="Euro Million"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH22C15"/>
+    <s v="Taxes on expenditure"/>
+    <s v="Euro Million"/>
+    <n v="5211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH22C16"/>
+    <s v="Custom duties"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH22C17"/>
+    <s v="Excise duties including VRT"/>
+    <s v="Euro Million"/>
+    <n v="2141"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH22C18"/>
+    <s v="Value added tax"/>
+    <s v="Euro Million"/>
+    <n v="2286"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH22C19"/>
+    <s v="Residential property tax"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH22C20"/>
+    <s v="Rates"/>
+    <s v="Euro Million"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH22C21"/>
+    <s v="Motor tax - Estimated portion paid by businesses"/>
+    <s v="Euro Million"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH22C22"/>
+    <s v="Stamps (excluding fee stamps)"/>
+    <s v="Euro Million"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH22C23"/>
+    <s v="Fee Stamps"/>
+    <s v="Euro Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH22C24"/>
+    <s v="Agricultural levies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH22C25"/>
+    <s v="Broadcasting licence fee"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH22C26"/>
+    <s v="Other fees"/>
+    <s v="Euro Million"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH22C27"/>
+    <s v="EU Taxes"/>
+    <s v="Euro Million"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH22C28"/>
+    <s v="Total Taxation"/>
+    <s v="Euro Million"/>
+    <n v="12256"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH22C01"/>
+    <s v="Taxes on income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="7113"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH22C02"/>
+    <s v="Income tax (including sur tax)"/>
+    <s v="Euro Million"/>
+    <n v="4091"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH22C03"/>
+    <s v="Corporation tax"/>
+    <s v="Euro Million"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH22C04"/>
+    <s v="Motor tax - Estimated portion paid by households etc."/>
+    <s v="Euro Million"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH22C05"/>
+    <s v="Other taxes"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH22C06"/>
+    <s v="Fees under the Petroleum and Minerals Development Acts"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH22C07"/>
+    <s v="Training and Employment Levy"/>
+    <s v="Euro Million"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH22C08"/>
+    <s v="Income Levy"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH22C09"/>
+    <s v="Levies under Sections 93 &amp; 94 of Finance Act, 1986"/>
+    <s v="Euro Million"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH22C10"/>
+    <s v="Social Insurance contribution"/>
+    <s v="Euro Million"/>
+    <n v="1942"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH22C11"/>
+    <s v="Taxes on capital"/>
+    <s v="Euro Million"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH22C12"/>
+    <s v="Estate, etc. duties"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH22C13"/>
+    <s v="Capital gains tax"/>
+    <s v="Euro Million"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH22C14"/>
+    <s v="Capital acquisitions tax"/>
+    <s v="Euro Million"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH22C15"/>
+    <s v="Taxes on expenditure"/>
+    <s v="Euro Million"/>
+    <n v="5257"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH22C16"/>
+    <s v="Custom duties"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH22C17"/>
+    <s v="Excise duties including VRT"/>
+    <s v="Euro Million"/>
+    <n v="2159"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH22C18"/>
+    <s v="Value added tax"/>
+    <s v="Euro Million"/>
+    <n v="2305"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH22C19"/>
+    <s v="Residential property tax"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH22C20"/>
+    <s v="Rates"/>
+    <s v="Euro Million"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH22C21"/>
+    <s v="Motor tax - Estimated portion paid by businesses"/>
+    <s v="Euro Million"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH22C22"/>
+    <s v="Stamps (excluding fee stamps)"/>
+    <s v="Euro Million"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH22C23"/>
+    <s v="Fee Stamps"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH22C24"/>
+    <s v="Agricultural levies"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH22C25"/>
+    <s v="Broadcasting licence fee"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH22C26"/>
+    <s v="Other fees"/>
+    <s v="Euro Million"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH22C27"/>
+    <s v="EU Taxes"/>
+    <s v="Euro Million"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH22C28"/>
+    <s v="Total Taxation"/>
+    <s v="Euro Million"/>
+    <n v="12936"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH22C01"/>
+    <s v="Taxes on income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="7733"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH22C02"/>
+    <s v="Income tax (including sur tax)"/>
+    <s v="Euro Million"/>
+    <n v="4335"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH22C03"/>
+    <s v="Corporation tax"/>
+    <s v="Euro Million"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH22C04"/>
+    <s v="Motor tax - Estimated portion paid by households etc."/>
+    <s v="Euro Million"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH22C05"/>
+    <s v="Other taxes"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH22C06"/>
+    <s v="Fees under the Petroleum and Minerals Development Acts"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH22C07"/>
+    <s v="Training and Employment Levy"/>
+    <s v="Euro Million"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH22C08"/>
+    <s v="Income Levy"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH22C09"/>
+    <s v="Levies under Sections 93 &amp; 94 of Finance Act, 1986"/>
+    <s v="Euro Million"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH22C10"/>
+    <s v="Social Insurance contribution"/>
+    <s v="Euro Million"/>
+    <n v="2105"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH22C11"/>
+    <s v="Taxes on capital"/>
+    <s v="Euro Million"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH22C12"/>
+    <s v="Estate, etc. duties"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH22C13"/>
+    <s v="Capital gains tax"/>
+    <s v="Euro Million"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH22C14"/>
+    <s v="Capital acquisitions tax"/>
+    <s v="Euro Million"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH22C15"/>
+    <s v="Taxes on expenditure"/>
+    <s v="Euro Million"/>
+    <n v="5597"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH22C16"/>
+    <s v="Custom duties"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH22C17"/>
+    <s v="Excise duties including VRT"/>
+    <s v="Euro Million"/>
+    <n v="2219"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH22C18"/>
+    <s v="Value added tax"/>
+    <s v="Euro Million"/>
+    <n v="2520"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH22C19"/>
+    <s v="Residential property tax"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH22C20"/>
+    <s v="Rates"/>
+    <s v="Euro Million"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH22C21"/>
+    <s v="Motor tax - Estimated portion paid by businesses"/>
+    <s v="Euro Million"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH22C22"/>
+    <s v="Stamps (excluding fee stamps)"/>
+    <s v="Euro Million"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH22C23"/>
+    <s v="Fee Stamps"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH22C24"/>
+    <s v="Agricultural levies"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH22C25"/>
+    <s v="Broadcasting licence fee"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH22C26"/>
+    <s v="Other fees"/>
+    <s v="Euro Million"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH22C27"/>
+    <s v="EU Taxes"/>
+    <s v="Euro Million"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH22C28"/>
+    <s v="Total Taxation"/>
+    <s v="Euro Million"/>
+    <n v="13875"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH22C01"/>
+    <s v="Taxes on income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="8704"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH22C02"/>
+    <s v="Income tax (including sur tax)"/>
+    <s v="Euro Million"/>
+    <n v="4727"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH22C03"/>
+    <s v="Corporation tax"/>
+    <s v="Euro Million"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH22C04"/>
+    <s v="Motor tax - Estimated portion paid by households etc."/>
+    <s v="Euro Million"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH22C05"/>
+    <s v="Other taxes"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH22C06"/>
+    <s v="Fees under the Petroleum and Minerals Development Acts"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH22C07"/>
+    <s v="Training and Employment Levy"/>
+    <s v="Euro Million"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH22C08"/>
+    <s v="Income Levy"/>
+    <s v="Euro Million"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH22C09"/>
+    <s v="Levies under Sections 93 &amp; 94 of Finance Act, 1986"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH22C10"/>
+    <s v="Social Insurance contribution"/>
+    <s v="Euro Million"/>
+    <n v="2287"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH22C11"/>
+    <s v="Taxes on capital"/>
+    <s v="Euro Million"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH22C12"/>
+    <s v="Estate, etc. duties"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH22C13"/>
+    <s v="Capital gains tax"/>
+    <s v="Euro Million"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH22C14"/>
+    <s v="Capital acquisitions tax"/>
+    <s v="Euro Million"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH22C15"/>
+    <s v="Taxes on expenditure"/>
+    <s v="Euro Million"/>
+    <n v="5667"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH22C16"/>
+    <s v="Custom duties"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH22C17"/>
+    <s v="Excise duties including VRT"/>
+    <s v="Euro Million"/>
+    <n v="2231"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH22C18"/>
+    <s v="Value added tax"/>
+    <s v="Euro Million"/>
+    <n v="2573"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH22C19"/>
+    <s v="Residential property tax"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH22C20"/>
+    <s v="Rates"/>
+    <s v="Euro Million"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH22C21"/>
+    <s v="Motor tax - Estimated portion paid by businesses"/>
+    <s v="Euro Million"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH22C22"/>
+    <s v="Stamps (excluding fee stamps)"/>
+    <s v="Euro Million"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH22C23"/>
+    <s v="Fee Stamps"/>
+    <s v="Euro Million"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH22C24"/>
+    <s v="Agricultural levies"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH22C25"/>
+    <s v="Broadcasting licence fee"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH22C26"/>
+    <s v="Other fees"/>
+    <s v="Euro Million"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH22C27"/>
+    <s v="EU Taxes"/>
+    <s v="Euro Million"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH22C28"/>
+    <s v="Total Taxation"/>
+    <s v="Euro Million"/>
+    <n v="14984"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH22C01"/>
+    <s v="Taxes on income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="9446"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH22C02"/>
+    <s v="Income tax (including sur tax)"/>
+    <s v="Euro Million"/>
+    <n v="5143"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH22C03"/>
+    <s v="Corporation tax"/>
+    <s v="Euro Million"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH22C04"/>
+    <s v="Motor tax - Estimated portion paid by households etc."/>
+    <s v="Euro Million"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH22C05"/>
+    <s v="Other taxes"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH22C06"/>
+    <s v="Fees under the Petroleum and Minerals Development Acts"/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH22C07"/>
+    <s v="Training and Employment Levy"/>
+    <s v="Euro Million"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH22C08"/>
+    <s v="Income Levy"/>
+    <s v="Euro Million"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH22C09"/>
+    <s v="Levies under Sections 93 &amp; 94 of Finance Act, 1986"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH22C10"/>
+    <s v="Social Insurance contribution"/>
+    <s v="Euro Million"/>
+    <n v="2391"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH22C11"/>
+    <s v="Taxes on capital"/>
+    <s v="Euro Million"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH22C12"/>
+    <s v="Estate, etc. duties"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH22C13"/>
+    <s v="Capital gains tax"/>
+    <s v="Euro Million"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH22C14"/>
+    <s v="Capital acquisitions tax"/>
+    <s v="Euro Million"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH22C15"/>
+    <s v="Taxes on expenditure"/>
+    <s v="Euro Million"/>
+    <n v="6497"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH22C16"/>
+    <s v="Custom duties"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH22C17"/>
+    <s v="Excise duties including VRT"/>
+    <s v="Euro Million"/>
+    <n v="2515"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH22C18"/>
+    <s v="Value added tax"/>
+    <s v="Euro Million"/>
+    <n v="3009"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH22C19"/>
+    <s v="Residential property tax"/>
+    <s v="Euro Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH22C20"/>
+    <s v="Rates"/>
+    <s v="Euro Million"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH22C21"/>
+    <s v="Motor tax - Estimated portion paid by businesses"/>
+    <s v="Euro Million"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH22C22"/>
+    <s v="Stamps (excluding fee stamps)"/>
+    <s v="Euro Million"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH22C23"/>
+    <s v="Fee Stamps"/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH22C24"/>
+    <s v="Agricultural levies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH22C25"/>
+    <s v="Broadcasting licence fee"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH22C26"/>
+    <s v="Other fees"/>
+    <s v="Euro Million"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH22C27"/>
+    <s v="EU Taxes"/>
+    <s v="Euro Million"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH22C28"/>
+    <s v="Total Taxation"/>
+    <s v="Euro Million"/>
+    <n v="16623"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH22C01"/>
+    <s v="Taxes on income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="9590"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH22C02"/>
+    <s v="Income tax (including sur tax)"/>
+    <s v="Euro Million"/>
+    <n v="5237"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH22C03"/>
+    <s v="Corporation tax"/>
+    <s v="Euro Million"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH22C04"/>
+    <s v="Motor tax - Estimated portion paid by households etc."/>
+    <s v="Euro Million"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH22C05"/>
+    <s v="Other taxes"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH22C06"/>
+    <s v="Fees under the Petroleum and Minerals Development Acts"/>
+    <s v="Euro Million"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH22C07"/>
+    <s v="Training and Employment Levy"/>
+    <s v="Euro Million"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH22C08"/>
+    <s v="Income Levy"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH22C09"/>
+    <s v="Levies under Sections 93 &amp; 94 of Finance Act, 1986"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH22C10"/>
+    <s v="Social Insurance contribution"/>
+    <s v="Euro Million"/>
+    <n v="2487"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH22C11"/>
+    <s v="Taxes on capital"/>
+    <s v="Euro Million"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH22C12"/>
+    <s v="Estate, etc. duties"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH22C13"/>
+    <s v="Capital gains tax"/>
+    <s v="Euro Million"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH22C14"/>
+    <s v="Capital acquisitions tax"/>
+    <s v="Euro Million"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH22C15"/>
+    <s v="Taxes on expenditure"/>
+    <s v="Euro Million"/>
+    <n v="7102"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH22C16"/>
+    <s v="Custom duties"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH22C17"/>
+    <s v="Excise duties including VRT"/>
+    <s v="Euro Million"/>
+    <n v="2686"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH22C18"/>
+    <s v="Value added tax"/>
+    <s v="Euro Million"/>
+    <n v="3390"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH22C19"/>
+    <s v="Residential property tax"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH22C20"/>
+    <s v="Rates"/>
+    <s v="Euro Million"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH22C21"/>
+    <s v="Motor tax - Estimated portion paid by businesses"/>
+    <s v="Euro Million"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH22C22"/>
+    <s v="Stamps (excluding fee stamps)"/>
+    <s v="Euro Million"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH22C23"/>
+    <s v="Fee Stamps"/>
+    <s v="Euro Million"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH22C24"/>
+    <s v="Agricultural levies"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH22C25"/>
+    <s v="Broadcasting licence fee"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH22C26"/>
+    <s v="Other fees"/>
+    <s v="Euro Million"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH22C27"/>
+    <s v="EU Taxes"/>
+    <s v="Euro Million"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH22C28"/>
+    <s v="Total Taxation"/>
+    <s v="Euro Million"/>
+    <n v="17437"/>
+  </r>
+</pivotCacheRecords>
 </file>