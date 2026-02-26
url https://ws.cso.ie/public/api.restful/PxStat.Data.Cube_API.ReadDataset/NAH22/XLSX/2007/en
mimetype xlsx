--- v1 (2025-12-20)
+++ v2 (2026-02-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R380287220a774d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ca247754d4f347ca98cda9496355551c.psmdcp" Id="R5220e9cf009a4387" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62b221ca30a54a9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/048fe214409a405a932f07a93f8f3f2d.psmdcp" Id="R0904d0b1aa19422f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>