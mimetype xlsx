--- v0 (2025-11-08)
+++ v1 (2026-02-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4099144a0b94c9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e40b67126445458f9d94534fb8836130.psmdcp" Id="R37c881cf8e5e41ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fd3b5c3c68643e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e6bbb5a384204002a37a934d502bc07b.psmdcp" Id="R9b42c4aeffa741a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NAH14</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>T14 Consumption of Personal Income (except Taxes on Personal Income and Wealth) (excluding FISIM) at Constant Market Prices (chain linked annually and referenced to 2009)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/3/2023 11:00:00 AM</x:t>
+    <x:t>03/11/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:b/>
         <x:i/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>FISIM:</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
@@ -604,547 +604,204 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...495 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="Item" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H677" totalsRowShown="0">
   <x:autoFilter ref="A1:H677"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02196V02652"/>
     <x:tableColumn id="2" name="State"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Item"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1413,51 +1070,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NAH14/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1646,51 +1303,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H677"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="86.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -19280,51 +18937,51 @@
       <x:c r="E677" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F677" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G677" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H677" s="0">
         <x:v>43222</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -19341,51 +18998,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H677" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="1">
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="State">
       <x:sharedItems count="1">
         <x:s v="State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="26">
         <x:s v="1970"/>
         <x:s v="1971"/>
         <x:s v="1972"/>
         <x:s v="1973"/>
         <x:s v="1974"/>
         <x:s v="1975"/>
         <x:s v="1976"/>
         <x:s v="1977"/>
         <x:s v="1978"/>
         <x:s v="1979"/>
         <x:s v="1980"/>
@@ -20119,27 +19776,6788 @@
         <x:n v="7744"/>
         <x:n v="1908"/>
         <x:n v="2232"/>
         <x:n v="1046"/>
         <x:n v="1335"/>
         <x:n v="4993"/>
         <x:n v="2433"/>
         <x:n v="1462"/>
         <x:n v="5009"/>
         <x:n v="794"/>
         <x:n v="4827"/>
         <x:n v="8742"/>
         <x:n v="4103"/>
         <x:n v="917"/>
         <x:n v="3711"/>
         <x:n v="1844"/>
         <x:n v="-2551"/>
         <x:n v="43222"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH14C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="9050"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH14C02"/>
+    <s v="Food, beverages and tobacco - Food (excluding meals out)"/>
+    <s v="Euro Million"/>
+    <n v="3992"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH14C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH14C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total including Public Houses)"/>
+    <s v="Euro Million"/>
+    <n v="2805"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH14C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="2585"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH14C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH14C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="3528"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH14C08"/>
+    <s v="Fuel and power (excluding motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH14C09"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH14C10"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH14C11"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH14C12"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="1889"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH14C13"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH14C14"/>
+    <s v="Transport and communication - Operation of personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH14C15"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH14C16"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH14C17"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH14C18"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH14C19"/>
+    <s v="Recreation, entertainment and education - Services (including education)"/>
+    <s v="Euro Million"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH14C20"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="3186"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH14C21"/>
+    <s v="Miscellaneous goods and services - Professional services (including medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH14C22"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH14C23"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH14C24"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH14C25"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-1179"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH14C26"/>
+    <s v="161. Personal consumption of goods and services at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="21149"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH14C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="9343"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH14C02"/>
+    <s v="Food, beverages and tobacco - Food (excluding meals out)"/>
+    <s v="Euro Million"/>
+    <n v="4078"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH14C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH14C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total including Public Houses)"/>
+    <s v="Euro Million"/>
+    <n v="2969"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH14C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="2612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH14C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH14C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="3642"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH14C08"/>
+    <s v="Fuel and power (excluding motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH14C09"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH14C10"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH14C11"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH14C12"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="1959"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH14C13"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH14C14"/>
+    <s v="Transport and communication - Operation of personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH14C15"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH14C16"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH14C17"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="1760"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH14C18"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH14C19"/>
+    <s v="Recreation, entertainment and education - Services (including education)"/>
+    <s v="Euro Million"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH14C20"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="3319"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH14C21"/>
+    <s v="Miscellaneous goods and services - Professional services (including medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="1997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH14C22"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH14C23"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="1362"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH14C24"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH14C25"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-1152"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH14C26"/>
+    <s v="161. Personal consumption of goods and services at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="21870"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH14C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="9793"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH14C02"/>
+    <s v="Food, beverages and tobacco - Food (excluding meals out)"/>
+    <s v="Euro Million"/>
+    <n v="4160"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH14C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH14C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total including Public Houses)"/>
+    <s v="Euro Million"/>
+    <n v="3270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH14C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="2771"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH14C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH14C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="3773"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH14C08"/>
+    <s v="Fuel and power (excluding motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH14C09"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH14C10"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH14C11"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH14C12"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="2161"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH14C13"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH14C14"/>
+    <s v="Transport and communication - Operation of personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH14C15"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH14C16"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH14C17"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH14C18"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH14C19"/>
+    <s v="Recreation, entertainment and education - Services (including education)"/>
+    <s v="Euro Million"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH14C20"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="3350"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH14C21"/>
+    <s v="Miscellaneous goods and services - Professional services (including medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="2060"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH14C22"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH14C23"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH14C24"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH14C25"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-944"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH14C26"/>
+    <s v="161. Personal consumption of goods and services at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="23259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH14C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="10605"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH14C02"/>
+    <s v="Food, beverages and tobacco - Food (excluding meals out)"/>
+    <s v="Euro Million"/>
+    <n v="4460"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH14C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH14C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total including Public Houses)"/>
+    <s v="Euro Million"/>
+    <n v="3637"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH14C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="2951"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH14C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH14C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="4016"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH14C08"/>
+    <s v="Fuel and power (excluding motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH14C09"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH14C10"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH14C11"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH14C12"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="2542"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH14C13"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH14C14"/>
+    <s v="Transport and communication - Operation of personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH14C15"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH14C16"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH14C17"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH14C18"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH14C19"/>
+    <s v="Recreation, entertainment and education - Services (including education)"/>
+    <s v="Euro Million"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH14C20"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="3509"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH14C21"/>
+    <s v="Miscellaneous goods and services - Professional services (including medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="2101"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH14C22"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH14C23"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH14C24"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH14C25"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-1021"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH14C26"/>
+    <s v="161. Personal consumption of goods and services at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="24999"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH14C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="11103"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH14C02"/>
+    <s v="Food, beverages and tobacco - Food (excluding meals out)"/>
+    <s v="Euro Million"/>
+    <n v="4599"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH14C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH14C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total including Public Houses)"/>
+    <s v="Euro Million"/>
+    <n v="3941"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH14C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="3093"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH14C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH14C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="4319"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH14C08"/>
+    <s v="Fuel and power (excluding motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH14C09"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH14C10"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH14C11"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH14C12"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="2376"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH14C13"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH14C14"/>
+    <s v="Transport and communication - Operation of personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH14C15"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH14C16"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH14C17"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH14C18"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH14C19"/>
+    <s v="Recreation, entertainment and education - Services (including education)"/>
+    <s v="Euro Million"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH14C20"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="3500"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH14C21"/>
+    <s v="Miscellaneous goods and services - Professional services (including medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="2083"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH14C22"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH14C23"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="1465"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH14C24"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH14C25"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-1053"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH14C26"/>
+    <s v="161. Personal consumption of goods and services at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="25315"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH14C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="10643"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH14C02"/>
+    <s v="Food, beverages and tobacco - Food (excluding meals out)"/>
+    <s v="Euro Million"/>
+    <n v="4230"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH14C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH14C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total including Public Houses)"/>
+    <s v="Euro Million"/>
+    <n v="4078"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH14C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="3053"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH14C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH14C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="4586"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH14C08"/>
+    <s v="Fuel and power (excluding motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH14C09"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH14C10"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH14C11"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH14C12"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="2474"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH14C13"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH14C14"/>
+    <s v="Transport and communication - Operation of personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH14C15"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH14C16"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH14C17"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH14C18"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH14C19"/>
+    <s v="Recreation, entertainment and education - Services (including education)"/>
+    <s v="Euro Million"/>
+    <n v="1543"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH14C20"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="3451"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH14C21"/>
+    <s v="Miscellaneous goods and services - Professional services (including medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="1974"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH14C22"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH14C23"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="1424"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH14C24"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH14C25"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-1005"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH14C26"/>
+    <s v="161. Personal consumption of goods and services at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="24993"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH14C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="10833"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH14C02"/>
+    <s v="Food, beverages and tobacco - Food (excluding meals out)"/>
+    <s v="Euro Million"/>
+    <n v="4379"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH14C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH14C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total including Public Houses)"/>
+    <s v="Euro Million"/>
+    <n v="3991"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH14C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="3078"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH14C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH14C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="4720"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH14C08"/>
+    <s v="Fuel and power (excluding motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH14C09"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH14C10"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH14C11"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH14C12"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="2775"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH14C13"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH14C14"/>
+    <s v="Transport and communication - Operation of personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="1543"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH14C15"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH14C16"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH14C17"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="2559"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH14C18"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH14C19"/>
+    <s v="Recreation, entertainment and education - Services (including education)"/>
+    <s v="Euro Million"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH14C20"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="3556"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH14C21"/>
+    <s v="Miscellaneous goods and services - Professional services (including medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="1938"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH14C22"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH14C23"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="1512"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH14C24"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH14C25"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-990"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH14C26"/>
+    <s v="161. Personal consumption of goods and services at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="26416"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH14C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="11158"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH14C02"/>
+    <s v="Food, beverages and tobacco - Food (excluding meals out)"/>
+    <s v="Euro Million"/>
+    <n v="4517"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH14C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH14C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total including Public Houses)"/>
+    <s v="Euro Million"/>
+    <n v="4163"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH14C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="2947"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH14C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH14C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="4883"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH14C08"/>
+    <s v="Fuel and power (excluding motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH14C09"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH14C10"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH14C11"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH14C12"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="3089"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH14C13"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH14C14"/>
+    <s v="Transport and communication - Operation of personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="1583"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH14C15"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH14C16"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH14C17"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="2803"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH14C18"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH14C19"/>
+    <s v="Recreation, entertainment and education - Services (including education)"/>
+    <s v="Euro Million"/>
+    <n v="1965"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH14C20"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="3718"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH14C21"/>
+    <s v="Miscellaneous goods and services - Professional services (including medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="1947"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH14C22"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH14C23"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="1584"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH14C24"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH14C25"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-1173"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH14C26"/>
+    <s v="161. Personal consumption of goods and services at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="27567"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH14C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="11723"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH14C02"/>
+    <s v="Food, beverages and tobacco - Food (excluding meals out)"/>
+    <s v="Euro Million"/>
+    <n v="4616"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH14C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH14C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total including Public Houses)"/>
+    <s v="Euro Million"/>
+    <n v="4510"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH14C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="3185"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH14C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH14C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="5059"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH14C08"/>
+    <s v="Fuel and power (excluding motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH14C09"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH14C10"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH14C11"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH14C12"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="3527"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH14C13"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH14C14"/>
+    <s v="Transport and communication - Operation of personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="1838"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH14C15"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH14C16"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH14C17"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="3118"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH14C18"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH14C19"/>
+    <s v="Recreation, entertainment and education - Services (including education)"/>
+    <s v="Euro Million"/>
+    <n v="2114"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH14C20"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="3997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH14C21"/>
+    <s v="Miscellaneous goods and services - Professional services (including medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="2094"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH14C22"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH14C23"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="1622"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH14C24"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH14C25"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-1276"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH14C26"/>
+    <s v="161. Personal consumption of goods and services at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="29647"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH14C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="12316"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH14C02"/>
+    <s v="Food, beverages and tobacco - Food (excluding meals out)"/>
+    <s v="Euro Million"/>
+    <n v="4911"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH14C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH14C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total including Public Houses)"/>
+    <s v="Euro Million"/>
+    <n v="4673"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH14C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="3147"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH14C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH14C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="5281"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH14C08"/>
+    <s v="Fuel and power (excluding motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH14C09"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH14C10"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH14C11"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH14C12"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="3490"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH14C13"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH14C14"/>
+    <s v="Transport and communication - Operation of personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="1956"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH14C15"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH14C16"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH14C17"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="3327"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH14C18"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH14C19"/>
+    <s v="Recreation, entertainment and education - Services (including education)"/>
+    <s v="Euro Million"/>
+    <n v="2339"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH14C20"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="4452"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH14C21"/>
+    <s v="Miscellaneous goods and services - Professional services (including medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="2341"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH14C22"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH14C23"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH14C24"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH14C25"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-1341"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH14C26"/>
+    <s v="161. Personal consumption of goods and services at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="31920"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH14C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="13073"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH14C02"/>
+    <s v="Food, beverages and tobacco - Food (excluding meals out)"/>
+    <s v="Euro Million"/>
+    <n v="5454"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH14C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH14C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total including Public Houses)"/>
+    <s v="Euro Million"/>
+    <n v="4595"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH14C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="3108"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH14C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH14C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="5496"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH14C08"/>
+    <s v="Fuel and power (excluding motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH14C09"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH14C10"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH14C11"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH14C12"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="3458"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH14C13"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH14C14"/>
+    <s v="Transport and communication - Operation of personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="2020"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH14C15"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH14C16"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH14C17"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="3468"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH14C18"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH14C19"/>
+    <s v="Recreation, entertainment and education - Services (including education)"/>
+    <s v="Euro Million"/>
+    <n v="2334"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH14C20"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="4871"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH14C21"/>
+    <s v="Miscellaneous goods and services - Professional services (including medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="2788"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH14C22"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH14C23"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="1635"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH14C24"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH14C25"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-1242"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH14C26"/>
+    <s v="161. Personal consumption of goods and services at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="32788"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH14C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="12976"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH14C02"/>
+    <s v="Food, beverages and tobacco - Food (excluding meals out)"/>
+    <s v="Euro Million"/>
+    <n v="5529"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH14C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH14C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total including Public Houses)"/>
+    <s v="Euro Million"/>
+    <n v="4379"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH14C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="2906"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH14C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH14C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="5710"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH14C08"/>
+    <s v="Fuel and power (excluding motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH14C09"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH14C10"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH14C11"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH14C12"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="3660"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH14C13"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH14C14"/>
+    <s v="Transport and communication - Operation of personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH14C15"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH14C16"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH14C17"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="3509"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH14C18"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH14C19"/>
+    <s v="Recreation, entertainment and education - Services (including education)"/>
+    <s v="Euro Million"/>
+    <n v="2355"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH14C20"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="4862"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH14C21"/>
+    <s v="Miscellaneous goods and services - Professional services (including medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="2834"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH14C22"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH14C23"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH14C24"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH14C25"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-1128"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH14C26"/>
+    <s v="161. Personal consumption of goods and services at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="32985"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH14C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="12958"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH14C02"/>
+    <s v="Food, beverages and tobacco - Food (excluding meals out)"/>
+    <s v="Euro Million"/>
+    <n v="5619"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH14C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH14C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total including Public Houses)"/>
+    <s v="Euro Million"/>
+    <n v="4230"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH14C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="2881"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH14C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH14C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="5915"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH14C08"/>
+    <s v="Fuel and power (excluding motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH14C09"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH14C10"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH14C11"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH14C12"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="3108"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH14C13"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH14C14"/>
+    <s v="Transport and communication - Operation of personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="1930"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH14C15"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH14C16"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH14C17"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="3164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH14C18"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH14C19"/>
+    <s v="Recreation, entertainment and education - Services (including education)"/>
+    <s v="Euro Million"/>
+    <n v="2295"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH14C20"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="4681"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH14C21"/>
+    <s v="Miscellaneous goods and services - Professional services (including medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH14C22"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH14C23"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH14C24"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH14C25"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-1109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH14C26"/>
+    <s v="161. Personal consumption of goods and services at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="31565"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH14C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="12492"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH14C02"/>
+    <s v="Food, beverages and tobacco - Food (excluding meals out)"/>
+    <s v="Euro Million"/>
+    <n v="5532"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH14C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH14C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total including Public Houses)"/>
+    <s v="Euro Million"/>
+    <n v="3836"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH14C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="2809"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH14C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH14C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="6065"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH14C08"/>
+    <s v="Fuel and power (excluding motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH14C09"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH14C10"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH14C11"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH14C12"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="2884"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH14C13"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH14C14"/>
+    <s v="Transport and communication - Operation of personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="1806"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH14C15"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH14C16"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH14C17"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="3038"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH14C18"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH14C19"/>
+    <s v="Recreation, entertainment and education - Services (including education)"/>
+    <s v="Euro Million"/>
+    <n v="2390"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH14C20"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="4919"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH14C21"/>
+    <s v="Miscellaneous goods and services - Professional services (including medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="2764"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH14C22"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH14C23"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="1725"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH14C24"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH14C25"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-1103"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH14C26"/>
+    <s v="161. Personal consumption of goods and services at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="31001"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH14C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="12624"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH14C02"/>
+    <s v="Food, beverages and tobacco - Food (excluding meals out)"/>
+    <s v="Euro Million"/>
+    <n v="5522"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH14C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH14C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total including Public Houses)"/>
+    <s v="Euro Million"/>
+    <n v="4058"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH14C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="2714"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH14C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH14C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="6254"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH14C08"/>
+    <s v="Fuel and power (excluding motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH14C09"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH14C10"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH14C11"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH14C12"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="2943"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH14C13"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH14C14"/>
+    <s v="Transport and communication - Operation of personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="1740"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH14C15"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH14C16"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH14C17"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="3069"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH14C18"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH14C19"/>
+    <s v="Recreation, entertainment and education - Services (including education)"/>
+    <s v="Euro Million"/>
+    <n v="2483"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH14C20"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="4967"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH14C21"/>
+    <s v="Miscellaneous goods and services - Professional services (including medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="2808"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH14C22"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH14C23"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="1668"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH14C24"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH14C25"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-1152"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH14C26"/>
+    <s v="161. Personal consumption of goods and services at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="31267"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH14C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="12813"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH14C02"/>
+    <s v="Food, beverages and tobacco - Food (excluding meals out)"/>
+    <s v="Euro Million"/>
+    <n v="5527"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH14C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH14C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total including Public Houses)"/>
+    <s v="Euro Million"/>
+    <n v="4300"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH14C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="2628"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH14C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH14C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="6449"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH14C08"/>
+    <s v="Fuel and power (excluding motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH14C09"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1552"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH14C10"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH14C11"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH14C12"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="2947"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH14C13"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH14C14"/>
+    <s v="Transport and communication - Operation of personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="1660"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH14C15"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH14C16"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH14C17"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="3273"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH14C18"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH14C19"/>
+    <s v="Recreation, entertainment and education - Services (including education)"/>
+    <s v="Euro Million"/>
+    <n v="2690"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH14C20"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="5183"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH14C21"/>
+    <s v="Miscellaneous goods and services - Professional services (including medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="2897"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH14C22"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH14C23"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="1736"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH14C24"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH14C25"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-1280"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH14C26"/>
+    <s v="161. Personal consumption of goods and services at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="32123"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH14C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="12629"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH14C02"/>
+    <s v="Food, beverages and tobacco - Food (excluding meals out)"/>
+    <s v="Euro Million"/>
+    <n v="5535"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH14C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH14C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total including Public Houses)"/>
+    <s v="Euro Million"/>
+    <n v="4194"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH14C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="2471"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH14C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH14C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="6610"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH14C08"/>
+    <s v="Fuel and power (excluding motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH14C09"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1665"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH14C10"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH14C11"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH14C12"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="3023"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH14C13"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH14C14"/>
+    <s v="Transport and communication - Operation of personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="1712"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH14C15"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH14C16"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH14C17"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="3403"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH14C18"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH14C19"/>
+    <s v="Recreation, entertainment and education - Services (including education)"/>
+    <s v="Euro Million"/>
+    <n v="2913"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH14C20"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="5426"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH14C21"/>
+    <s v="Miscellaneous goods and services - Professional services (including medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="3065"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH14C22"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH14C23"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="1747"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH14C24"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH14C25"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-1171"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH14C26"/>
+    <s v="161. Personal consumption of goods and services at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="33021"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH14C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="12558"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH14C02"/>
+    <s v="Food, beverages and tobacco - Food (excluding meals out)"/>
+    <s v="Euro Million"/>
+    <n v="5570"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH14C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH14C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total including Public Houses)"/>
+    <s v="Euro Million"/>
+    <n v="4113"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH14C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="2395"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH14C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH14C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="6686"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH14C08"/>
+    <s v="Fuel and power (excluding motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1579"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH14C09"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1661"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH14C10"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH14C11"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH14C12"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="3125"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH14C13"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH14C14"/>
+    <s v="Transport and communication - Operation of personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH14C15"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH14C16"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH14C17"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="3682"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH14C18"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH14C19"/>
+    <s v="Recreation, entertainment and education - Services (including education)"/>
+    <s v="Euro Million"/>
+    <n v="3305"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH14C20"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="6016"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH14C21"/>
+    <s v="Miscellaneous goods and services - Professional services (including medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="3565"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH14C22"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH14C23"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="1835"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH14C24"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH14C25"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-1301"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH14C26"/>
+    <s v="161. Personal consumption of goods and services at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="33703"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH14C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="12551"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH14C02"/>
+    <s v="Food, beverages and tobacco - Food (excluding meals out)"/>
+    <s v="Euro Million"/>
+    <n v="5487"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH14C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH14C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total including Public Houses)"/>
+    <s v="Euro Million"/>
+    <n v="4199"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH14C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="2395"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH14C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH14C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="6731"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH14C08"/>
+    <s v="Fuel and power (excluding motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH14C09"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH14C10"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH14C11"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH14C12"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="3415"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH14C13"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH14C14"/>
+    <s v="Transport and communication - Operation of personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH14C15"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH14C16"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH14C17"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="3792"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH14C18"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH14C19"/>
+    <s v="Recreation, entertainment and education - Services (including education)"/>
+    <s v="Euro Million"/>
+    <n v="3518"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH14C20"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="6122"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH14C21"/>
+    <s v="Miscellaneous goods and services - Professional services (including medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="3420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH14C22"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH14C23"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="2042"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH14C24"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH14C25"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-1480"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH14C26"/>
+    <s v="161. Personal consumption of goods and services at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="34916"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH14C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="12664"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH14C02"/>
+    <s v="Food, beverages and tobacco - Food (excluding meals out)"/>
+    <s v="Euro Million"/>
+    <n v="5434"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH14C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH14C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total including Public Houses)"/>
+    <s v="Euro Million"/>
+    <n v="4349"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH14C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="2444"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH14C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH14C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="6726"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH14C08"/>
+    <s v="Fuel and power (excluding motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1714"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH14C09"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1931"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH14C10"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH14C11"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="1298"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH14C12"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="3722"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH14C13"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH14C14"/>
+    <s v="Transport and communication - Operation of personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH14C15"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH14C16"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH14C17"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="4072"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH14C18"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH14C19"/>
+    <s v="Recreation, entertainment and education - Services (including education)"/>
+    <s v="Euro Million"/>
+    <n v="3730"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH14C20"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="6627"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH14C21"/>
+    <s v="Miscellaneous goods and services - Professional services (including medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="3650"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH14C22"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH14C23"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="2318"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH14C24"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH14C25"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-1629"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH14C26"/>
+    <s v="161. Personal consumption of goods and services at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="36085"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH14C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="12838"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH14C02"/>
+    <s v="Food, beverages and tobacco - Food (excluding meals out)"/>
+    <s v="Euro Million"/>
+    <n v="5391"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH14C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH14C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total including Public Houses)"/>
+    <s v="Euro Million"/>
+    <n v="4521"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH14C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="2548"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH14C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH14C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="6854"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH14C08"/>
+    <s v="Fuel and power (excluding motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1774"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH14C09"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1881"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH14C10"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH14C11"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH14C12"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="3998"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH14C13"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH14C14"/>
+    <s v="Transport and communication - Operation of personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="1915"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH14C15"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH14C16"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH14C17"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="4288"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH14C18"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH14C19"/>
+    <s v="Recreation, entertainment and education - Services (including education)"/>
+    <s v="Euro Million"/>
+    <n v="3850"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH14C20"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="7386"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH14C21"/>
+    <s v="Miscellaneous goods and services - Professional services (including medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="4085"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH14C22"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH14C23"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="2634"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH14C24"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH14C25"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-1840"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH14C26"/>
+    <s v="161. Personal consumption of goods and services at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="37249"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH14C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="13123"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH14C02"/>
+    <s v="Food, beverages and tobacco - Food (excluding meals out)"/>
+    <s v="Euro Million"/>
+    <n v="5478"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH14C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH14C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total including Public Houses)"/>
+    <s v="Euro Million"/>
+    <n v="4590"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH14C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="2741"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH14C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH14C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="7006"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH14C08"/>
+    <s v="Fuel and power (excluding motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1868"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH14C09"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH14C10"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH14C11"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH14C12"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="3931"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH14C13"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH14C14"/>
+    <s v="Transport and communication - Operation of personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="2078"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH14C15"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH14C16"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH14C17"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="4338"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH14C18"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH14C19"/>
+    <s v="Recreation, entertainment and education - Services (including education)"/>
+    <s v="Euro Million"/>
+    <n v="3982"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH14C20"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="7410"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH14C21"/>
+    <s v="Miscellaneous goods and services - Professional services (including medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="3908"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH14C22"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH14C23"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="2762"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH14C24"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH14C25"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-1912"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH14C26"/>
+    <s v="161. Personal consumption of goods and services at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="37648"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH14C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="13500"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH14C02"/>
+    <s v="Food, beverages and tobacco - Food (excluding meals out)"/>
+    <s v="Euro Million"/>
+    <n v="5742"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH14C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH14C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total including Public Houses)"/>
+    <s v="Euro Million"/>
+    <n v="4724"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH14C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="2623"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH14C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH14C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="7179"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH14C08"/>
+    <s v="Fuel and power (excluding motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1758"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH14C09"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1856"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH14C10"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH14C11"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH14C12"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="4147"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH14C13"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH14C14"/>
+    <s v="Transport and communication - Operation of personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="2256"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH14C15"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH14C16"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH14C17"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="4524"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH14C18"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH14C19"/>
+    <s v="Recreation, entertainment and education - Services (including education)"/>
+    <s v="Euro Million"/>
+    <n v="4212"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH14C20"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="7646"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH14C21"/>
+    <s v="Miscellaneous goods and services - Professional services (including medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="3945"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH14C22"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH14C23"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="2842"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH14C24"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH14C25"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-1873"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH14C26"/>
+    <s v="161. Personal consumption of goods and services at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="38733"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH14C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="13707"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH14C02"/>
+    <s v="Food, beverages and tobacco - Food (excluding meals out)"/>
+    <s v="Euro Million"/>
+    <n v="5986"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH14C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH14C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total including Public Houses)"/>
+    <s v="Euro Million"/>
+    <n v="4706"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH14C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="2519"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH14C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH14C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="7338"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH14C08"/>
+    <s v="Fuel and power (excluding motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1822"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH14C09"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1981"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH14C10"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH14C11"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH14C12"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="4213"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH14C13"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH14C14"/>
+    <s v="Transport and communication - Operation of personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="2260"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH14C15"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH14C16"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH14C17"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="4653"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH14C18"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH14C19"/>
+    <s v="Recreation, entertainment and education - Services (including education)"/>
+    <s v="Euro Million"/>
+    <n v="4391"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH14C20"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="8059"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH14C21"/>
+    <s v="Miscellaneous goods and services - Professional services (including medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="4033"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH14C22"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH14C23"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="3057"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH14C24"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH14C25"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-2122"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH14C26"/>
+    <s v="161. Personal consumption of goods and services at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="39756"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH14C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="13657"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH14C02"/>
+    <s v="Food, beverages and tobacco - Food (excluding meals out)"/>
+    <s v="Euro Million"/>
+    <n v="5708"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH14C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH14C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total including Public Houses)"/>
+    <s v="Euro Million"/>
+    <n v="4936"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH14C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="2601"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH14C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH14C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="7519"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH14C08"/>
+    <s v="Fuel and power (excluding motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH14C09"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="2063"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH14C10"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH14C11"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH14C12"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="4641"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH14C13"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH14C14"/>
+    <s v="Transport and communication - Operation of personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="2388"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH14C15"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH14C16"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH14C17"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="4698"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH14C18"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH14C19"/>
+    <s v="Recreation, entertainment and education - Services (including education)"/>
+    <s v="Euro Million"/>
+    <n v="4521"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH14C20"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="8747"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH14C21"/>
+    <s v="Miscellaneous goods and services - Professional services (including medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="4441"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH14C22"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH14C23"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="3353"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH14C24"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH14C25"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-2287"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH14C26"/>
+    <s v="161. Personal consumption of goods and services at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="41432"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH14C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="13966"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH14C02"/>
+    <s v="Food, beverages and tobacco - Food (excluding meals out)"/>
+    <s v="Euro Million"/>
+    <n v="5737"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH14C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH14C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total including Public Houses)"/>
+    <s v="Euro Million"/>
+    <n v="5119"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH14C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="2786"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH14C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH14C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="7744"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH14C08"/>
+    <s v="Fuel and power (excluding motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1908"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH14C09"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH14C10"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH14C11"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH14C12"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="4993"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH14C13"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH14C14"/>
+    <s v="Transport and communication - Operation of personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="2433"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH14C15"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH14C16"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH14C17"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="5009"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH14C18"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH14C19"/>
+    <s v="Recreation, entertainment and education - Services (including education)"/>
+    <s v="Euro Million"/>
+    <n v="4827"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH14C20"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="8742"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH14C21"/>
+    <s v="Miscellaneous goods and services - Professional services (including medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="4103"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH14C22"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH14C23"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="3711"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH14C24"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="1844"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH14C25"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-2551"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH14C26"/>
+    <s v="161. Personal consumption of goods and services at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="43222"/>
+  </r>
+</pivotCacheRecords>
 </file>