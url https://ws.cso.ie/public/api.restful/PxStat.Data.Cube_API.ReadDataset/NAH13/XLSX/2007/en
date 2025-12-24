--- v0 (2025-10-04)
+++ v1 (2025-12-24)
@@ -1,157 +1,157 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R170b489ffebf4360" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/96ad1b0f3f55409494a63c493aa20e54.psmdcp" Id="Re09a8a65fd664c89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6b42f53dd4e4890" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/31303fff59b74eb5aa316f721698f5d4.psmdcp" Id="R98d4ee333e944d19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NAH13</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>T13 Consumption of Personal Income (excluding FISIM) at Current Market Prices</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/3/2023 11:00:00 AM</x:t>
+    <x:t>03/11/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:b/>
         <x:i/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>FISIM:</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t xml:space="preserve"> an acronym for Financial Intermediation Services Indirectly Measured.&lt;br&gt;Background Information on the Historical 1970-1995 series(https://www.cso.ie/en/methods/nationalaccounts/nationalaccountshistoricalseries1970to1995/).</x:t>
     </x:r>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NAH13/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NAHS</x:t>
   </x:si>
   <x:si>
     <x:t>National Accounts Historical Series 1970 to 1995</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Gordon Cavanagh</x:t>
+    <x:t>Justin Flannery</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>nat_acc@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 1 498 4307</x:t>
+    <x:t>(+353) 1 498 4262</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -622,571 +622,210 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...519 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="29">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+      </items>
+    </pivotField>
+    <pivotField name="Item" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="29">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H755" totalsRowShown="0">
   <x:autoFilter ref="A1:H755"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02196V02652"/>
     <x:tableColumn id="2" name="State"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Item"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1455,51 +1094,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NAH13/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1688,51 +1327,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H755"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="89.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -21350,51 +20989,51 @@
       <x:c r="E755" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F755" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G755" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H755" s="0">
         <x:v>37545</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -21411,51 +21050,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H755" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="1">
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="State">
       <x:sharedItems count="1">
         <x:s v="State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="26">
         <x:s v="1970"/>
         <x:s v="1971"/>
         <x:s v="1972"/>
         <x:s v="1973"/>
         <x:s v="1974"/>
         <x:s v="1975"/>
         <x:s v="1976"/>
         <x:s v="1977"/>
         <x:s v="1978"/>
         <x:s v="1979"/>
         <x:s v="1980"/>
@@ -22210,27 +21849,7568 @@
         <x:n v="2043"/>
         <x:n v="1234"/>
         <x:n v="809"/>
         <x:n v="3922"/>
         <x:n v="1031"/>
         <x:n v="1387"/>
         <x:n v="937"/>
         <x:n v="3489"/>
         <x:n v="1112"/>
         <x:n v="4920"/>
         <x:n v="2105"/>
         <x:n v="820"/>
         <x:n v="1995"/>
         <x:n v="1306"/>
         <x:n v="-1746"/>
         <x:n v="29433"/>
         <x:n v="8112"/>
         <x:n v="37545"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH13C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH13C02"/>
+    <s v="Food, beverages and tobacco - Food (excl. meals out)"/>
+    <s v="Euro Million"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH13C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH13C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total incl pubs)"/>
+    <s v="Euro Million"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH13C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH13C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH13C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH13C08"/>
+    <s v="Housing (rent, local government charges, repairs and decorations) - imputed rent"/>
+    <s v="Euro Million"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH13C09"/>
+    <s v="Fuel and power"/>
+    <s v="Euro Million"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH13C10"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH13C11"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH13C12"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH13C13"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH13C14"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH13C15"/>
+    <s v="Transport and communication - Operation of personal transport equipment (including motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH13C16"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH13C17"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH13C18"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH13C19"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH13C20"/>
+    <s v="Recreation, entertainment and education - Services (incl. education)"/>
+    <s v="Euro Million"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH13C21"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH13C22"/>
+    <s v="Miscellaneous goods and services - Professional services (incl medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH13C23"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH13C24"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH13C25"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH13C26"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-94"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH13C27"/>
+    <s v="158. Personal consumption of goods and services at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH13C28"/>
+    <s v="159. Taxes on personal income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH13C29"/>
+    <s v="160. Total personal expenditure"/>
+    <s v="Euro Million"/>
+    <n v="1855"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH13C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH13C02"/>
+    <s v="Food, beverages and tobacco - Food (excl. meals out)"/>
+    <s v="Euro Million"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH13C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH13C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total incl pubs)"/>
+    <s v="Euro Million"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH13C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH13C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH13C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH13C08"/>
+    <s v="Housing (rent, local government charges, repairs and decorations) - imputed rent"/>
+    <s v="Euro Million"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH13C09"/>
+    <s v="Fuel and power"/>
+    <s v="Euro Million"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH13C10"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH13C11"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH13C12"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH13C13"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH13C14"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH13C15"/>
+    <s v="Transport and communication - Operation of personal transport equipment (including motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH13C16"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH13C17"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH13C18"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH13C19"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH13C20"/>
+    <s v="Recreation, entertainment and education - Services (incl. education)"/>
+    <s v="Euro Million"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH13C21"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH13C22"/>
+    <s v="Miscellaneous goods and services - Professional services (incl medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH13C23"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH13C24"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH13C25"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH13C26"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH13C27"/>
+    <s v="158. Personal consumption of goods and services at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH13C28"/>
+    <s v="159. Taxes on personal income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH13C29"/>
+    <s v="160. Total personal expenditure"/>
+    <s v="Euro Million"/>
+    <n v="2116"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH13C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH13C02"/>
+    <s v="Food, beverages and tobacco - Food (excl. meals out)"/>
+    <s v="Euro Million"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH13C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH13C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total incl pubs)"/>
+    <s v="Euro Million"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH13C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH13C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH13C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH13C08"/>
+    <s v="Housing (rent, local government charges, repairs and decorations) - imputed rent"/>
+    <s v="Euro Million"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH13C09"/>
+    <s v="Fuel and power"/>
+    <s v="Euro Million"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH13C10"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH13C11"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH13C12"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH13C13"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH13C14"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH13C15"/>
+    <s v="Transport and communication - Operation of personal transport equipment (including motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH13C16"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH13C17"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH13C18"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH13C19"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH13C20"/>
+    <s v="Recreation, entertainment and education - Services (incl. education)"/>
+    <s v="Euro Million"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH13C21"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH13C22"/>
+    <s v="Miscellaneous goods and services - Professional services (incl medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH13C23"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH13C24"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH13C25"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH13C26"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-89"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH13C27"/>
+    <s v="158. Personal consumption of goods and services at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="2137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH13C28"/>
+    <s v="159. Taxes on personal income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH13C29"/>
+    <s v="160. Total personal expenditure"/>
+    <s v="Euro Million"/>
+    <n v="2450"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH13C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH13C02"/>
+    <s v="Food, beverages and tobacco - Food (excl. meals out)"/>
+    <s v="Euro Million"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH13C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH13C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total incl pubs)"/>
+    <s v="Euro Million"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH13C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH13C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH13C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH13C08"/>
+    <s v="Housing (rent, local government charges, repairs and decorations) - imputed rent"/>
+    <s v="Euro Million"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH13C09"/>
+    <s v="Fuel and power"/>
+    <s v="Euro Million"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH13C10"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH13C11"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH13C12"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH13C13"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH13C14"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH13C15"/>
+    <s v="Transport and communication - Operation of personal transport equipment (including motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH13C16"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH13C17"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH13C18"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH13C19"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH13C20"/>
+    <s v="Recreation, entertainment and education - Services (incl. education)"/>
+    <s v="Euro Million"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH13C21"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH13C22"/>
+    <s v="Miscellaneous goods and services - Professional services (incl medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH13C23"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH13C24"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH13C25"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH13C26"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-108"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH13C27"/>
+    <s v="158. Personal consumption of goods and services at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="2540"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH13C28"/>
+    <s v="159. Taxes on personal income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH13C29"/>
+    <s v="160. Total personal expenditure"/>
+    <s v="Euro Million"/>
+    <n v="2941"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH13C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH13C02"/>
+    <s v="Food, beverages and tobacco - Food (excl. meals out)"/>
+    <s v="Euro Million"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH13C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH13C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total incl pubs)"/>
+    <s v="Euro Million"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH13C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH13C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH13C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH13C08"/>
+    <s v="Housing (rent, local government charges, repairs and decorations) - imputed rent"/>
+    <s v="Euro Million"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH13C09"/>
+    <s v="Fuel and power"/>
+    <s v="Euro Million"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH13C10"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH13C11"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH13C12"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH13C13"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH13C14"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH13C15"/>
+    <s v="Transport and communication - Operation of personal transport equipment (including motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH13C16"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH13C17"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH13C18"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH13C19"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH13C20"/>
+    <s v="Recreation, entertainment and education - Services (incl. education)"/>
+    <s v="Euro Million"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH13C21"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH13C22"/>
+    <s v="Miscellaneous goods and services - Professional services (incl medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH13C23"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH13C24"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH13C25"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH13C26"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-130"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH13C27"/>
+    <s v="158. Personal consumption of goods and services at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="2988"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH13C28"/>
+    <s v="159. Taxes on personal income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH13C29"/>
+    <s v="160. Total personal expenditure"/>
+    <s v="Euro Million"/>
+    <n v="3466"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH13C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="1553"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH13C02"/>
+    <s v="Food, beverages and tobacco - Food (excl. meals out)"/>
+    <s v="Euro Million"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH13C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH13C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total incl pubs)"/>
+    <s v="Euro Million"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH13C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH13C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH13C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH13C08"/>
+    <s v="Housing (rent, local government charges, repairs and decorations) - imputed rent"/>
+    <s v="Euro Million"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH13C09"/>
+    <s v="Fuel and power"/>
+    <s v="Euro Million"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH13C10"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH13C11"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH13C12"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH13C13"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH13C14"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH13C15"/>
+    <s v="Transport and communication - Operation of personal transport equipment (including motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH13C16"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH13C17"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH13C18"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH13C19"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH13C20"/>
+    <s v="Recreation, entertainment and education - Services (incl. education)"/>
+    <s v="Euro Million"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH13C21"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH13C22"/>
+    <s v="Miscellaneous goods and services - Professional services (incl medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH13C23"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH13C24"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH13C25"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH13C26"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-150"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH13C27"/>
+    <s v="158. Personal consumption of goods and services at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="3596"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH13C28"/>
+    <s v="159. Taxes on personal income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH13C29"/>
+    <s v="160. Total personal expenditure"/>
+    <s v="Euro Million"/>
+    <n v="4250"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH13C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="1898"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH13C02"/>
+    <s v="Food, beverages and tobacco - Food (excl. meals out)"/>
+    <s v="Euro Million"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH13C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH13C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total incl pubs)"/>
+    <s v="Euro Million"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH13C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH13C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH13C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH13C08"/>
+    <s v="Housing (rent, local government charges, repairs and decorations) - imputed rent"/>
+    <s v="Euro Million"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH13C09"/>
+    <s v="Fuel and power"/>
+    <s v="Euro Million"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH13C10"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH13C11"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH13C12"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH13C13"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH13C14"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH13C15"/>
+    <s v="Transport and communication - Operation of personal transport equipment (including motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH13C16"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH13C17"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH13C18"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH13C19"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH13C20"/>
+    <s v="Recreation, entertainment and education - Services (incl. education)"/>
+    <s v="Euro Million"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH13C21"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH13C22"/>
+    <s v="Miscellaneous goods and services - Professional services (incl medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH13C23"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH13C24"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH13C25"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH13C26"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-174"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH13C27"/>
+    <s v="158. Personal consumption of goods and services at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="4504"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH13C28"/>
+    <s v="159. Taxes on personal income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH13C29"/>
+    <s v="160. Total personal expenditure"/>
+    <s v="Euro Million"/>
+    <n v="5397"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH13C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="2166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH13C02"/>
+    <s v="Food, beverages and tobacco - Food (excl. meals out)"/>
+    <s v="Euro Million"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH13C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH13C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total incl pubs)"/>
+    <s v="Euro Million"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH13C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH13C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH13C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH13C08"/>
+    <s v="Housing (rent, local government charges, repairs and decorations) - imputed rent"/>
+    <s v="Euro Million"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH13C09"/>
+    <s v="Fuel and power"/>
+    <s v="Euro Million"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH13C10"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH13C11"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH13C12"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH13C13"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH13C14"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH13C15"/>
+    <s v="Transport and communication - Operation of personal transport equipment (including motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH13C16"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH13C17"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH13C18"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH13C19"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH13C20"/>
+    <s v="Recreation, entertainment and education - Services (incl. education)"/>
+    <s v="Euro Million"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH13C21"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH13C22"/>
+    <s v="Miscellaneous goods and services - Professional services (incl medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH13C23"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH13C24"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH13C25"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH13C26"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-234"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH13C27"/>
+    <s v="158. Personal consumption of goods and services at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="5333"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH13C28"/>
+    <s v="159. Taxes on personal income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH13C29"/>
+    <s v="160. Total personal expenditure"/>
+    <s v="Euro Million"/>
+    <n v="6351"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH13C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="2422"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH13C02"/>
+    <s v="Food, beverages and tobacco - Food (excl. meals out)"/>
+    <s v="Euro Million"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH13C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH13C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total incl pubs)"/>
+    <s v="Euro Million"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH13C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH13C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH13C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH13C08"/>
+    <s v="Housing (rent, local government charges, repairs and decorations) - imputed rent"/>
+    <s v="Euro Million"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH13C09"/>
+    <s v="Fuel and power"/>
+    <s v="Euro Million"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH13C10"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH13C11"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH13C12"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH13C13"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH13C14"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH13C15"/>
+    <s v="Transport and communication - Operation of personal transport equipment (including motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH13C16"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH13C17"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH13C18"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH13C19"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH13C20"/>
+    <s v="Recreation, entertainment and education - Services (incl. education)"/>
+    <s v="Euro Million"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH13C21"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH13C22"/>
+    <s v="Miscellaneous goods and services - Professional services (incl medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH13C23"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH13C24"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH13C25"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH13C26"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-274"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH13C27"/>
+    <s v="158. Personal consumption of goods and services at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="6192"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH13C28"/>
+    <s v="159. Taxes on personal income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH13C29"/>
+    <s v="160. Total personal expenditure"/>
+    <s v="Euro Million"/>
+    <n v="7342"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH13C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="2942"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH13C02"/>
+    <s v="Food, beverages and tobacco - Food (excl. meals out)"/>
+    <s v="Euro Million"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH13C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH13C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total incl pubs)"/>
+    <s v="Euro Million"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH13C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH13C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH13C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH13C08"/>
+    <s v="Housing (rent, local government charges, repairs and decorations) - imputed rent"/>
+    <s v="Euro Million"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH13C09"/>
+    <s v="Fuel and power"/>
+    <s v="Euro Million"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH13C10"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH13C11"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH13C12"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH13C13"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH13C14"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH13C15"/>
+    <s v="Transport and communication - Operation of personal transport equipment (including motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH13C16"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH13C17"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH13C18"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH13C19"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH13C20"/>
+    <s v="Recreation, entertainment and education - Services (incl. education)"/>
+    <s v="Euro Million"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH13C21"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH13C22"/>
+    <s v="Miscellaneous goods and services - Professional services (incl medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH13C23"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH13C24"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH13C25"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH13C26"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-327"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH13C27"/>
+    <s v="158. Personal consumption of goods and services at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="7615"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH13C28"/>
+    <s v="159. Taxes on personal income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH13C29"/>
+    <s v="160. Total personal expenditure"/>
+    <s v="Euro Million"/>
+    <n v="9004"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH13C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="3536"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH13C02"/>
+    <s v="Food, beverages and tobacco - Food (excl. meals out)"/>
+    <s v="Euro Million"/>
+    <n v="2115"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH13C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH13C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total incl pubs)"/>
+    <s v="Euro Million"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH13C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH13C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH13C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH13C08"/>
+    <s v="Housing (rent, local government charges, repairs and decorations) - imputed rent"/>
+    <s v="Euro Million"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH13C09"/>
+    <s v="Fuel and power"/>
+    <s v="Euro Million"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH13C10"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH13C11"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH13C12"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH13C13"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH13C14"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH13C15"/>
+    <s v="Transport and communication - Operation of personal transport equipment (including motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH13C16"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH13C17"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH13C18"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH13C19"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH13C20"/>
+    <s v="Recreation, entertainment and education - Services (incl. education)"/>
+    <s v="Euro Million"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH13C21"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH13C22"/>
+    <s v="Miscellaneous goods and services - Professional services (incl medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH13C23"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH13C24"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH13C25"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH13C26"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-358"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH13C27"/>
+    <s v="158. Personal consumption of goods and services at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="9151"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH13C28"/>
+    <s v="159. Taxes on personal income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="1881"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH13C29"/>
+    <s v="160. Total personal expenditure"/>
+    <s v="Euro Million"/>
+    <n v="11032"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH13C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="4204"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH13C02"/>
+    <s v="Food, beverages and tobacco - Food (excl. meals out)"/>
+    <s v="Euro Million"/>
+    <n v="2464"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH13C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH13C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total incl pubs)"/>
+    <s v="Euro Million"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH13C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH13C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH13C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH13C08"/>
+    <s v="Housing (rent, local government charges, repairs and decorations) - imputed rent"/>
+    <s v="Euro Million"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH13C09"/>
+    <s v="Fuel and power"/>
+    <s v="Euro Million"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH13C10"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH13C11"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH13C12"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH13C13"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH13C14"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH13C15"/>
+    <s v="Transport and communication - Operation of personal transport equipment (including motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH13C16"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH13C17"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH13C18"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="1198"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH13C19"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH13C20"/>
+    <s v="Recreation, entertainment and education - Services (incl. education)"/>
+    <s v="Euro Million"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH13C21"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH13C22"/>
+    <s v="Miscellaneous goods and services - Professional services (incl medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH13C23"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH13C24"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH13C25"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH13C26"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-392"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH13C27"/>
+    <s v="158. Personal consumption of goods and services at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="11015"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH13C28"/>
+    <s v="159. Taxes on personal income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="2323"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH13C29"/>
+    <s v="160. Total personal expenditure"/>
+    <s v="Euro Million"/>
+    <n v="13338"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH13C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="4873"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH13C02"/>
+    <s v="Food, beverages and tobacco - Food (excl. meals out)"/>
+    <s v="Euro Million"/>
+    <n v="2796"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH13C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH13C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total incl pubs)"/>
+    <s v="Euro Million"/>
+    <n v="1379"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH13C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH13C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH13C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH13C08"/>
+    <s v="Housing (rent, local government charges, repairs and decorations) - imputed rent"/>
+    <s v="Euro Million"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH13C09"/>
+    <s v="Fuel and power"/>
+    <s v="Euro Million"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH13C10"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH13C11"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH13C12"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH13C13"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH13C14"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH13C15"/>
+    <s v="Transport and communication - Operation of personal transport equipment (including motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH13C16"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH13C17"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH13C18"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH13C19"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH13C20"/>
+    <s v="Recreation, entertainment and education - Services (incl. education)"/>
+    <s v="Euro Million"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH13C21"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH13C22"/>
+    <s v="Miscellaneous goods and services - Professional services (incl medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH13C23"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH13C24"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH13C25"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH13C26"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-451"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH13C27"/>
+    <s v="158. Personal consumption of goods and services at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="12275"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH13C28"/>
+    <s v="159. Taxes on personal income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="2885"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH13C29"/>
+    <s v="160. Total personal expenditure"/>
+    <s v="Euro Million"/>
+    <n v="15160"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH13C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="5152"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH13C02"/>
+    <s v="Food, beverages and tobacco - Food (excl. meals out)"/>
+    <s v="Euro Million"/>
+    <n v="2923"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH13C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH13C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total incl pubs)"/>
+    <s v="Euro Million"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH13C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH13C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH13C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH13C08"/>
+    <s v="Housing (rent, local government charges, repairs and decorations) - imputed rent"/>
+    <s v="Euro Million"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH13C09"/>
+    <s v="Fuel and power"/>
+    <s v="Euro Million"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH13C10"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH13C11"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH13C12"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH13C13"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH13C14"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH13C15"/>
+    <s v="Transport and communication - Operation of personal transport equipment (including motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH13C16"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH13C17"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH13C18"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH13C19"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH13C20"/>
+    <s v="Recreation, entertainment and education - Services (incl. education)"/>
+    <s v="Euro Million"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH13C21"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH13C22"/>
+    <s v="Miscellaneous goods and services - Professional services (incl medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH13C23"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH13C24"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH13C25"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH13C26"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-495"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH13C27"/>
+    <s v="158. Personal consumption of goods and services at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="13352"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH13C28"/>
+    <s v="159. Taxes on personal income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="3384"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH13C29"/>
+    <s v="160. Total personal expenditure"/>
+    <s v="Euro Million"/>
+    <n v="16736"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH13C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="5637"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH13C02"/>
+    <s v="Food, beverages and tobacco - Food (excl. meals out)"/>
+    <s v="Euro Million"/>
+    <n v="3202"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH13C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH13C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total incl pubs)"/>
+    <s v="Euro Million"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH13C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH13C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH13C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH13C08"/>
+    <s v="Housing (rent, local government charges, repairs and decorations) - imputed rent"/>
+    <s v="Euro Million"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH13C09"/>
+    <s v="Fuel and power"/>
+    <s v="Euro Million"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH13C10"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH13C11"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH13C12"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH13C13"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="1852"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH13C14"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH13C15"/>
+    <s v="Transport and communication - Operation of personal transport equipment (including motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH13C16"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH13C17"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH13C18"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH13C19"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH13C20"/>
+    <s v="Recreation, entertainment and education - Services (incl. education)"/>
+    <s v="Euro Million"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH13C21"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="1781"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH13C22"/>
+    <s v="Miscellaneous goods and services - Professional services (incl medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH13C23"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH13C24"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH13C25"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH13C26"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-561"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH13C27"/>
+    <s v="158. Personal consumption of goods and services at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="14608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH13C28"/>
+    <s v="159. Taxes on personal income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="3966"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH13C29"/>
+    <s v="160. Total personal expenditure"/>
+    <s v="Euro Million"/>
+    <n v="18574"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH13C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="5867"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH13C02"/>
+    <s v="Food, beverages and tobacco - Food (excl. meals out)"/>
+    <s v="Euro Million"/>
+    <n v="3245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH13C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH13C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total incl pubs)"/>
+    <s v="Euro Million"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH13C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH13C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH13C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH13C08"/>
+    <s v="Housing (rent, local government charges, repairs and decorations) - imputed rent"/>
+    <s v="Euro Million"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH13C09"/>
+    <s v="Fuel and power"/>
+    <s v="Euro Million"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH13C10"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH13C11"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH13C12"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH13C13"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="1982"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH13C14"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH13C15"/>
+    <s v="Transport and communication - Operation of personal transport equipment (including motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH13C16"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH13C17"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH13C18"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH13C19"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH13C20"/>
+    <s v="Recreation, entertainment and education - Services (incl. education)"/>
+    <s v="Euro Million"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH13C21"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="2024"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH13C22"/>
+    <s v="Miscellaneous goods and services - Professional services (incl medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH13C23"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH13C24"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH13C25"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH13C26"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-658"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH13C27"/>
+    <s v="158. Personal consumption of goods and services at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="15873"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH13C28"/>
+    <s v="159. Taxes on personal income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="4231"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH13C29"/>
+    <s v="160. Total personal expenditure"/>
+    <s v="Euro Million"/>
+    <n v="20104"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH13C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="6133"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH13C02"/>
+    <s v="Food, beverages and tobacco - Food (excl. meals out)"/>
+    <s v="Euro Million"/>
+    <n v="3388"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH13C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH13C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total incl pubs)"/>
+    <s v="Euro Million"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH13C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH13C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH13C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH13C08"/>
+    <s v="Housing (rent, local government charges, repairs and decorations) - imputed rent"/>
+    <s v="Euro Million"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH13C09"/>
+    <s v="Fuel and power"/>
+    <s v="Euro Million"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH13C10"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH13C11"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH13C12"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH13C13"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="2035"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH13C14"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH13C15"/>
+    <s v="Transport and communication - Operation of personal transport equipment (including motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH13C16"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH13C17"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH13C18"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH13C19"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH13C20"/>
+    <s v="Recreation, entertainment and education - Services (incl. education)"/>
+    <s v="Euro Million"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH13C21"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="2163"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH13C22"/>
+    <s v="Miscellaneous goods and services - Professional services (incl medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH13C23"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH13C24"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH13C25"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH13C26"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-625"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH13C27"/>
+    <s v="158. Personal consumption of goods and services at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="16940"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH13C28"/>
+    <s v="159. Taxes on personal income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="4603"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH13C29"/>
+    <s v="160. Total personal expenditure"/>
+    <s v="Euro Million"/>
+    <n v="21543"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH13C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="6302"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH13C02"/>
+    <s v="Food, beverages and tobacco - Food (excl. meals out)"/>
+    <s v="Euro Million"/>
+    <n v="3484"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH13C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH13C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total incl pubs)"/>
+    <s v="Euro Million"/>
+    <n v="1836"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH13C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH13C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH13C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="1593"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH13C08"/>
+    <s v="Housing (rent, local government charges, repairs and decorations) - imputed rent"/>
+    <s v="Euro Million"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH13C09"/>
+    <s v="Fuel and power"/>
+    <s v="Euro Million"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH13C10"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH13C11"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH13C12"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH13C13"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="2134"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH13C14"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH13C15"/>
+    <s v="Transport and communication - Operation of personal transport equipment (including motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH13C16"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH13C17"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH13C18"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="2025"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH13C19"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH13C20"/>
+    <s v="Recreation, entertainment and education - Services (incl. education)"/>
+    <s v="Euro Million"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH13C21"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="2517"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH13C22"/>
+    <s v="Miscellaneous goods and services - Professional services (incl medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH13C23"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH13C24"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH13C25"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH13C26"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-716"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH13C27"/>
+    <s v="158. Personal consumption of goods and services at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="17849"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH13C28"/>
+    <s v="159. Taxes on personal income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="5077"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH13C29"/>
+    <s v="160. Total personal expenditure"/>
+    <s v="Euro Million"/>
+    <n v="22926"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH13C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="6474"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH13C02"/>
+    <s v="Food, beverages and tobacco - Food (excl. meals out)"/>
+    <s v="Euro Million"/>
+    <n v="3503"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH13C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH13C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total incl pubs)"/>
+    <s v="Euro Million"/>
+    <n v="1944"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH13C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH13C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH13C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="1786"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH13C08"/>
+    <s v="Housing (rent, local government charges, repairs and decorations) - imputed rent"/>
+    <s v="Euro Million"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH13C09"/>
+    <s v="Fuel and power"/>
+    <s v="Euro Million"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH13C10"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH13C11"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH13C12"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH13C13"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="2350"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH13C14"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH13C15"/>
+    <s v="Transport and communication - Operation of personal transport equipment (including motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH13C16"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH13C17"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH13C18"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="2138"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH13C19"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH13C20"/>
+    <s v="Recreation, entertainment and education - Services (incl. education)"/>
+    <s v="Euro Million"/>
+    <n v="1422"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH13C21"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="2674"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH13C22"/>
+    <s v="Miscellaneous goods and services - Professional services (incl medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH13C23"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH13C24"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH13C25"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH13C26"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-832"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH13C27"/>
+    <s v="158. Personal consumption of goods and services at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="19063"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH13C28"/>
+    <s v="159. Taxes on personal income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="5667"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH13C29"/>
+    <s v="160. Total personal expenditure"/>
+    <s v="Euro Million"/>
+    <n v="24730"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH13C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="6831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH13C02"/>
+    <s v="Food, beverages and tobacco - Food (excl. meals out)"/>
+    <s v="Euro Million"/>
+    <n v="3618"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH13C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH13C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total incl pubs)"/>
+    <s v="Euro Million"/>
+    <n v="2129"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH13C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH13C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH13C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="1993"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH13C08"/>
+    <s v="Housing (rent, local government charges, repairs and decorations) - imputed rent"/>
+    <s v="Euro Million"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH13C09"/>
+    <s v="Fuel and power"/>
+    <s v="Euro Million"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH13C10"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH13C11"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH13C12"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH13C13"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="2634"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH13C14"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH13C15"/>
+    <s v="Transport and communication - Operation of personal transport equipment (including motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH13C16"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH13C17"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH13C18"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="2377"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH13C19"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH13C20"/>
+    <s v="Recreation, entertainment and education - Services (incl. education)"/>
+    <s v="Euro Million"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH13C21"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="3004"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH13C22"/>
+    <s v="Miscellaneous goods and services - Professional services (incl medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH13C23"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH13C24"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH13C25"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH13C26"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-954"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH13C27"/>
+    <s v="158. Personal consumption of goods and services at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="20602"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH13C28"/>
+    <s v="159. Taxes on personal income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="5491"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH13C29"/>
+    <s v="160. Total personal expenditure"/>
+    <s v="Euro Million"/>
+    <n v="26093"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH13C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="7054"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH13C02"/>
+    <s v="Food, beverages and tobacco - Food (excl. meals out)"/>
+    <s v="Euro Million"/>
+    <n v="3644"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH13C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH13C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total incl pubs)"/>
+    <s v="Euro Million"/>
+    <n v="2284"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH13C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH13C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH13C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="2204"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH13C08"/>
+    <s v="Housing (rent, local government charges, repairs and decorations) - imputed rent"/>
+    <s v="Euro Million"/>
+    <n v="1630"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH13C09"/>
+    <s v="Fuel and power"/>
+    <s v="Euro Million"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH13C10"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH13C11"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH13C12"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH13C13"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="2890"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH13C14"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH13C15"/>
+    <s v="Transport and communication - Operation of personal transport equipment (including motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH13C16"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH13C17"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH13C18"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="2568"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH13C19"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH13C20"/>
+    <s v="Recreation, entertainment and education - Services (incl. education)"/>
+    <s v="Euro Million"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH13C21"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="3464"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH13C22"/>
+    <s v="Miscellaneous goods and services - Professional services (incl medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH13C23"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH13C24"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH13C25"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH13C26"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-1112"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH13C27"/>
+    <s v="158. Personal consumption of goods and services at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="21880"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH13C28"/>
+    <s v="159. Taxes on personal income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="5915"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH13C29"/>
+    <s v="160. Total personal expenditure"/>
+    <s v="Euro Million"/>
+    <n v="27795"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH13C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="7358"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH13C02"/>
+    <s v="Food, beverages and tobacco - Food (excl. meals out)"/>
+    <s v="Euro Million"/>
+    <n v="3715"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH13C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH13C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total incl pubs)"/>
+    <s v="Euro Million"/>
+    <n v="2398"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH13C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH13C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="1534"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH13C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH13C08"/>
+    <s v="Housing (rent, local government charges, repairs and decorations) - imputed rent"/>
+    <s v="Euro Million"/>
+    <n v="1913"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH13C09"/>
+    <s v="Fuel and power"/>
+    <s v="Euro Million"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH13C10"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1668"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH13C11"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH13C12"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH13C13"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="2926"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH13C14"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH13C15"/>
+    <s v="Transport and communication - Operation of personal transport equipment (including motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH13C16"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH13C17"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH13C18"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="2698"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH13C19"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH13C20"/>
+    <s v="Recreation, entertainment and education - Services (incl. education)"/>
+    <s v="Euro Million"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH13C21"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="3622"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH13C22"/>
+    <s v="Miscellaneous goods and services - Professional services (incl medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH13C23"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH13C24"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH13C25"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH13C26"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-1192"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH13C27"/>
+    <s v="158. Personal consumption of goods and services at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="22974"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH13C28"/>
+    <s v="159. Taxes on personal income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="6324"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH13C29"/>
+    <s v="160. Total personal expenditure"/>
+    <s v="Euro Million"/>
+    <n v="29298"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH13C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="7798"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH13C02"/>
+    <s v="Food, beverages and tobacco - Food (excl. meals out)"/>
+    <s v="Euro Million"/>
+    <n v="3914"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH13C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH13C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total incl pubs)"/>
+    <s v="Euro Million"/>
+    <n v="2582"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH13C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH13C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="1557"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH13C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="2803"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH13C08"/>
+    <s v="Housing (rent, local government charges, repairs and decorations) - imputed rent"/>
+    <s v="Euro Million"/>
+    <n v="2128"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH13C09"/>
+    <s v="Fuel and power"/>
+    <s v="Euro Million"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH13C10"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1634"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH13C11"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH13C12"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH13C13"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="3100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH13C14"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH13C15"/>
+    <s v="Transport and communication - Operation of personal transport equipment (including motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH13C16"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH13C17"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH13C18"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="2908"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH13C19"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH13C20"/>
+    <s v="Recreation, entertainment and education - Services (incl. education)"/>
+    <s v="Euro Million"/>
+    <n v="1911"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH13C21"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="3895"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH13C22"/>
+    <s v="Miscellaneous goods and services - Professional services (incl medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="1800"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH13C23"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH13C24"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH13C25"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH13C26"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-1205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH13C27"/>
+    <s v="158. Personal consumption of goods and services at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="24353"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH13C28"/>
+    <s v="159. Taxes on personal income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="6768"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH13C29"/>
+    <s v="160. Total personal expenditure"/>
+    <s v="Euro Million"/>
+    <n v="31121"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH13C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="8043"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH13C02"/>
+    <s v="Food, beverages and tobacco - Food (excl. meals out)"/>
+    <s v="Euro Million"/>
+    <n v="4060"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH13C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH13C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total incl pubs)"/>
+    <s v="Euro Million"/>
+    <n v="2676"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH13C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH13C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="1678"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH13C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="2995"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH13C08"/>
+    <s v="Housing (rent, local government charges, repairs and decorations) - imputed rent"/>
+    <s v="Euro Million"/>
+    <n v="2286"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH13C09"/>
+    <s v="Fuel and power"/>
+    <s v="Euro Million"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH13C10"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1742"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH13C11"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH13C12"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH13C13"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="3224"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH13C14"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH13C15"/>
+    <s v="Transport and communication - Operation of personal transport equipment (including motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH13C16"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH13C17"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH13C18"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="3053"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH13C19"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH13C20"/>
+    <s v="Recreation, entertainment and education - Services (incl. education)"/>
+    <s v="Euro Million"/>
+    <n v="2023"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH13C21"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="4229"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH13C22"/>
+    <s v="Miscellaneous goods and services - Professional services (incl medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH13C23"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH13C24"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH13C25"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH13C26"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-1384"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH13C27"/>
+    <s v="158. Personal consumption of goods and services at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="25516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH13C28"/>
+    <s v="159. Taxes on personal income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="7472"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH13C29"/>
+    <s v="160. Total personal expenditure"/>
+    <s v="Euro Million"/>
+    <n v="32988"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH13C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="8349"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH13C02"/>
+    <s v="Food, beverages and tobacco - Food (excl. meals out)"/>
+    <s v="Euro Million"/>
+    <n v="4008"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH13C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH13C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total incl pubs)"/>
+    <s v="Euro Million"/>
+    <n v="2942"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH13C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH13C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="1790"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH13C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="3193"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH13C08"/>
+    <s v="Housing (rent, local government charges, repairs and decorations) - imputed rent"/>
+    <s v="Euro Million"/>
+    <n v="2423"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH13C09"/>
+    <s v="Fuel and power"/>
+    <s v="Euro Million"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH13C10"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="1855"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH13C11"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH13C12"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH13C13"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="3586"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH13C14"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH13C15"/>
+    <s v="Transport and communication - Operation of personal transport equipment (including motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH13C16"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH13C17"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH13C18"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="3153"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH13C19"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH13C20"/>
+    <s v="Recreation, entertainment and education - Services (incl. education)"/>
+    <s v="Euro Million"/>
+    <n v="2132"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH13C21"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="4751"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH13C22"/>
+    <s v="Miscellaneous goods and services - Professional services (incl medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH13C23"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH13C24"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="1743"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH13C25"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH13C26"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-1526"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH13C27"/>
+    <s v="158. Personal consumption of goods and services at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="27364"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH13C28"/>
+    <s v="159. Taxes on personal income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="7979"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH13C29"/>
+    <s v="160. Total personal expenditure"/>
+    <s v="Euro Million"/>
+    <n v="35343"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH13C01"/>
+    <s v="Food, beverages and tobacco"/>
+    <s v="Euro Million"/>
+    <n v="8805"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH13C02"/>
+    <s v="Food, beverages and tobacco - Food (excl. meals out)"/>
+    <s v="Euro Million"/>
+    <n v="4152"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH13C03"/>
+    <s v="Food, beverages and tobacco - Non-alcoholic beverages"/>
+    <s v="Euro Million"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH13C04"/>
+    <s v="Food, beverages and tobacco - Alcoholic beverages (total incl pubs)"/>
+    <s v="Euro Million"/>
+    <n v="3129"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH13C05"/>
+    <s v="Food, beverages and tobacco - Tobacco"/>
+    <s v="Euro Million"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH13C06"/>
+    <s v="Clothing and footwear"/>
+    <s v="Euro Million"/>
+    <n v="2003"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH13C07"/>
+    <s v="Housing (rent, local government charges, repairs and decorations)"/>
+    <s v="Euro Million"/>
+    <n v="3533"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH13C08"/>
+    <s v="Housing (rent, local government charges, repairs and decorations) - imputed rent"/>
+    <s v="Euro Million"/>
+    <n v="2694"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH13C09"/>
+    <s v="Fuel and power"/>
+    <s v="Euro Million"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH13C10"/>
+    <s v="Household equipment and operation"/>
+    <s v="Euro Million"/>
+    <n v="2043"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH13C11"/>
+    <s v="Household equipment and operation - Durable household goods"/>
+    <s v="Euro Million"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH13C12"/>
+    <s v="Household equipment and operation - Non-durable goods and services"/>
+    <s v="Euro Million"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH13C13"/>
+    <s v="Transport and communication"/>
+    <s v="Euro Million"/>
+    <n v="3922"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH13C14"/>
+    <s v="Transport and communication - Personal transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH13C15"/>
+    <s v="Transport and communication - Operation of personal transport equipment (including motor fuels)"/>
+    <s v="Euro Million"/>
+    <n v="1387"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH13C16"/>
+    <s v="Transport and communication - Public transport"/>
+    <s v="Euro Million"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH13C17"/>
+    <s v="Transport and communication - Communication"/>
+    <s v="Euro Million"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH13C18"/>
+    <s v="Recreation, entertainment and education"/>
+    <s v="Euro Million"/>
+    <n v="3489"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH13C19"/>
+    <s v="Recreation, entertainment and education - Equipment and accessories"/>
+    <s v="Euro Million"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH13C20"/>
+    <s v="Recreation, entertainment and education - Services (incl. education)"/>
+    <s v="Euro Million"/>
+    <n v="2377"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH13C21"/>
+    <s v="Miscellaneous goods and services"/>
+    <s v="Euro Million"/>
+    <n v="4920"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH13C22"/>
+    <s v="Miscellaneous goods and services - Professional services (incl medical goods and services)"/>
+    <s v="Euro Million"/>
+    <n v="2105"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH13C23"/>
+    <s v="Miscellaneous goods and services - Goods (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH13C24"/>
+    <s v="Miscellaneous goods and services - Services (not elsewhere specified)"/>
+    <s v="Euro Million"/>
+    <n v="1995"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH13C25"/>
+    <s v="Expenditure outside the State"/>
+    <s v="Euro Million"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH13C26"/>
+    <s v="Expenditure by non-residents"/>
+    <s v="Euro Million"/>
+    <n v="-1746"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH13C27"/>
+    <s v="158. Personal consumption of goods and services at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="29433"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH13C28"/>
+    <s v="159. Taxes on personal income and wealth"/>
+    <s v="Euro Million"/>
+    <n v="8112"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH13C29"/>
+    <s v="160. Total personal expenditure"/>
+    <s v="Euro Million"/>
+    <n v="37545"/>
+  </r>
+</pivotCacheRecords>
 </file>