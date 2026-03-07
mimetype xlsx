--- v1 (2025-12-24)
+++ v2 (2026-03-07)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6b42f53dd4e4890" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/31303fff59b74eb5aa316f721698f5d4.psmdcp" Id="R98d4ee333e944d19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd490fa0a16104f65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a7f62c51b8b4f18986570c4c03991c4.psmdcp" Id="R8888ae7166284716" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>