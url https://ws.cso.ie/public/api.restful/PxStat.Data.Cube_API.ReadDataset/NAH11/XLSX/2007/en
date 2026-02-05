--- v0 (2025-11-10)
+++ v1 (2026-02-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re65d119d9a0c41d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8a1ef00abf924893b7e0148d99c9abba.psmdcp" Id="R0c68370abe6c4eca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d0ac004d86a449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d4124cf68b0b4e35aafb8ef3999feebb.psmdcp" Id="R533964c5dc1146a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NAH11</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>T11 Savings and Capital Formation (excluding FISIM)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/3/2023 11:00:00 AM</x:t>
+    <x:t>03/11/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:b/>
         <x:i/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>FISIM:</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
@@ -556,483 +556,188 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...431 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="Item" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H469" totalsRowShown="0">
   <x:autoFilter ref="A1:H469"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02196V02652"/>
     <x:tableColumn id="2" name="State"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Item"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1301,51 +1006,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NAH11/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1534,51 +1239,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H469"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="105.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -13760,51 +13465,51 @@
       <x:c r="E469" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F469" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H469" s="0">
         <x:v>9674</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13821,51 +13526,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H469" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="1">
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="State">
       <x:sharedItems count="1">
         <x:s v="State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="26">
         <x:s v="1970"/>
         <x:s v="1971"/>
         <x:s v="1972"/>
         <x:s v="1973"/>
         <x:s v="1974"/>
         <x:s v="1975"/>
         <x:s v="1976"/>
         <x:s v="1977"/>
         <x:s v="1978"/>
         <x:s v="1979"/>
         <x:s v="1980"/>
@@ -14328,27 +14033,4708 @@
         <x:n v="627"/>
         <x:n v="2709"/>
         <x:n v="2584"/>
         <x:n v="3410"/>
         <x:n v="-972"/>
         <x:n v="5022"/>
         <x:n v="-455"/>
         <x:n v="4568"/>
         <x:n v="6283"/>
         <x:n v="649"/>
         <x:n v="-2099"/>
         <x:n v="274"/>
         <x:n v="9674"/>
         <x:n v="5226"/>
         <x:n v="862"/>
         <x:n v="3091"/>
         <x:n v="65"/>
         <x:n v="884"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH11C01"/>
+    <s v="140. Personal Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH11C02"/>
+    <s v="141. Companies Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH11C03"/>
+    <s v="142. Central and local government Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH11C04"/>
+    <s v="143. Net national savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH11C05"/>
+    <s v="144. Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH11C06"/>
+    <s v="145. Net national savings"/>
+    <s v="Euro Million"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH11C07"/>
+    <s v="146. Provision for depreciation"/>
+    <s v="Euro Million"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH11C08"/>
+    <s v="147. Net foreign capital transfers"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH11C09"/>
+    <s v="148. Net foreign disinvestment"/>
+    <s v="Euro Million"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH11C10"/>
+    <s v="149. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH11C11"/>
+    <s v="150. Gross total available for investment in domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH11C12"/>
+    <s v="151. Capital formation - Building and construction"/>
+    <s v="Euro Million"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH11C13"/>
+    <s v="152. Capital formation - Other home produced capital goods net of exports (including re-exports)"/>
+    <s v="Euro Million"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH11C14"/>
+    <s v="153. Capital formation - Imported capital goods"/>
+    <s v="Euro Million"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH11C15"/>
+    <s v="154. Capital formation - Value of physical changes in agric. stocks"/>
+    <s v="Euro Million"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH11C16"/>
+    <s v="155. Capital formation -  Increase n value of non-agricultural stocks and work in progress (incl. EU intervention stocks)"/>
+    <s v="Euro Million"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH11C17"/>
+    <s v="156. Capital formation - Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH11C18"/>
+    <s v="157. Capital formation - Gross domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH11C01"/>
+    <s v="140. Personal Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH11C02"/>
+    <s v="141. Companies Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH11C03"/>
+    <s v="142. Central and local government Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH11C04"/>
+    <s v="143. Net national savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH11C05"/>
+    <s v="144. Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-24"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH11C06"/>
+    <s v="145. Net national savings"/>
+    <s v="Euro Million"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH11C07"/>
+    <s v="146. Provision for depreciation"/>
+    <s v="Euro Million"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH11C08"/>
+    <s v="147. Net foreign capital transfers"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH11C09"/>
+    <s v="148. Net foreign disinvestment"/>
+    <s v="Euro Million"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH11C10"/>
+    <s v="149. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH11C11"/>
+    <s v="150. Gross total available for investment in domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH11C12"/>
+    <s v="151. Capital formation - Building and construction"/>
+    <s v="Euro Million"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH11C13"/>
+    <s v="152. Capital formation - Other home produced capital goods net of exports (including re-exports)"/>
+    <s v="Euro Million"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH11C14"/>
+    <s v="153. Capital formation - Imported capital goods"/>
+    <s v="Euro Million"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH11C15"/>
+    <s v="154. Capital formation - Value of physical changes in agric. stocks"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH11C16"/>
+    <s v="155. Capital formation -  Increase n value of non-agricultural stocks and work in progress (incl. EU intervention stocks)"/>
+    <s v="Euro Million"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH11C17"/>
+    <s v="156. Capital formation - Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-24"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH11C18"/>
+    <s v="157. Capital formation - Gross domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH11C01"/>
+    <s v="140. Personal Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH11C02"/>
+    <s v="141. Companies Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH11C03"/>
+    <s v="142. Central and local government Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH11C04"/>
+    <s v="143. Net national savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH11C05"/>
+    <s v="144. Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-42"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH11C06"/>
+    <s v="145. Net national savings"/>
+    <s v="Euro Million"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH11C07"/>
+    <s v="146. Provision for depreciation"/>
+    <s v="Euro Million"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH11C08"/>
+    <s v="147. Net foreign capital transfers"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH11C09"/>
+    <s v="148. Net foreign disinvestment"/>
+    <s v="Euro Million"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH11C10"/>
+    <s v="149. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH11C11"/>
+    <s v="150. Gross total available for investment in domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH11C12"/>
+    <s v="151. Capital formation - Building and construction"/>
+    <s v="Euro Million"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH11C13"/>
+    <s v="152. Capital formation - Other home produced capital goods net of exports (including re-exports)"/>
+    <s v="Euro Million"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH11C14"/>
+    <s v="153. Capital formation - Imported capital goods"/>
+    <s v="Euro Million"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH11C15"/>
+    <s v="154. Capital formation - Value of physical changes in agric. stocks"/>
+    <s v="Euro Million"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH11C16"/>
+    <s v="155. Capital formation -  Increase n value of non-agricultural stocks and work in progress (incl. EU intervention stocks)"/>
+    <s v="Euro Million"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH11C17"/>
+    <s v="156. Capital formation - Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-42"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH11C18"/>
+    <s v="157. Capital formation - Gross domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH11C01"/>
+    <s v="140. Personal Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH11C02"/>
+    <s v="141. Companies Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH11C03"/>
+    <s v="142. Central and local government Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-30"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH11C04"/>
+    <s v="143. Net national savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH11C05"/>
+    <s v="144. Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-112"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH11C06"/>
+    <s v="145. Net national savings"/>
+    <s v="Euro Million"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH11C07"/>
+    <s v="146. Provision for depreciation"/>
+    <s v="Euro Million"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH11C08"/>
+    <s v="147. Net foreign capital transfers"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH11C09"/>
+    <s v="148. Net foreign disinvestment"/>
+    <s v="Euro Million"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH11C10"/>
+    <s v="149. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH11C11"/>
+    <s v="150. Gross total available for investment in domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH11C12"/>
+    <s v="151. Capital formation - Building and construction"/>
+    <s v="Euro Million"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH11C13"/>
+    <s v="152. Capital formation - Other home produced capital goods net of exports (including re-exports)"/>
+    <s v="Euro Million"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH11C14"/>
+    <s v="153. Capital formation - Imported capital goods"/>
+    <s v="Euro Million"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH11C15"/>
+    <s v="154. Capital formation - Value of physical changes in agric. stocks"/>
+    <s v="Euro Million"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH11C16"/>
+    <s v="155. Capital formation -  Increase n value of non-agricultural stocks and work in progress (incl. EU intervention stocks)"/>
+    <s v="Euro Million"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH11C17"/>
+    <s v="156. Capital formation - Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-112"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH11C18"/>
+    <s v="157. Capital formation - Gross domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH11C01"/>
+    <s v="140. Personal Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH11C02"/>
+    <s v="141. Companies Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH11C03"/>
+    <s v="142. Central and local government Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-132"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH11C04"/>
+    <s v="143. Net national savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH11C05"/>
+    <s v="144. Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH11C06"/>
+    <s v="145. Net national savings"/>
+    <s v="Euro Million"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH11C07"/>
+    <s v="146. Provision for depreciation"/>
+    <s v="Euro Million"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH11C08"/>
+    <s v="147. Net foreign capital transfers"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH11C09"/>
+    <s v="148. Net foreign disinvestment"/>
+    <s v="Euro Million"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH11C10"/>
+    <s v="149. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH11C11"/>
+    <s v="150. Gross total available for investment in domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH11C12"/>
+    <s v="151. Capital formation - Building and construction"/>
+    <s v="Euro Million"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH11C13"/>
+    <s v="152. Capital formation - Other home produced capital goods net of exports (including re-exports)"/>
+    <s v="Euro Million"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH11C14"/>
+    <s v="153. Capital formation - Imported capital goods"/>
+    <s v="Euro Million"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH11C15"/>
+    <s v="154. Capital formation - Value of physical changes in agric. stocks"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH11C16"/>
+    <s v="155. Capital formation -  Increase n value of non-agricultural stocks and work in progress (incl. EU intervention stocks)"/>
+    <s v="Euro Million"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH11C17"/>
+    <s v="156. Capital formation - Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH11C18"/>
+    <s v="157. Capital formation - Gross domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH11C01"/>
+    <s v="140. Personal Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH11C02"/>
+    <s v="141. Companies Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH11C03"/>
+    <s v="142. Central and local government Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-382"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH11C04"/>
+    <s v="143. Net national savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH11C05"/>
+    <s v="144. Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-153"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH11C06"/>
+    <s v="145. Net national savings"/>
+    <s v="Euro Million"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH11C07"/>
+    <s v="146. Provision for depreciation"/>
+    <s v="Euro Million"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH11C08"/>
+    <s v="147. Net foreign capital transfers"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH11C09"/>
+    <s v="148. Net foreign disinvestment"/>
+    <s v="Euro Million"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH11C10"/>
+    <s v="149. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH11C11"/>
+    <s v="150. Gross total available for investment in domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH11C12"/>
+    <s v="151. Capital formation - Building and construction"/>
+    <s v="Euro Million"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH11C13"/>
+    <s v="152. Capital formation - Other home produced capital goods net of exports (including re-exports)"/>
+    <s v="Euro Million"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH11C14"/>
+    <s v="153. Capital formation - Imported capital goods"/>
+    <s v="Euro Million"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH11C15"/>
+    <s v="154. Capital formation - Value of physical changes in agric. stocks"/>
+    <s v="Euro Million"/>
+    <n v="-62"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH11C16"/>
+    <s v="155. Capital formation -  Increase n value of non-agricultural stocks and work in progress (incl. EU intervention stocks)"/>
+    <s v="Euro Million"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH11C17"/>
+    <s v="156. Capital formation - Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-153"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH11C18"/>
+    <s v="157. Capital formation - Gross domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH11C01"/>
+    <s v="140. Personal Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH11C02"/>
+    <s v="141. Companies Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH11C03"/>
+    <s v="142. Central and local government Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-285"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH11C04"/>
+    <s v="143. Net national savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH11C05"/>
+    <s v="144. Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH11C06"/>
+    <s v="145. Net national savings"/>
+    <s v="Euro Million"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH11C07"/>
+    <s v="146. Provision for depreciation"/>
+    <s v="Euro Million"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH11C08"/>
+    <s v="147. Net foreign capital transfers"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH11C09"/>
+    <s v="148. Net foreign disinvestment"/>
+    <s v="Euro Million"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH11C10"/>
+    <s v="149. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH11C11"/>
+    <s v="150. Gross total available for investment in domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="1550"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH11C12"/>
+    <s v="151. Capital formation - Building and construction"/>
+    <s v="Euro Million"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH11C13"/>
+    <s v="152. Capital formation - Other home produced capital goods net of exports (including re-exports)"/>
+    <s v="Euro Million"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH11C14"/>
+    <s v="153. Capital formation - Imported capital goods"/>
+    <s v="Euro Million"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH11C15"/>
+    <s v="154. Capital formation - Value of physical changes in agric. stocks"/>
+    <s v="Euro Million"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH11C16"/>
+    <s v="155. Capital formation -  Increase n value of non-agricultural stocks and work in progress (incl. EU intervention stocks)"/>
+    <s v="Euro Million"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH11C17"/>
+    <s v="156. Capital formation - Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH11C18"/>
+    <s v="157. Capital formation - Gross domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="1550"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH11C01"/>
+    <s v="140. Personal Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH11C02"/>
+    <s v="141. Companies Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH11C03"/>
+    <s v="142. Central and local government Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-307"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH11C04"/>
+    <s v="143. Net national savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH11C05"/>
+    <s v="144. Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH11C06"/>
+    <s v="145. Net national savings"/>
+    <s v="Euro Million"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH11C07"/>
+    <s v="146. Provision for depreciation"/>
+    <s v="Euro Million"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH11C08"/>
+    <s v="147. Net foreign capital transfers"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH11C09"/>
+    <s v="148. Net foreign disinvestment"/>
+    <s v="Euro Million"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH11C10"/>
+    <s v="149. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH11C11"/>
+    <s v="150. Gross total available for investment in domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="2103"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH11C12"/>
+    <s v="151. Capital formation - Building and construction"/>
+    <s v="Euro Million"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH11C13"/>
+    <s v="152. Capital formation - Other home produced capital goods net of exports (including re-exports)"/>
+    <s v="Euro Million"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH11C14"/>
+    <s v="153. Capital formation - Imported capital goods"/>
+    <s v="Euro Million"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH11C15"/>
+    <s v="154. Capital formation - Value of physical changes in agric. stocks"/>
+    <s v="Euro Million"/>
+    <n v="-16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH11C16"/>
+    <s v="155. Capital formation -  Increase n value of non-agricultural stocks and work in progress (incl. EU intervention stocks)"/>
+    <s v="Euro Million"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH11C17"/>
+    <s v="156. Capital formation - Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH11C18"/>
+    <s v="157. Capital formation - Gross domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="2103"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH11C01"/>
+    <s v="140. Personal Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH11C02"/>
+    <s v="141. Companies Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH11C03"/>
+    <s v="142. Central and local government Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-509"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH11C04"/>
+    <s v="143. Net national savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH11C05"/>
+    <s v="144. Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-172"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH11C06"/>
+    <s v="145. Net national savings"/>
+    <s v="Euro Million"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH11C07"/>
+    <s v="146. Provision for depreciation"/>
+    <s v="Euro Million"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH11C08"/>
+    <s v="147. Net foreign capital transfers"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH11C09"/>
+    <s v="148. Net foreign disinvestment"/>
+    <s v="Euro Million"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH11C10"/>
+    <s v="149. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH11C11"/>
+    <s v="150. Gross total available for investment in domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="2609"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH11C12"/>
+    <s v="151. Capital formation - Building and construction"/>
+    <s v="Euro Million"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH11C13"/>
+    <s v="152. Capital formation - Other home produced capital goods net of exports (including re-exports)"/>
+    <s v="Euro Million"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH11C14"/>
+    <s v="153. Capital formation - Imported capital goods"/>
+    <s v="Euro Million"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH11C15"/>
+    <s v="154. Capital formation - Value of physical changes in agric. stocks"/>
+    <s v="Euro Million"/>
+    <n v="-25"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH11C16"/>
+    <s v="155. Capital formation -  Increase n value of non-agricultural stocks and work in progress (incl. EU intervention stocks)"/>
+    <s v="Euro Million"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH11C17"/>
+    <s v="156. Capital formation - Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-172"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH11C18"/>
+    <s v="157. Capital formation - Gross domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="2609"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH11C01"/>
+    <s v="140. Personal Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH11C02"/>
+    <s v="141. Companies Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH11C03"/>
+    <s v="142. Central and local government Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-725"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH11C04"/>
+    <s v="143. Net national savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH11C05"/>
+    <s v="144. Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-304"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH11C06"/>
+    <s v="145. Net national savings"/>
+    <s v="Euro Million"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH11C07"/>
+    <s v="146. Provision for depreciation"/>
+    <s v="Euro Million"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH11C08"/>
+    <s v="147. Net foreign capital transfers"/>
+    <s v="Euro Million"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH11C09"/>
+    <s v="148. Net foreign disinvestment"/>
+    <s v="Euro Million"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH11C10"/>
+    <s v="149. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH11C11"/>
+    <s v="150. Gross total available for investment in domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="3444"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH11C12"/>
+    <s v="151. Capital formation - Building and construction"/>
+    <s v="Euro Million"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH11C13"/>
+    <s v="152. Capital formation - Other home produced capital goods net of exports (including re-exports)"/>
+    <s v="Euro Million"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH11C14"/>
+    <s v="153. Capital formation - Imported capital goods"/>
+    <s v="Euro Million"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH11C15"/>
+    <s v="154. Capital formation - Value of physical changes in agric. stocks"/>
+    <s v="Euro Million"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH11C16"/>
+    <s v="155. Capital formation -  Increase n value of non-agricultural stocks and work in progress (incl. EU intervention stocks)"/>
+    <s v="Euro Million"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH11C17"/>
+    <s v="156. Capital formation - Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-304"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH11C18"/>
+    <s v="157. Capital formation - Gross domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="3444"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH11C01"/>
+    <s v="140. Personal Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH11C02"/>
+    <s v="141. Companies Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH11C03"/>
+    <s v="142. Central and local government Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-912"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH11C04"/>
+    <s v="143. Net national savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH11C05"/>
+    <s v="144. Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-402"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH11C06"/>
+    <s v="145. Net national savings"/>
+    <s v="Euro Million"/>
+    <n v="-9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH11C07"/>
+    <s v="146. Provision for depreciation"/>
+    <s v="Euro Million"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH11C08"/>
+    <s v="147. Net foreign capital transfers"/>
+    <s v="Euro Million"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH11C09"/>
+    <s v="148. Net foreign disinvestment"/>
+    <s v="Euro Million"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH11C10"/>
+    <s v="149. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH11C11"/>
+    <s v="150. Gross total available for investment in domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="3461"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH11C12"/>
+    <s v="151. Capital formation - Building and construction"/>
+    <s v="Euro Million"/>
+    <n v="1889"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH11C13"/>
+    <s v="152. Capital formation - Other home produced capital goods net of exports (including re-exports)"/>
+    <s v="Euro Million"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH11C14"/>
+    <s v="153. Capital formation - Imported capital goods"/>
+    <s v="Euro Million"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH11C15"/>
+    <s v="154. Capital formation - Value of physical changes in agric. stocks"/>
+    <s v="Euro Million"/>
+    <n v="-193"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH11C16"/>
+    <s v="155. Capital formation -  Increase n value of non-agricultural stocks and work in progress (incl. EU intervention stocks)"/>
+    <s v="Euro Million"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH11C17"/>
+    <s v="156. Capital formation - Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-402"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH11C18"/>
+    <s v="157. Capital formation - Gross domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="3461"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH11C01"/>
+    <s v="140. Personal Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH11C02"/>
+    <s v="141. Companies Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH11C03"/>
+    <s v="142. Central and local government Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-1279"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH11C04"/>
+    <s v="143. Net national savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH11C05"/>
+    <s v="144. Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-587"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH11C06"/>
+    <s v="145. Net national savings"/>
+    <s v="Euro Million"/>
+    <n v="-138"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH11C07"/>
+    <s v="146. Provision for depreciation"/>
+    <s v="Euro Million"/>
+    <n v="1875"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH11C08"/>
+    <s v="147. Net foreign capital transfers"/>
+    <s v="Euro Million"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH11C09"/>
+    <s v="148. Net foreign disinvestment"/>
+    <s v="Euro Million"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH11C10"/>
+    <s v="149. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH11C11"/>
+    <s v="150. Gross total available for investment in domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="4350"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH11C12"/>
+    <s v="151. Capital formation - Building and construction"/>
+    <s v="Euro Million"/>
+    <n v="2404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH11C13"/>
+    <s v="152. Capital formation - Other home produced capital goods net of exports (including re-exports)"/>
+    <s v="Euro Million"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH11C14"/>
+    <s v="153. Capital formation - Imported capital goods"/>
+    <s v="Euro Million"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH11C15"/>
+    <s v="154. Capital formation - Value of physical changes in agric. stocks"/>
+    <s v="Euro Million"/>
+    <n v="-6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH11C16"/>
+    <s v="155. Capital formation -  Increase n value of non-agricultural stocks and work in progress (incl. EU intervention stocks)"/>
+    <s v="Euro Million"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH11C17"/>
+    <s v="156. Capital formation - Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-587"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH11C18"/>
+    <s v="157. Capital formation - Gross domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="4350"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH11C01"/>
+    <s v="140. Personal Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH11C02"/>
+    <s v="141. Companies Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH11C03"/>
+    <s v="142. Central and local government Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-1676"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH11C04"/>
+    <s v="143. Net national savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH11C05"/>
+    <s v="144. Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-333"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH11C06"/>
+    <s v="145. Net national savings"/>
+    <s v="Euro Million"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH11C07"/>
+    <s v="146. Provision for depreciation"/>
+    <s v="Euro Million"/>
+    <n v="2202"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH11C08"/>
+    <s v="147. Net foreign capital transfers"/>
+    <s v="Euro Million"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH11C09"/>
+    <s v="148. Net foreign disinvestment"/>
+    <s v="Euro Million"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH11C10"/>
+    <s v="149. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH11C11"/>
+    <s v="150. Gross total available for investment in domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="4919"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH11C12"/>
+    <s v="151. Capital formation - Building and construction"/>
+    <s v="Euro Million"/>
+    <n v="2601"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH11C13"/>
+    <s v="152. Capital formation - Other home produced capital goods net of exports (including re-exports)"/>
+    <s v="Euro Million"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH11C14"/>
+    <s v="153. Capital formation - Imported capital goods"/>
+    <s v="Euro Million"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH11C15"/>
+    <s v="154. Capital formation - Value of physical changes in agric. stocks"/>
+    <s v="Euro Million"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH11C16"/>
+    <s v="155. Capital formation -  Increase n value of non-agricultural stocks and work in progress (incl. EU intervention stocks)"/>
+    <s v="Euro Million"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH11C17"/>
+    <s v="156. Capital formation - Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-333"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH11C18"/>
+    <s v="157. Capital formation - Gross domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="4919"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH11C01"/>
+    <s v="140. Personal Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH11C02"/>
+    <s v="141. Companies Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH11C03"/>
+    <s v="142. Central and local government Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-1640"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH11C04"/>
+    <s v="143. Net national savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH11C05"/>
+    <s v="144. Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-395"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH11C06"/>
+    <s v="145. Net national savings"/>
+    <s v="Euro Million"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH11C07"/>
+    <s v="146. Provision for depreciation"/>
+    <s v="Euro Million"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH11C08"/>
+    <s v="147. Net foreign capital transfers"/>
+    <s v="Euro Million"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH11C09"/>
+    <s v="148. Net foreign disinvestment"/>
+    <s v="Euro Million"/>
+    <n v="1272"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH11C10"/>
+    <s v="149. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH11C11"/>
+    <s v="150. Gross total available for investment in domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="4714"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH11C12"/>
+    <s v="151. Capital formation - Building and construction"/>
+    <s v="Euro Million"/>
+    <n v="2407"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH11C13"/>
+    <s v="152. Capital formation - Other home produced capital goods net of exports (including re-exports)"/>
+    <s v="Euro Million"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH11C14"/>
+    <s v="153. Capital formation - Imported capital goods"/>
+    <s v="Euro Million"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH11C15"/>
+    <s v="154. Capital formation - Value of physical changes in agric. stocks"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH11C16"/>
+    <s v="155. Capital formation -  Increase n value of non-agricultural stocks and work in progress (incl. EU intervention stocks)"/>
+    <s v="Euro Million"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH11C17"/>
+    <s v="156. Capital formation - Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-395"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH11C18"/>
+    <s v="157. Capital formation - Gross domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="4714"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH11C01"/>
+    <s v="140. Personal Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH11C02"/>
+    <s v="141. Companies Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH11C03"/>
+    <s v="142. Central and local government Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-1600"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH11C04"/>
+    <s v="143. Net national savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH11C05"/>
+    <s v="144. Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-257"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH11C06"/>
+    <s v="145. Net national savings"/>
+    <s v="Euro Million"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH11C07"/>
+    <s v="146. Provision for depreciation"/>
+    <s v="Euro Million"/>
+    <n v="2619"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH11C08"/>
+    <s v="147. Net foreign capital transfers"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH11C09"/>
+    <s v="148. Net foreign disinvestment"/>
+    <s v="Euro Million"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH11C10"/>
+    <s v="149. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH11C11"/>
+    <s v="150. Gross total available for investment in domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="4948"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH11C12"/>
+    <s v="151. Capital formation - Building and construction"/>
+    <s v="Euro Million"/>
+    <n v="2469"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH11C13"/>
+    <s v="152. Capital formation - Other home produced capital goods net of exports (including re-exports)"/>
+    <s v="Euro Million"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH11C14"/>
+    <s v="153. Capital formation - Imported capital goods"/>
+    <s v="Euro Million"/>
+    <n v="1545"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH11C15"/>
+    <s v="154. Capital formation - Value of physical changes in agric. stocks"/>
+    <s v="Euro Million"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH11C16"/>
+    <s v="155. Capital formation -  Increase n value of non-agricultural stocks and work in progress (incl. EU intervention stocks)"/>
+    <s v="Euro Million"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH11C17"/>
+    <s v="156. Capital formation - Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-257"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH11C18"/>
+    <s v="157. Capital formation - Gross domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="4948"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH11C01"/>
+    <s v="140. Personal Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH11C02"/>
+    <s v="141. Companies Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH11C03"/>
+    <s v="142. Central and local government Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-2072"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH11C04"/>
+    <s v="143. Net national savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH11C05"/>
+    <s v="144. Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH11C06"/>
+    <s v="145. Net national savings"/>
+    <s v="Euro Million"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH11C07"/>
+    <s v="146. Provision for depreciation"/>
+    <s v="Euro Million"/>
+    <n v="2839"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH11C08"/>
+    <s v="147. Net foreign capital transfers"/>
+    <s v="Euro Million"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH11C09"/>
+    <s v="148. Net foreign disinvestment"/>
+    <s v="Euro Million"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH11C10"/>
+    <s v="149. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH11C11"/>
+    <s v="150. Gross total available for investment in domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="4749"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH11C12"/>
+    <s v="151. Capital formation - Building and construction"/>
+    <s v="Euro Million"/>
+    <n v="2385"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH11C13"/>
+    <s v="152. Capital formation - Other home produced capital goods net of exports (including re-exports)"/>
+    <s v="Euro Million"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH11C14"/>
+    <s v="153. Capital formation - Imported capital goods"/>
+    <s v="Euro Million"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH11C15"/>
+    <s v="154. Capital formation - Value of physical changes in agric. stocks"/>
+    <s v="Euro Million"/>
+    <n v="-31"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH11C16"/>
+    <s v="155. Capital formation -  Increase n value of non-agricultural stocks and work in progress (incl. EU intervention stocks)"/>
+    <s v="Euro Million"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH11C17"/>
+    <s v="156. Capital formation - Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH11C18"/>
+    <s v="157. Capital formation - Gross domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="4749"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH11C01"/>
+    <s v="140. Personal Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH11C02"/>
+    <s v="141. Companies Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH11C03"/>
+    <s v="142. Central and local government Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-2214"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH11C04"/>
+    <s v="143. Net national savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH11C05"/>
+    <s v="144. Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH11C06"/>
+    <s v="145. Net national savings"/>
+    <s v="Euro Million"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH11C07"/>
+    <s v="146. Provision for depreciation"/>
+    <s v="Euro Million"/>
+    <n v="3029"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH11C08"/>
+    <s v="147. Net foreign capital transfers"/>
+    <s v="Euro Million"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH11C09"/>
+    <s v="148. Net foreign disinvestment"/>
+    <s v="Euro Million"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH11C10"/>
+    <s v="149. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH11C11"/>
+    <s v="150. Gross total available for investment in domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="4804"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH11C12"/>
+    <s v="151. Capital formation - Building and construction"/>
+    <s v="Euro Million"/>
+    <n v="2487"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH11C13"/>
+    <s v="152. Capital formation - Other home produced capital goods net of exports (including re-exports)"/>
+    <s v="Euro Million"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH11C14"/>
+    <s v="153. Capital formation - Imported capital goods"/>
+    <s v="Euro Million"/>
+    <n v="1595"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH11C15"/>
+    <s v="154. Capital formation - Value of physical changes in agric. stocks"/>
+    <s v="Euro Million"/>
+    <n v="-90"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH11C16"/>
+    <s v="155. Capital formation -  Increase n value of non-agricultural stocks and work in progress (incl. EU intervention stocks)"/>
+    <s v="Euro Million"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH11C17"/>
+    <s v="156. Capital formation - Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH11C18"/>
+    <s v="157. Capital formation - Gross domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="4804"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH11C01"/>
+    <s v="140. Personal Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH11C02"/>
+    <s v="141. Companies Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="1728"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH11C03"/>
+    <s v="142. Central and local government Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-2072"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH11C04"/>
+    <s v="143. Net national savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH11C05"/>
+    <s v="144. Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-129"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH11C06"/>
+    <s v="145. Net national savings"/>
+    <s v="Euro Million"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH11C07"/>
+    <s v="146. Provision for depreciation"/>
+    <s v="Euro Million"/>
+    <n v="3286"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH11C08"/>
+    <s v="147. Net foreign capital transfers"/>
+    <s v="Euro Million"/>
+    <n v="-16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH11C09"/>
+    <s v="148. Net foreign disinvestment"/>
+    <s v="Euro Million"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH11C10"/>
+    <s v="149. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH11C11"/>
+    <s v="150. Gross total available for investment in domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="4654"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH11C12"/>
+    <s v="151. Capital formation - Building and construction"/>
+    <s v="Euro Million"/>
+    <n v="2385"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH11C13"/>
+    <s v="152. Capital formation - Other home produced capital goods net of exports (including re-exports)"/>
+    <s v="Euro Million"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH11C14"/>
+    <s v="153. Capital formation - Imported capital goods"/>
+    <s v="Euro Million"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH11C15"/>
+    <s v="154. Capital formation - Value of physical changes in agric. stocks"/>
+    <s v="Euro Million"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH11C16"/>
+    <s v="155. Capital formation -  Increase n value of non-agricultural stocks and work in progress (incl. EU intervention stocks)"/>
+    <s v="Euro Million"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH11C17"/>
+    <s v="156. Capital formation - Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-129"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH11C18"/>
+    <s v="157. Capital formation - Gross domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="4654"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH11C01"/>
+    <s v="140. Personal Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH11C02"/>
+    <s v="141. Companies Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH11C03"/>
+    <s v="142. Central and local government Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-1452"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH11C04"/>
+    <s v="143. Net national savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH11C05"/>
+    <s v="144. Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-47"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH11C06"/>
+    <s v="145. Net national savings"/>
+    <s v="Euro Million"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH11C07"/>
+    <s v="146. Provision for depreciation"/>
+    <s v="Euro Million"/>
+    <n v="3425"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH11C08"/>
+    <s v="147. Net foreign capital transfers"/>
+    <s v="Euro Million"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH11C09"/>
+    <s v="148. Net foreign disinvestment"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH11C10"/>
+    <s v="149. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH11C11"/>
+    <s v="150. Gross total available for investment in domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="4767"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH11C12"/>
+    <s v="151. Capital formation - Building and construction"/>
+    <s v="Euro Million"/>
+    <n v="2437"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH11C13"/>
+    <s v="152. Capital formation - Other home produced capital goods net of exports (including re-exports)"/>
+    <s v="Euro Million"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH11C14"/>
+    <s v="153. Capital formation - Imported capital goods"/>
+    <s v="Euro Million"/>
+    <n v="1948"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH11C15"/>
+    <s v="154. Capital formation - Value of physical changes in agric. stocks"/>
+    <s v="Euro Million"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH11C16"/>
+    <s v="155. Capital formation -  Increase n value of non-agricultural stocks and work in progress (incl. EU intervention stocks)"/>
+    <s v="Euro Million"/>
+    <n v="-104"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH11C17"/>
+    <s v="156. Capital formation - Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-47"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH11C18"/>
+    <s v="157. Capital formation - Gross domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="4767"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH11C01"/>
+    <s v="140. Personal Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH11C02"/>
+    <s v="141. Companies Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH11C03"/>
+    <s v="142. Central and local government Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-671"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH11C04"/>
+    <s v="143. Net national savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="1797"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH11C05"/>
+    <s v="144. Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-209"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH11C06"/>
+    <s v="145. Net national savings"/>
+    <s v="Euro Million"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH11C07"/>
+    <s v="146. Provision for depreciation"/>
+    <s v="Euro Million"/>
+    <n v="3800"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH11C08"/>
+    <s v="147. Net foreign capital transfers"/>
+    <s v="Euro Million"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH11C09"/>
+    <s v="148. Net foreign disinvestment"/>
+    <s v="Euro Million"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH11C10"/>
+    <s v="149. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH11C11"/>
+    <s v="150. Gross total available for investment in domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="6137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH11C12"/>
+    <s v="151. Capital formation - Building and construction"/>
+    <s v="Euro Million"/>
+    <n v="2852"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH11C13"/>
+    <s v="152. Capital formation - Other home produced capital goods net of exports (including re-exports)"/>
+    <s v="Euro Million"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH11C14"/>
+    <s v="153. Capital formation - Imported capital goods"/>
+    <s v="Euro Million"/>
+    <n v="2429"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH11C15"/>
+    <s v="154. Capital formation - Value of physical changes in agric. stocks"/>
+    <s v="Euro Million"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH11C16"/>
+    <s v="155. Capital formation -  Increase n value of non-agricultural stocks and work in progress (incl. EU intervention stocks)"/>
+    <s v="Euro Million"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH11C17"/>
+    <s v="156. Capital formation - Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-209"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH11C18"/>
+    <s v="157. Capital formation - Gross domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="6137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH11C01"/>
+    <s v="140. Personal Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH11C02"/>
+    <s v="141. Companies Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH11C03"/>
+    <s v="142. Central and local government Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-1100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH11C04"/>
+    <s v="143. Net national savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="1760"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH11C05"/>
+    <s v="144. Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH11C06"/>
+    <s v="145. Net national savings"/>
+    <s v="Euro Million"/>
+    <n v="2428"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH11C07"/>
+    <s v="146. Provision for depreciation"/>
+    <s v="Euro Million"/>
+    <n v="4136"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH11C08"/>
+    <s v="147. Net foreign capital transfers"/>
+    <s v="Euro Million"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH11C09"/>
+    <s v="148. Net foreign disinvestment"/>
+    <s v="Euro Million"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH11C10"/>
+    <s v="149. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH11C11"/>
+    <s v="150. Gross total available for investment in domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="7683"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH11C12"/>
+    <s v="151. Capital formation - Building and construction"/>
+    <s v="Euro Million"/>
+    <n v="3628"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH11C13"/>
+    <s v="152. Capital formation - Other home produced capital goods net of exports (including re-exports)"/>
+    <s v="Euro Million"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH11C14"/>
+    <s v="153. Capital formation - Imported capital goods"/>
+    <s v="Euro Million"/>
+    <n v="2641"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH11C15"/>
+    <s v="154. Capital formation - Value of physical changes in agric. stocks"/>
+    <s v="Euro Million"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH11C16"/>
+    <s v="155. Capital formation -  Increase n value of non-agricultural stocks and work in progress (incl. EU intervention stocks)"/>
+    <s v="Euro Million"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH11C17"/>
+    <s v="156. Capital formation - Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH11C18"/>
+    <s v="157. Capital formation - Gross domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="7683"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH11C01"/>
+    <s v="140. Personal Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="2066"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH11C02"/>
+    <s v="141. Companies Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH11C03"/>
+    <s v="142. Central and local government Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-1293"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH11C04"/>
+    <s v="143. Net national savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH11C05"/>
+    <s v="144. Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH11C06"/>
+    <s v="145. Net national savings"/>
+    <s v="Euro Million"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH11C07"/>
+    <s v="146. Provision for depreciation"/>
+    <s v="Euro Million"/>
+    <n v="4478"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH11C08"/>
+    <s v="147. Net foreign capital transfers"/>
+    <s v="Euro Million"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH11C09"/>
+    <s v="148. Net foreign disinvestment"/>
+    <s v="Euro Million"/>
+    <n v="-317"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH11C10"/>
+    <s v="149. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH11C11"/>
+    <s v="150. Gross total available for investment in domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="7264"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH11C12"/>
+    <s v="151. Capital formation - Building and construction"/>
+    <s v="Euro Million"/>
+    <n v="3784"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH11C13"/>
+    <s v="152. Capital formation - Other home produced capital goods net of exports (including re-exports)"/>
+    <s v="Euro Million"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH11C14"/>
+    <s v="153. Capital formation - Imported capital goods"/>
+    <s v="Euro Million"/>
+    <n v="2305"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH11C15"/>
+    <s v="154. Capital formation - Value of physical changes in agric. stocks"/>
+    <s v="Euro Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH11C16"/>
+    <s v="155. Capital formation -  Increase n value of non-agricultural stocks and work in progress (incl. EU intervention stocks)"/>
+    <s v="Euro Million"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH11C17"/>
+    <s v="156. Capital formation - Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH11C18"/>
+    <s v="157. Capital formation - Gross domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="7264"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH11C01"/>
+    <s v="140. Personal Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="2054"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH11C02"/>
+    <s v="141. Companies Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH11C03"/>
+    <s v="142. Central and local government Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-1372"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH11C04"/>
+    <s v="143. Net national savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH11C05"/>
+    <s v="144. Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-206"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH11C06"/>
+    <s v="145. Net national savings"/>
+    <s v="Euro Million"/>
+    <n v="1657"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH11C07"/>
+    <s v="146. Provision for depreciation"/>
+    <s v="Euro Million"/>
+    <n v="4711"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH11C08"/>
+    <s v="147. Net foreign capital transfers"/>
+    <s v="Euro Million"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH11C09"/>
+    <s v="148. Net foreign disinvestment"/>
+    <s v="Euro Million"/>
+    <n v="-732"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH11C10"/>
+    <s v="149. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH11C11"/>
+    <s v="150. Gross total available for investment in domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="6559"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH11C12"/>
+    <s v="151. Capital formation - Building and construction"/>
+    <s v="Euro Million"/>
+    <n v="3971"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH11C13"/>
+    <s v="152. Capital formation - Other home produced capital goods net of exports (including re-exports)"/>
+    <s v="Euro Million"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH11C14"/>
+    <s v="153. Capital formation - Imported capital goods"/>
+    <s v="Euro Million"/>
+    <n v="2225"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH11C15"/>
+    <s v="154. Capital formation - Value of physical changes in agric. stocks"/>
+    <s v="Euro Million"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH11C16"/>
+    <s v="155. Capital formation -  Increase n value of non-agricultural stocks and work in progress (incl. EU intervention stocks)"/>
+    <s v="Euro Million"/>
+    <n v="-10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH11C17"/>
+    <s v="156. Capital formation - Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-206"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH11C18"/>
+    <s v="157. Capital formation - Gross domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="6559"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH11C01"/>
+    <s v="140. Personal Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="3030"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH11C02"/>
+    <s v="141. Companies Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH11C03"/>
+    <s v="142. Central and local government Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-1322"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH11C04"/>
+    <s v="143. Net national savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="3013"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH11C05"/>
+    <s v="144. Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH11C06"/>
+    <s v="145. Net national savings"/>
+    <s v="Euro Million"/>
+    <n v="2701"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH11C07"/>
+    <s v="146. Provision for depreciation"/>
+    <s v="Euro Million"/>
+    <n v="5067"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH11C08"/>
+    <s v="147. Net foreign capital transfers"/>
+    <s v="Euro Million"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH11C09"/>
+    <s v="148. Net foreign disinvestment"/>
+    <s v="Euro Million"/>
+    <n v="-2241"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH11C10"/>
+    <s v="149. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH11C11"/>
+    <s v="150. Gross total available for investment in domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="6573"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH11C12"/>
+    <s v="151. Capital formation - Building and construction"/>
+    <s v="Euro Million"/>
+    <n v="3761"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH11C13"/>
+    <s v="152. Capital formation - Other home produced capital goods net of exports (including re-exports)"/>
+    <s v="Euro Million"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH11C14"/>
+    <s v="153. Capital formation - Imported capital goods"/>
+    <s v="Euro Million"/>
+    <n v="2470"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH11C15"/>
+    <s v="154. Capital formation - Value of physical changes in agric. stocks"/>
+    <s v="Euro Million"/>
+    <n v="-13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH11C16"/>
+    <s v="155. Capital formation -  Increase n value of non-agricultural stocks and work in progress (incl. EU intervention stocks)"/>
+    <s v="Euro Million"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH11C17"/>
+    <s v="156. Capital formation - Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH11C18"/>
+    <s v="157. Capital formation - Gross domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="6573"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH11C01"/>
+    <s v="140. Personal Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="1902"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH11C02"/>
+    <s v="141. Companies Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="2135"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH11C03"/>
+    <s v="142. Central and local government Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-633"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH11C04"/>
+    <s v="143. Net national savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="3403"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH11C05"/>
+    <s v="144. Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-534"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH11C06"/>
+    <s v="145. Net national savings"/>
+    <s v="Euro Million"/>
+    <n v="2869"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH11C07"/>
+    <s v="146. Provision for depreciation"/>
+    <s v="Euro Million"/>
+    <n v="5588"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH11C08"/>
+    <s v="147. Net foreign capital transfers"/>
+    <s v="Euro Million"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH11C09"/>
+    <s v="148. Net foreign disinvestment"/>
+    <s v="Euro Million"/>
+    <n v="-1668"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH11C10"/>
+    <s v="149. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH11C11"/>
+    <s v="150. Gross total available for investment in domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="7550"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH11C12"/>
+    <s v="151. Capital formation - Building and construction"/>
+    <s v="Euro Million"/>
+    <n v="4398"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH11C13"/>
+    <s v="152. Capital formation - Other home produced capital goods net of exports (including re-exports)"/>
+    <s v="Euro Million"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH11C14"/>
+    <s v="153. Capital formation - Imported capital goods"/>
+    <s v="Euro Million"/>
+    <n v="2709"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH11C15"/>
+    <s v="154. Capital formation - Value of physical changes in agric. stocks"/>
+    <s v="Euro Million"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH11C16"/>
+    <s v="155. Capital formation -  Increase n value of non-agricultural stocks and work in progress (incl. EU intervention stocks)"/>
+    <s v="Euro Million"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH11C17"/>
+    <s v="156. Capital formation - Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-534"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH11C18"/>
+    <s v="157. Capital formation - Gross domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="7550"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH11C01"/>
+    <s v="140. Personal Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="2584"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH11C02"/>
+    <s v="141. Companies Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="3410"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH11C03"/>
+    <s v="142. Central and local government Savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-972"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH11C04"/>
+    <s v="143. Net national savings before adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="5022"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH11C05"/>
+    <s v="144. Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-455"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH11C06"/>
+    <s v="145. Net national savings"/>
+    <s v="Euro Million"/>
+    <n v="4568"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH11C07"/>
+    <s v="146. Provision for depreciation"/>
+    <s v="Euro Million"/>
+    <n v="6283"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH11C08"/>
+    <s v="147. Net foreign capital transfers"/>
+    <s v="Euro Million"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH11C09"/>
+    <s v="148. Net foreign disinvestment"/>
+    <s v="Euro Million"/>
+    <n v="-2099"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH11C10"/>
+    <s v="149. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH11C11"/>
+    <s v="150. Gross total available for investment in domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="9674"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH11C12"/>
+    <s v="151. Capital formation - Building and construction"/>
+    <s v="Euro Million"/>
+    <n v="5226"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH11C13"/>
+    <s v="152. Capital formation - Other home produced capital goods net of exports (including re-exports)"/>
+    <s v="Euro Million"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH11C14"/>
+    <s v="153. Capital formation - Imported capital goods"/>
+    <s v="Euro Million"/>
+    <n v="3091"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH11C15"/>
+    <s v="154. Capital formation - Value of physical changes in agric. stocks"/>
+    <s v="Euro Million"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH11C16"/>
+    <s v="155. Capital formation -  Increase n value of non-agricultural stocks and work in progress (incl. EU intervention stocks)"/>
+    <s v="Euro Million"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH11C17"/>
+    <s v="156. Capital formation - Adjustment for stock appreciation"/>
+    <s v="Euro Million"/>
+    <n v="-455"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH11C18"/>
+    <s v="157. Capital formation - Gross domestic physical capital formation"/>
+    <s v="Euro Million"/>
+    <n v="9674"/>
+  </r>
+</pivotCacheRecords>
 </file>