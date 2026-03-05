--- v0 (2025-11-05)
+++ v1 (2026-03-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ff3c3625d6a4e64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e74bac60b24b4c119c48b00d0f57b56c.psmdcp" Id="Rf34a5e1571164ea4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11e8c171d69044cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/870cba4f433d4409a4cb889a7d4b53a3.psmdcp" Id="Re04dda77ed6f4e8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NAH10</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>T10 Net Current Income and Expenditure of Central and Local Government (excluding FISIM)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/3/2023 11:00:00 AM</x:t>
+    <x:t>03/11/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:b/>
         <x:i/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>FISIM:</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
@@ -508,419 +508,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...367 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Item" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H261" totalsRowShown="0">
   <x:autoFilter ref="A1:H261"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02196V02652"/>
     <x:tableColumn id="2" name="State"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Item"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1189,51 +942,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NAH10/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1422,51 +1175,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H261"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="85.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -8240,51 +7993,51 @@
       <x:c r="E261" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H261" s="0">
         <x:v>-972</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -8301,51 +8054,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H261" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="1">
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="State">
       <x:sharedItems count="1">
         <x:s v="State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="26">
         <x:s v="1970"/>
         <x:s v="1971"/>
         <x:s v="1972"/>
         <x:s v="1973"/>
         <x:s v="1974"/>
         <x:s v="1975"/>
         <x:s v="1976"/>
         <x:s v="1977"/>
         <x:s v="1978"/>
         <x:s v="1979"/>
         <x:s v="1980"/>
@@ -8665,27 +8418,2628 @@
         <x:n v="641"/>
         <x:n v="448"/>
         <x:n v="17032"/>
         <x:n v="504"/>
         <x:n v="9370"/>
         <x:n v="7792"/>
         <x:n v="17665"/>
         <x:n v="-633"/>
         <x:n v="9590"/>
         <x:n v="7102"/>
         <x:n v="634"/>
         <x:n v="346"/>
         <x:n v="17672"/>
         <x:n v="514"/>
         <x:n v="9864"/>
         <x:n v="8266"/>
         <x:n v="18644"/>
         <x:n v="-972"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH10C01"/>
+    <s v="130. Taxes on income and wealth (including social insurance contributions)"/>
+    <s v="€ml"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH10C02"/>
+    <s v="131. Taxes on expenditure (including rates)"/>
+    <s v="€ml"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH10C03"/>
+    <s v="132. Net trading and investment income"/>
+    <s v="€ml"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH10C04"/>
+    <s v="133. Current transfers from the rest of the world to central and local government"/>
+    <s v="€ml"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH10C05"/>
+    <s v="134. Net current income of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH10C06"/>
+    <s v="135. Subsidies (excluding EU subsidies)"/>
+    <s v="€ml"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH10C07"/>
+    <s v="136. Transfer payments (including transfers to the rest of the world) and national debt interest"/>
+    <s v="€ml"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH10C08"/>
+    <s v="137. Net current expenditure on goods and services"/>
+    <s v="€ml"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH10C09"/>
+    <s v="138. Net current expenditure of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH10C10"/>
+    <s v="139. Central and local government savings"/>
+    <s v="€ml"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH10C01"/>
+    <s v="130. Taxes on income and wealth (including social insurance contributions)"/>
+    <s v="€ml"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH10C02"/>
+    <s v="131. Taxes on expenditure (including rates)"/>
+    <s v="€ml"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH10C03"/>
+    <s v="132. Net trading and investment income"/>
+    <s v="€ml"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH10C04"/>
+    <s v="133. Current transfers from the rest of the world to central and local government"/>
+    <s v="€ml"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH10C05"/>
+    <s v="134. Net current income of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH10C06"/>
+    <s v="135. Subsidies (excluding EU subsidies)"/>
+    <s v="€ml"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH10C07"/>
+    <s v="136. Transfer payments (including transfers to the rest of the world) and national debt interest"/>
+    <s v="€ml"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH10C08"/>
+    <s v="137. Net current expenditure on goods and services"/>
+    <s v="€ml"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH10C09"/>
+    <s v="138. Net current expenditure of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH10C10"/>
+    <s v="139. Central and local government savings"/>
+    <s v="€ml"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH10C01"/>
+    <s v="130. Taxes on income and wealth (including social insurance contributions)"/>
+    <s v="€ml"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH10C02"/>
+    <s v="131. Taxes on expenditure (including rates)"/>
+    <s v="€ml"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH10C03"/>
+    <s v="132. Net trading and investment income"/>
+    <s v="€ml"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH10C04"/>
+    <s v="133. Current transfers from the rest of the world to central and local government"/>
+    <s v="€ml"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH10C05"/>
+    <s v="134. Net current income of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH10C06"/>
+    <s v="135. Subsidies (excluding EU subsidies)"/>
+    <s v="€ml"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH10C07"/>
+    <s v="136. Transfer payments (including transfers to the rest of the world) and national debt interest"/>
+    <s v="€ml"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH10C08"/>
+    <s v="137. Net current expenditure on goods and services"/>
+    <s v="€ml"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH10C09"/>
+    <s v="138. Net current expenditure of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH10C10"/>
+    <s v="139. Central and local government savings"/>
+    <s v="€ml"/>
+    <n v="-9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH10C01"/>
+    <s v="130. Taxes on income and wealth (including social insurance contributions)"/>
+    <s v="€ml"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH10C02"/>
+    <s v="131. Taxes on expenditure (including rates)"/>
+    <s v="€ml"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH10C03"/>
+    <s v="132. Net trading and investment income"/>
+    <s v="€ml"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH10C04"/>
+    <s v="133. Current transfers from the rest of the world to central and local government"/>
+    <s v="€ml"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH10C05"/>
+    <s v="134. Net current income of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH10C06"/>
+    <s v="135. Subsidies (excluding EU subsidies)"/>
+    <s v="€ml"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH10C07"/>
+    <s v="136. Transfer payments (including transfers to the rest of the world) and national debt interest"/>
+    <s v="€ml"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH10C08"/>
+    <s v="137. Net current expenditure on goods and services"/>
+    <s v="€ml"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH10C09"/>
+    <s v="138. Net current expenditure of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH10C10"/>
+    <s v="139. Central and local government savings"/>
+    <s v="€ml"/>
+    <n v="-30"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH10C01"/>
+    <s v="130. Taxes on income and wealth (including social insurance contributions)"/>
+    <s v="€ml"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH10C02"/>
+    <s v="131. Taxes on expenditure (including rates)"/>
+    <s v="€ml"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH10C03"/>
+    <s v="132. Net trading and investment income"/>
+    <s v="€ml"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH10C04"/>
+    <s v="133. Current transfers from the rest of the world to central and local government"/>
+    <s v="€ml"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH10C05"/>
+    <s v="134. Net current income of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH10C06"/>
+    <s v="135. Subsidies (excluding EU subsidies)"/>
+    <s v="€ml"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH10C07"/>
+    <s v="136. Transfer payments (including transfers to the rest of the world) and national debt interest"/>
+    <s v="€ml"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH10C08"/>
+    <s v="137. Net current expenditure on goods and services"/>
+    <s v="€ml"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH10C09"/>
+    <s v="138. Net current expenditure of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="1403"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH10C10"/>
+    <s v="139. Central and local government savings"/>
+    <s v="€ml"/>
+    <n v="-132"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH10C01"/>
+    <s v="130. Taxes on income and wealth (including social insurance contributions)"/>
+    <s v="€ml"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH10C02"/>
+    <s v="131. Taxes on expenditure (including rates)"/>
+    <s v="€ml"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH10C03"/>
+    <s v="132. Net trading and investment income"/>
+    <s v="€ml"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH10C04"/>
+    <s v="133. Current transfers from the rest of the world to central and local government"/>
+    <s v="€ml"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH10C05"/>
+    <s v="134. Net current income of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="1584"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH10C06"/>
+    <s v="135. Subsidies (excluding EU subsidies)"/>
+    <s v="€ml"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH10C07"/>
+    <s v="136. Transfer payments (including transfers to the rest of the world) and national debt interest"/>
+    <s v="€ml"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH10C08"/>
+    <s v="137. Net current expenditure on goods and services"/>
+    <s v="€ml"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH10C09"/>
+    <s v="138. Net current expenditure of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="1966"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH10C10"/>
+    <s v="139. Central and local government savings"/>
+    <s v="€ml"/>
+    <n v="-382"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH10C01"/>
+    <s v="130. Taxes on income and wealth (including social insurance contributions)"/>
+    <s v="€ml"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH10C02"/>
+    <s v="131. Taxes on expenditure (including rates)"/>
+    <s v="€ml"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH10C03"/>
+    <s v="132. Net trading and investment income"/>
+    <s v="€ml"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH10C04"/>
+    <s v="133. Current transfers from the rest of the world to central and local government"/>
+    <s v="€ml"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH10C05"/>
+    <s v="134. Net current income of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="2134"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH10C06"/>
+    <s v="135. Subsidies (excluding EU subsidies)"/>
+    <s v="€ml"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH10C07"/>
+    <s v="136. Transfer payments (including transfers to the rest of the world) and national debt interest"/>
+    <s v="€ml"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH10C08"/>
+    <s v="137. Net current expenditure on goods and services"/>
+    <s v="€ml"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH10C09"/>
+    <s v="138. Net current expenditure of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="2419"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH10C10"/>
+    <s v="139. Central and local government savings"/>
+    <s v="€ml"/>
+    <n v="-285"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH10C01"/>
+    <s v="130. Taxes on income and wealth (including social insurance contributions)"/>
+    <s v="€ml"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH10C02"/>
+    <s v="131. Taxes on expenditure (including rates)"/>
+    <s v="€ml"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH10C03"/>
+    <s v="132. Net trading and investment income"/>
+    <s v="€ml"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH10C04"/>
+    <s v="133. Current transfers from the rest of the world to central and local government"/>
+    <s v="€ml"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH10C05"/>
+    <s v="134. Net current income of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="2512"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH10C06"/>
+    <s v="135. Subsidies (excluding EU subsidies)"/>
+    <s v="€ml"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH10C07"/>
+    <s v="136. Transfer payments (including transfers to the rest of the world) and national debt interest"/>
+    <s v="€ml"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH10C08"/>
+    <s v="137. Net current expenditure on goods and services"/>
+    <s v="€ml"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH10C09"/>
+    <s v="138. Net current expenditure of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="2818"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH10C10"/>
+    <s v="139. Central and local government savings"/>
+    <s v="€ml"/>
+    <n v="-307"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH10C01"/>
+    <s v="130. Taxes on income and wealth (including social insurance contributions)"/>
+    <s v="€ml"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH10C02"/>
+    <s v="131. Taxes on expenditure (including rates)"/>
+    <s v="€ml"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH10C03"/>
+    <s v="132. Net trading and investment income"/>
+    <s v="€ml"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH10C04"/>
+    <s v="133. Current transfers from the rest of the world to central and local government"/>
+    <s v="€ml"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH10C05"/>
+    <s v="134. Net current income of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="2872"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH10C06"/>
+    <s v="135. Subsidies (excluding EU subsidies)"/>
+    <s v="€ml"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH10C07"/>
+    <s v="136. Transfer payments (including transfers to the rest of the world) and national debt interest"/>
+    <s v="€ml"/>
+    <n v="1553"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH10C08"/>
+    <s v="137. Net current expenditure on goods and services"/>
+    <s v="€ml"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH10C09"/>
+    <s v="138. Net current expenditure of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="3381"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH10C10"/>
+    <s v="139. Central and local government savings"/>
+    <s v="€ml"/>
+    <n v="-509"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH10C01"/>
+    <s v="130. Taxes on income and wealth (including social insurance contributions)"/>
+    <s v="€ml"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH10C02"/>
+    <s v="131. Taxes on expenditure (including rates)"/>
+    <s v="€ml"/>
+    <n v="1489"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH10C03"/>
+    <s v="132. Net trading and investment income"/>
+    <s v="€ml"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH10C04"/>
+    <s v="133. Current transfers from the rest of the world to central and local government"/>
+    <s v="€ml"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH10C05"/>
+    <s v="134. Net current income of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="3425"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH10C06"/>
+    <s v="135. Subsidies (excluding EU subsidies)"/>
+    <s v="€ml"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH10C07"/>
+    <s v="136. Transfer payments (including transfers to the rest of the world) and national debt interest"/>
+    <s v="€ml"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH10C08"/>
+    <s v="137. Net current expenditure on goods and services"/>
+    <s v="€ml"/>
+    <n v="1959"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH10C09"/>
+    <s v="138. Net current expenditure of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="4151"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH10C10"/>
+    <s v="139. Central and local government savings"/>
+    <s v="€ml"/>
+    <n v="-725"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH10C01"/>
+    <s v="130. Taxes on income and wealth (including social insurance contributions)"/>
+    <s v="€ml"/>
+    <n v="2063"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH10C02"/>
+    <s v="131. Taxes on expenditure (including rates)"/>
+    <s v="€ml"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH10C03"/>
+    <s v="132. Net trading and investment income"/>
+    <s v="€ml"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH10C04"/>
+    <s v="133. Current transfers from the rest of the world to central and local government"/>
+    <s v="€ml"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH10C05"/>
+    <s v="134. Net current income of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="4359"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH10C06"/>
+    <s v="135. Subsidies (excluding EU subsidies)"/>
+    <s v="€ml"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH10C07"/>
+    <s v="136. Transfer payments (including transfers to the rest of the world) and national debt interest"/>
+    <s v="€ml"/>
+    <n v="2371"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH10C08"/>
+    <s v="137. Net current expenditure on goods and services"/>
+    <s v="€ml"/>
+    <n v="2538"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH10C09"/>
+    <s v="138. Net current expenditure of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="5271"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH10C10"/>
+    <s v="139. Central and local government savings"/>
+    <s v="€ml"/>
+    <n v="-912"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH10C01"/>
+    <s v="130. Taxes on income and wealth (including social insurance contributions)"/>
+    <s v="€ml"/>
+    <n v="2580"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH10C02"/>
+    <s v="131. Taxes on expenditure (including rates)"/>
+    <s v="€ml"/>
+    <n v="2341"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH10C03"/>
+    <s v="132. Net trading and investment income"/>
+    <s v="€ml"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH10C04"/>
+    <s v="133. Current transfers from the rest of the world to central and local government"/>
+    <s v="€ml"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH10C05"/>
+    <s v="134. Net current income of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="5386"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH10C06"/>
+    <s v="135. Subsidies (excluding EU subsidies)"/>
+    <s v="€ml"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH10C07"/>
+    <s v="136. Transfer payments (including transfers to the rest of the world) and national debt interest"/>
+    <s v="€ml"/>
+    <n v="3135"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH10C08"/>
+    <s v="137. Net current expenditure on goods and services"/>
+    <s v="€ml"/>
+    <n v="3084"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH10C09"/>
+    <s v="138. Net current expenditure of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="6666"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH10C10"/>
+    <s v="139. Central and local government savings"/>
+    <s v="€ml"/>
+    <n v="-1279"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH10C01"/>
+    <s v="130. Taxes on income and wealth (including social insurance contributions)"/>
+    <s v="€ml"/>
+    <n v="3187"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH10C02"/>
+    <s v="131. Taxes on expenditure (including rates)"/>
+    <s v="€ml"/>
+    <n v="2857"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH10C03"/>
+    <s v="132. Net trading and investment income"/>
+    <s v="€ml"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH10C04"/>
+    <s v="133. Current transfers from the rest of the world to central and local government"/>
+    <s v="€ml"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH10C05"/>
+    <s v="134. Net current income of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="6746"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH10C06"/>
+    <s v="135. Subsidies (excluding EU subsidies)"/>
+    <s v="€ml"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH10C07"/>
+    <s v="136. Transfer payments (including transfers to the rest of the world) and national debt interest"/>
+    <s v="€ml"/>
+    <n v="4312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH10C08"/>
+    <s v="137. Net current expenditure on goods and services"/>
+    <s v="€ml"/>
+    <n v="3611"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH10C09"/>
+    <s v="138. Net current expenditure of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="8422"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH10C10"/>
+    <s v="139. Central and local government savings"/>
+    <s v="€ml"/>
+    <n v="-1676"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH10C01"/>
+    <s v="130. Taxes on income and wealth (including social insurance contributions)"/>
+    <s v="€ml"/>
+    <n v="3666"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH10C02"/>
+    <s v="131. Taxes on expenditure (including rates)"/>
+    <s v="€ml"/>
+    <n v="3259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH10C03"/>
+    <s v="132. Net trading and investment income"/>
+    <s v="€ml"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH10C04"/>
+    <s v="133. Current transfers from the rest of the world to central and local government"/>
+    <s v="€ml"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH10C05"/>
+    <s v="134. Net current income of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="7761"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH10C06"/>
+    <s v="135. Subsidies (excluding EU subsidies)"/>
+    <s v="€ml"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH10C07"/>
+    <s v="136. Transfer payments (including transfers to the rest of the world) and national debt interest"/>
+    <s v="€ml"/>
+    <n v="4954"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH10C08"/>
+    <s v="137. Net current expenditure on goods and services"/>
+    <s v="€ml"/>
+    <n v="3912"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH10C09"/>
+    <s v="138. Net current expenditure of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="9401"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH10C10"/>
+    <s v="139. Central and local government savings"/>
+    <s v="€ml"/>
+    <n v="-1640"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH10C01"/>
+    <s v="130. Taxes on income and wealth (including social insurance contributions)"/>
+    <s v="€ml"/>
+    <n v="4241"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH10C02"/>
+    <s v="131. Taxes on expenditure (including rates)"/>
+    <s v="€ml"/>
+    <n v="3634"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH10C03"/>
+    <s v="132. Net trading and investment income"/>
+    <s v="€ml"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH10C04"/>
+    <s v="133. Current transfers from the rest of the world to central and local government"/>
+    <s v="€ml"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH10C05"/>
+    <s v="134. Net current income of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="8636"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH10C06"/>
+    <s v="135. Subsidies (excluding EU subsidies)"/>
+    <s v="€ml"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH10C07"/>
+    <s v="136. Transfer payments (including transfers to the rest of the world) and national debt interest"/>
+    <s v="€ml"/>
+    <n v="5484"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH10C08"/>
+    <s v="137. Net current expenditure on goods and services"/>
+    <s v="€ml"/>
+    <n v="4226"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH10C09"/>
+    <s v="138. Net current expenditure of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="10236"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH10C10"/>
+    <s v="139. Central and local government savings"/>
+    <s v="€ml"/>
+    <n v="-1600"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH10C01"/>
+    <s v="130. Taxes on income and wealth (including social insurance contributions)"/>
+    <s v="€ml"/>
+    <n v="4517"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH10C02"/>
+    <s v="131. Taxes on expenditure (including rates)"/>
+    <s v="€ml"/>
+    <n v="3831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH10C03"/>
+    <s v="132. Net trading and investment income"/>
+    <s v="€ml"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH10C04"/>
+    <s v="133. Current transfers from the rest of the world to central and local government"/>
+    <s v="€ml"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH10C05"/>
+    <s v="134. Net current income of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="9264"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH10C06"/>
+    <s v="135. Subsidies (excluding EU subsidies)"/>
+    <s v="€ml"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH10C07"/>
+    <s v="136. Transfer payments (including transfers to the rest of the world) and national debt interest"/>
+    <s v="€ml"/>
+    <n v="6245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH10C08"/>
+    <s v="137. Net current expenditure on goods and services"/>
+    <s v="€ml"/>
+    <n v="4571"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH10C09"/>
+    <s v="138. Net current expenditure of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="11336"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH10C10"/>
+    <s v="139. Central and local government savings"/>
+    <s v="€ml"/>
+    <n v="-2072"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH10C01"/>
+    <s v="130. Taxes on income and wealth (including social insurance contributions)"/>
+    <s v="€ml"/>
+    <n v="4976"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH10C02"/>
+    <s v="131. Taxes on expenditure (including rates)"/>
+    <s v="€ml"/>
+    <n v="4035"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH10C03"/>
+    <s v="132. Net trading and investment income"/>
+    <s v="€ml"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH10C04"/>
+    <s v="133. Current transfers from the rest of the world to central and local government"/>
+    <s v="€ml"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH10C05"/>
+    <s v="134. Net current income of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="9787"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH10C06"/>
+    <s v="135. Subsidies (excluding EU subsidies)"/>
+    <s v="€ml"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH10C07"/>
+    <s v="136. Transfer payments (including transfers to the rest of the world) and national debt interest"/>
+    <s v="€ml"/>
+    <n v="6580"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH10C08"/>
+    <s v="137. Net current expenditure on goods and services"/>
+    <s v="€ml"/>
+    <n v="4932"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH10C09"/>
+    <s v="138. Net current expenditure of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="12001"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH10C10"/>
+    <s v="139. Central and local government savings"/>
+    <s v="€ml"/>
+    <n v="-2214"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH10C01"/>
+    <s v="130. Taxes on income and wealth (including social insurance contributions)"/>
+    <s v="€ml"/>
+    <n v="5429"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH10C02"/>
+    <s v="131. Taxes on expenditure (including rates)"/>
+    <s v="€ml"/>
+    <n v="4226"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH10C03"/>
+    <s v="132. Net trading and investment income"/>
+    <s v="€ml"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH10C04"/>
+    <s v="133. Current transfers from the rest of the world to central and local government"/>
+    <s v="€ml"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH10C05"/>
+    <s v="134. Net current income of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="10564"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH10C06"/>
+    <s v="135. Subsidies (excluding EU subsidies)"/>
+    <s v="€ml"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH10C07"/>
+    <s v="136. Transfer payments (including transfers to the rest of the world) and national debt interest"/>
+    <s v="€ml"/>
+    <n v="6878"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH10C08"/>
+    <s v="137. Net current expenditure on goods and services"/>
+    <s v="€ml"/>
+    <n v="5027"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH10C09"/>
+    <s v="138. Net current expenditure of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="12637"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH10C10"/>
+    <s v="139. Central and local government savings"/>
+    <s v="€ml"/>
+    <n v="-2072"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH10C01"/>
+    <s v="130. Taxes on income and wealth (including social insurance contributions)"/>
+    <s v="€ml"/>
+    <n v="6122"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH10C02"/>
+    <s v="131. Taxes on expenditure (including rates)"/>
+    <s v="€ml"/>
+    <n v="4613"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH10C03"/>
+    <s v="132. Net trading and investment income"/>
+    <s v="€ml"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH10C04"/>
+    <s v="133. Current transfers from the rest of the world to central and local government"/>
+    <s v="€ml"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH10C05"/>
+    <s v="134. Net current income of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="11512"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH10C06"/>
+    <s v="135. Subsidies (excluding EU subsidies)"/>
+    <s v="€ml"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH10C07"/>
+    <s v="136. Transfer payments (including transfers to the rest of the world) and national debt interest"/>
+    <s v="€ml"/>
+    <n v="7082"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH10C08"/>
+    <s v="137. Net current expenditure on goods and services"/>
+    <s v="€ml"/>
+    <n v="4979"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH10C09"/>
+    <s v="138. Net current expenditure of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="12964"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH10C10"/>
+    <s v="139. Central and local government savings"/>
+    <s v="€ml"/>
+    <n v="-1452"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH10C01"/>
+    <s v="130. Taxes on income and wealth (including social insurance contributions)"/>
+    <s v="€ml"/>
+    <n v="5916"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH10C02"/>
+    <s v="131. Taxes on expenditure (including rates)"/>
+    <s v="€ml"/>
+    <n v="5081"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH10C03"/>
+    <s v="132. Net trading and investment income"/>
+    <s v="€ml"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH10C04"/>
+    <s v="133. Current transfers from the rest of the world to central and local government"/>
+    <s v="€ml"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH10C05"/>
+    <s v="134. Net current income of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="11722"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH10C06"/>
+    <s v="135. Subsidies (excluding EU subsidies)"/>
+    <s v="€ml"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH10C07"/>
+    <s v="136. Transfer payments (including transfers to the rest of the world) and national debt interest"/>
+    <s v="€ml"/>
+    <n v="6987"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH10C08"/>
+    <s v="137. Net current expenditure on goods and services"/>
+    <s v="€ml"/>
+    <n v="5188"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH10C09"/>
+    <s v="138. Net current expenditure of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="12393"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH10C10"/>
+    <s v="139. Central and local government savings"/>
+    <s v="€ml"/>
+    <n v="-671"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH10C01"/>
+    <s v="130. Taxes on income and wealth (including social insurance contributions)"/>
+    <s v="€ml"/>
+    <n v="6562"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH10C02"/>
+    <s v="131. Taxes on expenditure (including rates)"/>
+    <s v="€ml"/>
+    <n v="5211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH10C03"/>
+    <s v="132. Net trading and investment income"/>
+    <s v="€ml"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH10C04"/>
+    <s v="133. Current transfers from the rest of the world to central and local government"/>
+    <s v="€ml"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH10C05"/>
+    <s v="134. Net current income of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="12598"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH10C06"/>
+    <s v="135. Subsidies (excluding EU subsidies)"/>
+    <s v="€ml"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH10C07"/>
+    <s v="136. Transfer payments (including transfers to the rest of the world) and national debt interest"/>
+    <s v="€ml"/>
+    <n v="7533"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH10C08"/>
+    <s v="137. Net current expenditure on goods and services"/>
+    <s v="€ml"/>
+    <n v="5754"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH10C09"/>
+    <s v="138. Net current expenditure of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="13698"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH10C10"/>
+    <s v="139. Central and local government savings"/>
+    <s v="€ml"/>
+    <n v="-1100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH10C01"/>
+    <s v="130. Taxes on income and wealth (including social insurance contributions)"/>
+    <s v="€ml"/>
+    <n v="7113"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH10C02"/>
+    <s v="131. Taxes on expenditure (including rates)"/>
+    <s v="€ml"/>
+    <n v="5257"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH10C03"/>
+    <s v="132. Net trading and investment income"/>
+    <s v="€ml"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH10C04"/>
+    <s v="133. Current transfers from the rest of the world to central and local government"/>
+    <s v="€ml"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH10C05"/>
+    <s v="134. Net current income of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="13498"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH10C06"/>
+    <s v="135. Subsidies (excluding EU subsidies)"/>
+    <s v="€ml"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH10C07"/>
+    <s v="136. Transfer payments (including transfers to the rest of the world) and national debt interest"/>
+    <s v="€ml"/>
+    <n v="8050"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH10C08"/>
+    <s v="137. Net current expenditure on goods and services"/>
+    <s v="€ml"/>
+    <n v="6316"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH10C09"/>
+    <s v="138. Net current expenditure of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="14792"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH10C10"/>
+    <s v="139. Central and local government savings"/>
+    <s v="€ml"/>
+    <n v="-1293"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH10C01"/>
+    <s v="130. Taxes on income and wealth (including social insurance contributions)"/>
+    <s v="€ml"/>
+    <n v="7733"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH10C02"/>
+    <s v="131. Taxes on expenditure (including rates)"/>
+    <s v="€ml"/>
+    <n v="5597"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH10C03"/>
+    <s v="132. Net trading and investment income"/>
+    <s v="€ml"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH10C04"/>
+    <s v="133. Current transfers from the rest of the world to central and local government"/>
+    <s v="€ml"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH10C05"/>
+    <s v="134. Net current income of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="14472"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH10C06"/>
+    <s v="135. Subsidies (excluding EU subsidies)"/>
+    <s v="€ml"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH10C07"/>
+    <s v="136. Transfer payments (including transfers to the rest of the world) and national debt interest"/>
+    <s v="€ml"/>
+    <n v="8517"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH10C08"/>
+    <s v="137. Net current expenditure on goods and services"/>
+    <s v="€ml"/>
+    <n v="6859"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH10C09"/>
+    <s v="138. Net current expenditure of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="15844"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH10C10"/>
+    <s v="139. Central and local government savings"/>
+    <s v="€ml"/>
+    <n v="-1372"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH10C01"/>
+    <s v="130. Taxes on income and wealth (including social insurance contributions)"/>
+    <s v="€ml"/>
+    <n v="8704"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH10C02"/>
+    <s v="131. Taxes on expenditure (including rates)"/>
+    <s v="€ml"/>
+    <n v="5667"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH10C03"/>
+    <s v="132. Net trading and investment income"/>
+    <s v="€ml"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH10C04"/>
+    <s v="133. Current transfers from the rest of the world to central and local government"/>
+    <s v="€ml"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH10C05"/>
+    <s v="134. Net current income of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="15582"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH10C06"/>
+    <s v="135. Subsidies (excluding EU subsidies)"/>
+    <s v="€ml"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH10C07"/>
+    <s v="136. Transfer payments (including transfers to the rest of the world) and national debt interest"/>
+    <s v="€ml"/>
+    <n v="9004"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH10C08"/>
+    <s v="137. Net current expenditure on goods and services"/>
+    <s v="€ml"/>
+    <n v="7320"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH10C09"/>
+    <s v="138. Net current expenditure of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="16904"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH10C10"/>
+    <s v="139. Central and local government savings"/>
+    <s v="€ml"/>
+    <n v="-1322"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH10C01"/>
+    <s v="130. Taxes on income and wealth (including social insurance contributions)"/>
+    <s v="€ml"/>
+    <n v="9446"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH10C02"/>
+    <s v="131. Taxes on expenditure (including rates)"/>
+    <s v="€ml"/>
+    <n v="6497"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH10C03"/>
+    <s v="132. Net trading and investment income"/>
+    <s v="€ml"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH10C04"/>
+    <s v="133. Current transfers from the rest of the world to central and local government"/>
+    <s v="€ml"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH10C05"/>
+    <s v="134. Net current income of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="17032"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH10C06"/>
+    <s v="135. Subsidies (excluding EU subsidies)"/>
+    <s v="€ml"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH10C07"/>
+    <s v="136. Transfer payments (including transfers to the rest of the world) and national debt interest"/>
+    <s v="€ml"/>
+    <n v="9370"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH10C08"/>
+    <s v="137. Net current expenditure on goods and services"/>
+    <s v="€ml"/>
+    <n v="7792"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH10C09"/>
+    <s v="138. Net current expenditure of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="17665"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH10C10"/>
+    <s v="139. Central and local government savings"/>
+    <s v="€ml"/>
+    <n v="-633"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH10C01"/>
+    <s v="130. Taxes on income and wealth (including social insurance contributions)"/>
+    <s v="€ml"/>
+    <n v="9590"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH10C02"/>
+    <s v="131. Taxes on expenditure (including rates)"/>
+    <s v="€ml"/>
+    <n v="7102"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH10C03"/>
+    <s v="132. Net trading and investment income"/>
+    <s v="€ml"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH10C04"/>
+    <s v="133. Current transfers from the rest of the world to central and local government"/>
+    <s v="€ml"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH10C05"/>
+    <s v="134. Net current income of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="17672"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH10C06"/>
+    <s v="135. Subsidies (excluding EU subsidies)"/>
+    <s v="€ml"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH10C07"/>
+    <s v="136. Transfer payments (including transfers to the rest of the world) and national debt interest"/>
+    <s v="€ml"/>
+    <n v="9864"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH10C08"/>
+    <s v="137. Net current expenditure on goods and services"/>
+    <s v="€ml"/>
+    <n v="8266"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH10C09"/>
+    <s v="138. Net current expenditure of Central and Local Government"/>
+    <s v="€ml"/>
+    <n v="18644"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH10C10"/>
+    <s v="139. Central and local government savings"/>
+    <s v="€ml"/>
+    <n v="-972"/>
+  </r>
+</pivotCacheRecords>
 </file>