--- v0 (2025-10-05)
+++ v1 (2026-02-12)
@@ -1,157 +1,157 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0959b880f6c14b7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d9048e01c8d84cf3bc2529e0c9732ac1.psmdcp" Id="R8a5317feca5e4be5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77e55b3c3e104903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2b04793beb71468593c90dcccac0d8e3.psmdcp" Id="R071a2fe3ba32482d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NAH09</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>T09 Personal Income and Personal Expenditure (excluding FISIM)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/3/2023 11:00:00 AM</x:t>
+    <x:t>03/11/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:b/>
         <x:i/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>FISIM:</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t xml:space="preserve"> an acronym for Financial Intermediation Services Indirectly Measured. &lt;br&gt;Background Information on the Historical 1970-1995 series.(https://www.cso.ie/en/methods/nationalaccounts/nationalaccountshistoricalseries1970to1995/)</x:t>
     </x:r>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NAH09/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NAHS</x:t>
   </x:si>
   <x:si>
     <x:t>National Accounts Historical Series 1970 to 1995</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Gordon Cavanagh</x:t>
+    <x:t>Justin Flannery</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>nat_acc@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 1 498 4307</x:t>
+    <x:t>(+353) 1 498 4262</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -514,427 +514,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...375 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Item" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H287" totalsRowShown="0">
   <x:autoFilter ref="A1:H287"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02196V02652"/>
     <x:tableColumn id="2" name="State"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Item"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1203,51 +950,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NAH09/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1436,51 +1183,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H287"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="93.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -8930,51 +8677,51 @@
       <x:c r="E287" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H287" s="0">
         <x:v>2584</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -8991,51 +8738,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H287" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="1">
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="State">
       <x:sharedItems count="1">
         <x:s v="State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="26">
         <x:s v="1970"/>
         <x:s v="1971"/>
         <x:s v="1972"/>
         <x:s v="1973"/>
         <x:s v="1974"/>
         <x:s v="1975"/>
         <x:s v="1976"/>
         <x:s v="1977"/>
         <x:s v="1978"/>
         <x:s v="1979"/>
         <x:s v="1980"/>
@@ -9392,27 +9139,2888 @@
         <x:n v="40847"/>
         <x:n v="-3602"/>
         <x:n v="37245"/>
         <x:n v="27364"/>
         <x:n v="7979"/>
         <x:n v="35343"/>
         <x:n v="1902"/>
         <x:n v="35694"/>
         <x:n v="-634"/>
         <x:n v="2819"/>
         <x:n v="7137"/>
         <x:n v="45017"/>
         <x:n v="-4888"/>
         <x:n v="40129"/>
         <x:n v="29433"/>
         <x:n v="8112"/>
         <x:n v="37545"/>
         <x:n v="2584"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH09C01"/>
+    <s v="119. Net national product at factor cost before adjustment for stock appreciation"/>
+    <s v="€ml"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH09C02"/>
+    <s v="120. Government trading and investment income"/>
+    <s v="€ml"/>
+    <n v="-55"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH09C03"/>
+    <s v="121. National debt interest"/>
+    <s v="€ml"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH09C04"/>
+    <s v="122. Transfer income (including net transfers from the rest of the world, except E.U. subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH09C05"/>
+    <s v="123. Private income"/>
+    <s v="€ml"/>
+    <n v="2029"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH09C06"/>
+    <s v="124. Undistributed profits of companies before tax"/>
+    <s v="€ml"/>
+    <n v="-118"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH09C07"/>
+    <s v="125. Personal income"/>
+    <s v="€ml"/>
+    <n v="1910"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH09C08"/>
+    <s v="126. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH09C09"/>
+    <s v="127. Taxes on personal income and wealth"/>
+    <s v="€ml"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH09C10"/>
+    <s v="128. Total personal expenditure"/>
+    <s v="€ml"/>
+    <n v="1855"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH09C11"/>
+    <s v="129. Personal savings"/>
+    <s v="€ml"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH09C01"/>
+    <s v="119. Net national product at factor cost before adjustment for stock appreciation"/>
+    <s v="€ml"/>
+    <n v="1999"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH09C02"/>
+    <s v="120. Government trading and investment income"/>
+    <s v="€ml"/>
+    <n v="-62"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH09C03"/>
+    <s v="121. National debt interest"/>
+    <s v="€ml"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH09C04"/>
+    <s v="122. Transfer income (including net transfers from the rest of the world, except E.U. subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH09C05"/>
+    <s v="123. Private income"/>
+    <s v="€ml"/>
+    <n v="2312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH09C06"/>
+    <s v="124. Undistributed profits of companies before tax"/>
+    <s v="€ml"/>
+    <n v="-126"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH09C07"/>
+    <s v="125. Personal income"/>
+    <s v="€ml"/>
+    <n v="2185"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH09C08"/>
+    <s v="126. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH09C09"/>
+    <s v="127. Taxes on personal income and wealth"/>
+    <s v="€ml"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH09C10"/>
+    <s v="128. Total personal expenditure"/>
+    <s v="€ml"/>
+    <n v="2116"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH09C11"/>
+    <s v="129. Personal savings"/>
+    <s v="€ml"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH09C01"/>
+    <s v="119. Net national product at factor cost before adjustment for stock appreciation"/>
+    <s v="€ml"/>
+    <n v="2459"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH09C02"/>
+    <s v="120. Government trading and investment income"/>
+    <s v="€ml"/>
+    <n v="-80"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH09C03"/>
+    <s v="121. National debt interest"/>
+    <s v="€ml"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH09C04"/>
+    <s v="122. Transfer income (including net transfers from the rest of the world, except E.U. subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH09C05"/>
+    <s v="123. Private income"/>
+    <s v="€ml"/>
+    <n v="2820"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH09C06"/>
+    <s v="124. Undistributed profits of companies before tax"/>
+    <s v="€ml"/>
+    <n v="-173"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH09C07"/>
+    <s v="125. Personal income"/>
+    <s v="€ml"/>
+    <n v="2648"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH09C08"/>
+    <s v="126. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="2137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH09C09"/>
+    <s v="127. Taxes on personal income and wealth"/>
+    <s v="€ml"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH09C10"/>
+    <s v="128. Total personal expenditure"/>
+    <s v="€ml"/>
+    <n v="2450"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH09C11"/>
+    <s v="129. Personal savings"/>
+    <s v="€ml"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH09C01"/>
+    <s v="119. Net national product at factor cost before adjustment for stock appreciation"/>
+    <s v="€ml"/>
+    <n v="3026"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH09C02"/>
+    <s v="120. Government trading and investment income"/>
+    <s v="€ml"/>
+    <n v="-77"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH09C03"/>
+    <s v="121. National debt interest"/>
+    <s v="€ml"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH09C04"/>
+    <s v="122. Transfer income (including net transfers from the rest of the world, except E.U. subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH09C05"/>
+    <s v="123. Private income"/>
+    <s v="€ml"/>
+    <n v="3506"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH09C06"/>
+    <s v="124. Undistributed profits of companies before tax"/>
+    <s v="€ml"/>
+    <n v="-255"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH09C07"/>
+    <s v="125. Personal income"/>
+    <s v="€ml"/>
+    <n v="3251"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH09C08"/>
+    <s v="126. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="2540"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH09C09"/>
+    <s v="127. Taxes on personal income and wealth"/>
+    <s v="€ml"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH09C10"/>
+    <s v="128. Total personal expenditure"/>
+    <s v="€ml"/>
+    <n v="2941"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH09C11"/>
+    <s v="129. Personal savings"/>
+    <s v="€ml"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH09C01"/>
+    <s v="119. Net national product at factor cost before adjustment for stock appreciation"/>
+    <s v="€ml"/>
+    <n v="3482"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH09C02"/>
+    <s v="120. Government trading and investment income"/>
+    <s v="€ml"/>
+    <n v="-91"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH09C03"/>
+    <s v="121. National debt interest"/>
+    <s v="€ml"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH09C04"/>
+    <s v="122. Transfer income (including net transfers from the rest of the world, except E.U. subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH09C05"/>
+    <s v="123. Private income"/>
+    <s v="€ml"/>
+    <n v="4080"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH09C06"/>
+    <s v="124. Undistributed profits of companies before tax"/>
+    <s v="€ml"/>
+    <n v="-269"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH09C07"/>
+    <s v="125. Personal income"/>
+    <s v="€ml"/>
+    <n v="3811"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH09C08"/>
+    <s v="126. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="2988"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH09C09"/>
+    <s v="127. Taxes on personal income and wealth"/>
+    <s v="€ml"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH09C10"/>
+    <s v="128. Total personal expenditure"/>
+    <s v="€ml"/>
+    <n v="3466"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH09C11"/>
+    <s v="129. Personal savings"/>
+    <s v="€ml"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH09C01"/>
+    <s v="119. Net national product at factor cost before adjustment for stock appreciation"/>
+    <s v="€ml"/>
+    <n v="4369"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH09C02"/>
+    <s v="120. Government trading and investment income"/>
+    <s v="€ml"/>
+    <n v="-109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH09C03"/>
+    <s v="121. National debt interest"/>
+    <s v="€ml"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH09C04"/>
+    <s v="122. Transfer income (including net transfers from the rest of the world, except E.U. subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH09C05"/>
+    <s v="123. Private income"/>
+    <s v="€ml"/>
+    <n v="5227"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH09C06"/>
+    <s v="124. Undistributed profits of companies before tax"/>
+    <s v="€ml"/>
+    <n v="-279"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH09C07"/>
+    <s v="125. Personal income"/>
+    <s v="€ml"/>
+    <n v="4948"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH09C08"/>
+    <s v="126. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="3596"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH09C09"/>
+    <s v="127. Taxes on personal income and wealth"/>
+    <s v="€ml"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH09C10"/>
+    <s v="128. Total personal expenditure"/>
+    <s v="€ml"/>
+    <n v="4250"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH09C11"/>
+    <s v="129. Personal savings"/>
+    <s v="€ml"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH09C01"/>
+    <s v="119. Net national product at factor cost before adjustment for stock appreciation"/>
+    <s v="€ml"/>
+    <n v="5292"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH09C02"/>
+    <s v="120. Government trading and investment income"/>
+    <s v="€ml"/>
+    <n v="-134"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH09C03"/>
+    <s v="121. National debt interest"/>
+    <s v="€ml"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH09C04"/>
+    <s v="122. Transfer income (including net transfers from the rest of the world, except E.U. subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH09C05"/>
+    <s v="123. Private income"/>
+    <s v="€ml"/>
+    <n v="6364"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH09C06"/>
+    <s v="124. Undistributed profits of companies before tax"/>
+    <s v="€ml"/>
+    <n v="-428"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH09C07"/>
+    <s v="125. Personal income"/>
+    <s v="€ml"/>
+    <n v="5936"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH09C08"/>
+    <s v="126. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="4504"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH09C09"/>
+    <s v="127. Taxes on personal income and wealth"/>
+    <s v="€ml"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH09C10"/>
+    <s v="128. Total personal expenditure"/>
+    <s v="€ml"/>
+    <n v="5397"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH09C11"/>
+    <s v="129. Personal savings"/>
+    <s v="€ml"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH09C01"/>
+    <s v="119. Net national product at factor cost before adjustment for stock appreciation"/>
+    <s v="€ml"/>
+    <n v="6413"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH09C02"/>
+    <s v="120. Government trading and investment income"/>
+    <s v="€ml"/>
+    <n v="-190"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH09C03"/>
+    <s v="121. National debt interest"/>
+    <s v="€ml"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH09C04"/>
+    <s v="122. Transfer income (including net transfers from the rest of the world, except E.U. subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH09C05"/>
+    <s v="123. Private income"/>
+    <s v="€ml"/>
+    <n v="7641"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH09C06"/>
+    <s v="124. Undistributed profits of companies before tax"/>
+    <s v="€ml"/>
+    <n v="-561"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH09C07"/>
+    <s v="125. Personal income"/>
+    <s v="€ml"/>
+    <n v="7080"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH09C08"/>
+    <s v="126. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="5333"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH09C09"/>
+    <s v="127. Taxes on personal income and wealth"/>
+    <s v="€ml"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH09C10"/>
+    <s v="128. Total personal expenditure"/>
+    <s v="€ml"/>
+    <n v="6351"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH09C11"/>
+    <s v="129. Personal savings"/>
+    <s v="€ml"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH09C01"/>
+    <s v="119. Net national product at factor cost before adjustment for stock appreciation"/>
+    <s v="€ml"/>
+    <n v="7468"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH09C02"/>
+    <s v="120. Government trading and investment income"/>
+    <s v="€ml"/>
+    <n v="-235"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH09C03"/>
+    <s v="121. National debt interest"/>
+    <s v="€ml"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH09C04"/>
+    <s v="122. Transfer income (including net transfers from the rest of the world, except E.U. subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH09C05"/>
+    <s v="123. Private income"/>
+    <s v="€ml"/>
+    <n v="8909"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH09C06"/>
+    <s v="124. Undistributed profits of companies before tax"/>
+    <s v="€ml"/>
+    <n v="-639"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH09C07"/>
+    <s v="125. Personal income"/>
+    <s v="€ml"/>
+    <n v="8270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH09C08"/>
+    <s v="126. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="6192"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH09C09"/>
+    <s v="127. Taxes on personal income and wealth"/>
+    <s v="€ml"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH09C10"/>
+    <s v="128. Total personal expenditure"/>
+    <s v="€ml"/>
+    <n v="7342"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH09C11"/>
+    <s v="129. Personal savings"/>
+    <s v="€ml"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH09C01"/>
+    <s v="119. Net national product at factor cost before adjustment for stock appreciation"/>
+    <s v="€ml"/>
+    <n v="8961"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH09C02"/>
+    <s v="120. Government trading and investment income"/>
+    <s v="€ml"/>
+    <n v="-259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH09C03"/>
+    <s v="121. National debt interest"/>
+    <s v="€ml"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH09C04"/>
+    <s v="122. Transfer income (including net transfers from the rest of the world, except E.U. subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH09C05"/>
+    <s v="123. Private income"/>
+    <s v="€ml"/>
+    <n v="10698"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH09C06"/>
+    <s v="124. Undistributed profits of companies before tax"/>
+    <s v="€ml"/>
+    <n v="-847"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH09C07"/>
+    <s v="125. Personal income"/>
+    <s v="€ml"/>
+    <n v="9851"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH09C08"/>
+    <s v="126. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="7615"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH09C09"/>
+    <s v="127. Taxes on personal income and wealth"/>
+    <s v="€ml"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH09C10"/>
+    <s v="128. Total personal expenditure"/>
+    <s v="€ml"/>
+    <n v="9004"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH09C11"/>
+    <s v="129. Personal savings"/>
+    <s v="€ml"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH09C01"/>
+    <s v="119. Net national product at factor cost before adjustment for stock appreciation"/>
+    <s v="€ml"/>
+    <n v="10286"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH09C02"/>
+    <s v="120. Government trading and investment income"/>
+    <s v="€ml"/>
+    <n v="-311"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH09C03"/>
+    <s v="121. National debt interest"/>
+    <s v="€ml"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH09C04"/>
+    <s v="122. Transfer income (including net transfers from the rest of the world, except E.U. subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH09C05"/>
+    <s v="123. Private income"/>
+    <s v="€ml"/>
+    <n v="12518"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH09C06"/>
+    <s v="124. Undistributed profits of companies before tax"/>
+    <s v="€ml"/>
+    <n v="-703"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH09C07"/>
+    <s v="125. Personal income"/>
+    <s v="€ml"/>
+    <n v="11815"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH09C08"/>
+    <s v="126. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="9151"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH09C09"/>
+    <s v="127. Taxes on personal income and wealth"/>
+    <s v="€ml"/>
+    <n v="1881"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH09C10"/>
+    <s v="128. Total personal expenditure"/>
+    <s v="€ml"/>
+    <n v="11032"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH09C11"/>
+    <s v="129. Personal savings"/>
+    <s v="€ml"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH09C01"/>
+    <s v="119. Net national product at factor cost before adjustment for stock appreciation"/>
+    <s v="€ml"/>
+    <n v="12329"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH09C02"/>
+    <s v="120. Government trading and investment income"/>
+    <s v="€ml"/>
+    <n v="-357"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH09C03"/>
+    <s v="121. National debt interest"/>
+    <s v="€ml"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH09C04"/>
+    <s v="122. Transfer income (including net transfers from the rest of the world, except E.U. subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="2285"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH09C05"/>
+    <s v="123. Private income"/>
+    <s v="€ml"/>
+    <n v="15324"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH09C06"/>
+    <s v="124. Undistributed profits of companies before tax"/>
+    <s v="€ml"/>
+    <n v="-875"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH09C07"/>
+    <s v="125. Personal income"/>
+    <s v="€ml"/>
+    <n v="14449"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH09C08"/>
+    <s v="126. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="11015"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH09C09"/>
+    <s v="127. Taxes on personal income and wealth"/>
+    <s v="€ml"/>
+    <n v="2323"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH09C10"/>
+    <s v="128. Total personal expenditure"/>
+    <s v="€ml"/>
+    <n v="13338"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH09C11"/>
+    <s v="129. Personal savings"/>
+    <s v="€ml"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH09C01"/>
+    <s v="119. Net national product at factor cost before adjustment for stock appreciation"/>
+    <s v="€ml"/>
+    <n v="13698"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH09C02"/>
+    <s v="120. Government trading and investment income"/>
+    <s v="€ml"/>
+    <n v="-506"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH09C03"/>
+    <s v="121. National debt interest"/>
+    <s v="€ml"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH09C04"/>
+    <s v="122. Transfer income (including net transfers from the rest of the world, except E.U. subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="2968"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH09C05"/>
+    <s v="123. Private income"/>
+    <s v="€ml"/>
+    <n v="17689"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH09C06"/>
+    <s v="124. Undistributed profits of companies before tax"/>
+    <s v="€ml"/>
+    <n v="-1114"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH09C07"/>
+    <s v="125. Personal income"/>
+    <s v="€ml"/>
+    <n v="16575"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH09C08"/>
+    <s v="126. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="12275"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH09C09"/>
+    <s v="127. Taxes on personal income and wealth"/>
+    <s v="€ml"/>
+    <n v="2885"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH09C10"/>
+    <s v="128. Total personal expenditure"/>
+    <s v="€ml"/>
+    <n v="15160"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH09C11"/>
+    <s v="129. Personal savings"/>
+    <s v="€ml"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH09C01"/>
+    <s v="119. Net national product at factor cost before adjustment for stock appreciation"/>
+    <s v="€ml"/>
+    <n v="14821"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH09C02"/>
+    <s v="120. Government trading and investment income"/>
+    <s v="€ml"/>
+    <n v="-608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH09C03"/>
+    <s v="121. National debt interest"/>
+    <s v="€ml"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH09C04"/>
+    <s v="122. Transfer income (including net transfers from the rest of the world, except E.U. subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="3399"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH09C05"/>
+    <s v="123. Private income"/>
+    <s v="€ml"/>
+    <n v="19357"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH09C06"/>
+    <s v="124. Undistributed profits of companies before tax"/>
+    <s v="€ml"/>
+    <n v="-1196"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH09C07"/>
+    <s v="125. Personal income"/>
+    <s v="€ml"/>
+    <n v="18161"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH09C08"/>
+    <s v="126. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="13352"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH09C09"/>
+    <s v="127. Taxes on personal income and wealth"/>
+    <s v="€ml"/>
+    <n v="3384"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH09C10"/>
+    <s v="128. Total personal expenditure"/>
+    <s v="€ml"/>
+    <n v="16736"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH09C11"/>
+    <s v="129. Personal savings"/>
+    <s v="€ml"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH09C01"/>
+    <s v="119. Net national product at factor cost before adjustment for stock appreciation"/>
+    <s v="€ml"/>
+    <n v="15992"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH09C02"/>
+    <s v="120. Government trading and investment income"/>
+    <s v="€ml"/>
+    <n v="-605"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH09C03"/>
+    <s v="121. National debt interest"/>
+    <s v="€ml"/>
+    <n v="1959"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH09C04"/>
+    <s v="122. Transfer income (including net transfers from the rest of the world, except E.U. subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="3742"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH09C05"/>
+    <s v="123. Private income"/>
+    <s v="€ml"/>
+    <n v="21087"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH09C06"/>
+    <s v="124. Undistributed profits of companies before tax"/>
+    <s v="€ml"/>
+    <n v="-1092"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH09C07"/>
+    <s v="125. Personal income"/>
+    <s v="€ml"/>
+    <n v="19995"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH09C08"/>
+    <s v="126. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="14608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH09C09"/>
+    <s v="127. Taxes on personal income and wealth"/>
+    <s v="€ml"/>
+    <n v="3966"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH09C10"/>
+    <s v="128. Total personal expenditure"/>
+    <s v="€ml"/>
+    <n v="18574"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH09C11"/>
+    <s v="129. Personal savings"/>
+    <s v="€ml"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH09C01"/>
+    <s v="119. Net national product at factor cost before adjustment for stock appreciation"/>
+    <s v="€ml"/>
+    <n v="16936"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH09C02"/>
+    <s v="120. Government trading and investment income"/>
+    <s v="€ml"/>
+    <n v="-700"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH09C03"/>
+    <s v="121. National debt interest"/>
+    <s v="€ml"/>
+    <n v="2317"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH09C04"/>
+    <s v="122. Transfer income (including net transfers from the rest of the world, except E.U. subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="4089"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH09C05"/>
+    <s v="123. Private income"/>
+    <s v="€ml"/>
+    <n v="22642"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH09C06"/>
+    <s v="124. Undistributed profits of companies before tax"/>
+    <s v="€ml"/>
+    <n v="-1400"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH09C07"/>
+    <s v="125. Personal income"/>
+    <s v="€ml"/>
+    <n v="21242"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH09C08"/>
+    <s v="126. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="15873"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH09C09"/>
+    <s v="127. Taxes on personal income and wealth"/>
+    <s v="€ml"/>
+    <n v="4231"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH09C10"/>
+    <s v="128. Total personal expenditure"/>
+    <s v="€ml"/>
+    <n v="20104"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH09C11"/>
+    <s v="129. Personal savings"/>
+    <s v="€ml"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH09C01"/>
+    <s v="119. Net national product at factor cost before adjustment for stock appreciation"/>
+    <s v="€ml"/>
+    <n v="18255"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH09C02"/>
+    <s v="120. Government trading and investment income"/>
+    <s v="€ml"/>
+    <n v="-576"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH09C03"/>
+    <s v="121. National debt interest"/>
+    <s v="€ml"/>
+    <n v="2315"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH09C04"/>
+    <s v="122. Transfer income (including net transfers from the rest of the world, except E.U. subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="4436"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH09C05"/>
+    <s v="123. Private income"/>
+    <s v="€ml"/>
+    <n v="24430"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH09C06"/>
+    <s v="124. Undistributed profits of companies before tax"/>
+    <s v="€ml"/>
+    <n v="-1644"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH09C07"/>
+    <s v="125. Personal income"/>
+    <s v="€ml"/>
+    <n v="22785"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH09C08"/>
+    <s v="126. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="16940"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH09C09"/>
+    <s v="127. Taxes on personal income and wealth"/>
+    <s v="€ml"/>
+    <n v="4603"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH09C10"/>
+    <s v="128. Total personal expenditure"/>
+    <s v="€ml"/>
+    <n v="21543"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH09C11"/>
+    <s v="129. Personal savings"/>
+    <s v="€ml"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH09C01"/>
+    <s v="119. Net national product at factor cost before adjustment for stock appreciation"/>
+    <s v="€ml"/>
+    <n v="19813"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH09C02"/>
+    <s v="120. Government trading and investment income"/>
+    <s v="€ml"/>
+    <n v="-608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH09C03"/>
+    <s v="121. National debt interest"/>
+    <s v="€ml"/>
+    <n v="2469"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH09C04"/>
+    <s v="122. Transfer income (including net transfers from the rest of the world, except E.U. subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="4644"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH09C05"/>
+    <s v="123. Private income"/>
+    <s v="€ml"/>
+    <n v="26317"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH09C06"/>
+    <s v="124. Undistributed profits of companies before tax"/>
+    <s v="€ml"/>
+    <n v="-2079"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH09C07"/>
+    <s v="125. Personal income"/>
+    <s v="€ml"/>
+    <n v="24238"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH09C08"/>
+    <s v="126. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="17849"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH09C09"/>
+    <s v="127. Taxes on personal income and wealth"/>
+    <s v="€ml"/>
+    <n v="5077"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH09C10"/>
+    <s v="128. Total personal expenditure"/>
+    <s v="€ml"/>
+    <n v="22926"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH09C11"/>
+    <s v="129. Personal savings"/>
+    <s v="€ml"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH09C01"/>
+    <s v="119. Net national product at factor cost before adjustment for stock appreciation"/>
+    <s v="€ml"/>
+    <n v="20880"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH09C02"/>
+    <s v="120. Government trading and investment income"/>
+    <s v="€ml"/>
+    <n v="-546"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH09C03"/>
+    <s v="121. National debt interest"/>
+    <s v="€ml"/>
+    <n v="2483"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH09C04"/>
+    <s v="122. Transfer income (including net transfers from the rest of the world, except E.U. subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="4795"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH09C05"/>
+    <s v="123. Private income"/>
+    <s v="€ml"/>
+    <n v="27612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH09C06"/>
+    <s v="124. Undistributed profits of companies before tax"/>
+    <s v="€ml"/>
+    <n v="-1729"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH09C07"/>
+    <s v="125. Personal income"/>
+    <s v="€ml"/>
+    <n v="25883"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH09C08"/>
+    <s v="126. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="19063"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH09C09"/>
+    <s v="127. Taxes on personal income and wealth"/>
+    <s v="€ml"/>
+    <n v="5667"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH09C10"/>
+    <s v="128. Total personal expenditure"/>
+    <s v="€ml"/>
+    <n v="24730"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH09C11"/>
+    <s v="129. Personal savings"/>
+    <s v="€ml"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH09C01"/>
+    <s v="119. Net national product at factor cost before adjustment for stock appreciation"/>
+    <s v="€ml"/>
+    <n v="22275"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH09C02"/>
+    <s v="120. Government trading and investment income"/>
+    <s v="€ml"/>
+    <n v="-505"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH09C03"/>
+    <s v="121. National debt interest"/>
+    <s v="€ml"/>
+    <n v="2495"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH09C04"/>
+    <s v="122. Transfer income (including net transfers from the rest of the world, except E.U. subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="4721"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH09C05"/>
+    <s v="123. Private income"/>
+    <s v="€ml"/>
+    <n v="28987"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH09C06"/>
+    <s v="124. Undistributed profits of companies before tax"/>
+    <s v="€ml"/>
+    <n v="-1793"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH09C07"/>
+    <s v="125. Personal income"/>
+    <s v="€ml"/>
+    <n v="27193"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH09C08"/>
+    <s v="126. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="20602"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH09C09"/>
+    <s v="127. Taxes on personal income and wealth"/>
+    <s v="€ml"/>
+    <n v="5491"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH09C10"/>
+    <s v="128. Total personal expenditure"/>
+    <s v="€ml"/>
+    <n v="26093"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH09C11"/>
+    <s v="129. Personal savings"/>
+    <s v="€ml"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH09C01"/>
+    <s v="119. Net national product at factor cost before adjustment for stock appreciation"/>
+    <s v="€ml"/>
+    <n v="24047"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH09C02"/>
+    <s v="120. Government trading and investment income"/>
+    <s v="€ml"/>
+    <n v="-551"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH09C03"/>
+    <s v="121. National debt interest"/>
+    <s v="€ml"/>
+    <n v="2856"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH09C04"/>
+    <s v="122. Transfer income (including net transfers from the rest of the world, except E.U. subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="4950"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH09C05"/>
+    <s v="123. Private income"/>
+    <s v="€ml"/>
+    <n v="31302"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH09C06"/>
+    <s v="124. Undistributed profits of companies before tax"/>
+    <s v="€ml"/>
+    <n v="-1820"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH09C07"/>
+    <s v="125. Personal income"/>
+    <s v="€ml"/>
+    <n v="29482"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH09C08"/>
+    <s v="126. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="21880"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH09C09"/>
+    <s v="127. Taxes on personal income and wealth"/>
+    <s v="€ml"/>
+    <n v="5915"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH09C10"/>
+    <s v="128. Total personal expenditure"/>
+    <s v="€ml"/>
+    <n v="27795"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH09C11"/>
+    <s v="129. Personal savings"/>
+    <s v="€ml"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH09C01"/>
+    <s v="119. Net national product at factor cost before adjustment for stock appreciation"/>
+    <s v="€ml"/>
+    <n v="25387"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH09C02"/>
+    <s v="120. Government trading and investment income"/>
+    <s v="€ml"/>
+    <n v="-664"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH09C03"/>
+    <s v="121. National debt interest"/>
+    <s v="€ml"/>
+    <n v="2881"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH09C04"/>
+    <s v="122. Transfer income (including net transfers from the rest of the world, except E.U. subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="5522"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH09C05"/>
+    <s v="123. Private income"/>
+    <s v="€ml"/>
+    <n v="33125"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH09C06"/>
+    <s v="124. Undistributed profits of companies before tax"/>
+    <s v="€ml"/>
+    <n v="-1761"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH09C07"/>
+    <s v="125. Personal income"/>
+    <s v="€ml"/>
+    <n v="31364"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH09C08"/>
+    <s v="126. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="22974"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH09C09"/>
+    <s v="127. Taxes on personal income and wealth"/>
+    <s v="€ml"/>
+    <n v="6324"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH09C10"/>
+    <s v="128. Total personal expenditure"/>
+    <s v="€ml"/>
+    <n v="29298"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH09C11"/>
+    <s v="129. Personal savings"/>
+    <s v="€ml"/>
+    <n v="2066"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH09C01"/>
+    <s v="119. Net national product at factor cost before adjustment for stock appreciation"/>
+    <s v="€ml"/>
+    <n v="27349"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH09C02"/>
+    <s v="120. Government trading and investment income"/>
+    <s v="€ml"/>
+    <n v="-713"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH09C03"/>
+    <s v="121. National debt interest"/>
+    <s v="€ml"/>
+    <n v="2850"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH09C04"/>
+    <s v="122. Transfer income (including net transfers from the rest of the world, except E.U. subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="5834"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH09C05"/>
+    <s v="123. Private income"/>
+    <s v="€ml"/>
+    <n v="35320"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH09C06"/>
+    <s v="124. Undistributed profits of companies before tax"/>
+    <s v="€ml"/>
+    <n v="-2145"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH09C07"/>
+    <s v="125. Personal income"/>
+    <s v="€ml"/>
+    <n v="33174"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH09C08"/>
+    <s v="126. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="24353"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH09C09"/>
+    <s v="127. Taxes on personal income and wealth"/>
+    <s v="€ml"/>
+    <n v="6768"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH09C10"/>
+    <s v="128. Total personal expenditure"/>
+    <s v="€ml"/>
+    <n v="31121"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH09C11"/>
+    <s v="129. Personal savings"/>
+    <s v="€ml"/>
+    <n v="2054"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH09C01"/>
+    <s v="119. Net national product at factor cost before adjustment for stock appreciation"/>
+    <s v="€ml"/>
+    <n v="30149"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH09C02"/>
+    <s v="120. Government trading and investment income"/>
+    <s v="€ml"/>
+    <n v="-742"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH09C03"/>
+    <s v="121. National debt interest"/>
+    <s v="€ml"/>
+    <n v="2888"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH09C04"/>
+    <s v="122. Transfer income (including net transfers from the rest of the world, except E.U. subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="6260"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH09C05"/>
+    <s v="123. Private income"/>
+    <s v="€ml"/>
+    <n v="38555"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH09C06"/>
+    <s v="124. Undistributed profits of companies before tax"/>
+    <s v="€ml"/>
+    <n v="-2537"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH09C07"/>
+    <s v="125. Personal income"/>
+    <s v="€ml"/>
+    <n v="36018"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH09C08"/>
+    <s v="126. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="25516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH09C09"/>
+    <s v="127. Taxes on personal income and wealth"/>
+    <s v="€ml"/>
+    <n v="7472"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH09C10"/>
+    <s v="128. Total personal expenditure"/>
+    <s v="€ml"/>
+    <n v="32988"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH09C11"/>
+    <s v="129. Personal savings"/>
+    <s v="€ml"/>
+    <n v="3030"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH09C01"/>
+    <s v="119. Net national product at factor cost before adjustment for stock appreciation"/>
+    <s v="€ml"/>
+    <n v="32128"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH09C02"/>
+    <s v="120. Government trading and investment income"/>
+    <s v="€ml"/>
+    <n v="-641"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH09C03"/>
+    <s v="121. National debt interest"/>
+    <s v="€ml"/>
+    <n v="2789"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH09C04"/>
+    <s v="122. Transfer income (including net transfers from the rest of the world, except E.U. subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="6572"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH09C05"/>
+    <s v="123. Private income"/>
+    <s v="€ml"/>
+    <n v="40847"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH09C06"/>
+    <s v="124. Undistributed profits of companies before tax"/>
+    <s v="€ml"/>
+    <n v="-3602"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH09C07"/>
+    <s v="125. Personal income"/>
+    <s v="€ml"/>
+    <n v="37245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH09C08"/>
+    <s v="126. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="27364"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH09C09"/>
+    <s v="127. Taxes on personal income and wealth"/>
+    <s v="€ml"/>
+    <n v="7979"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH09C10"/>
+    <s v="128. Total personal expenditure"/>
+    <s v="€ml"/>
+    <n v="35343"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH09C11"/>
+    <s v="129. Personal savings"/>
+    <s v="€ml"/>
+    <n v="1902"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH09C01"/>
+    <s v="119. Net national product at factor cost before adjustment for stock appreciation"/>
+    <s v="€ml"/>
+    <n v="35694"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH09C02"/>
+    <s v="120. Government trading and investment income"/>
+    <s v="€ml"/>
+    <n v="-634"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH09C03"/>
+    <s v="121. National debt interest"/>
+    <s v="€ml"/>
+    <n v="2819"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH09C04"/>
+    <s v="122. Transfer income (including net transfers from the rest of the world, except E.U. subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="7137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH09C05"/>
+    <s v="123. Private income"/>
+    <s v="€ml"/>
+    <n v="45017"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH09C06"/>
+    <s v="124. Undistributed profits of companies before tax"/>
+    <s v="€ml"/>
+    <n v="-4888"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH09C07"/>
+    <s v="125. Personal income"/>
+    <s v="€ml"/>
+    <n v="40129"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH09C08"/>
+    <s v="126. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="29433"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH09C09"/>
+    <s v="127. Taxes on personal income and wealth"/>
+    <s v="€ml"/>
+    <n v="8112"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH09C10"/>
+    <s v="128. Total personal expenditure"/>
+    <s v="€ml"/>
+    <n v="37545"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH09C11"/>
+    <s v="129. Personal savings"/>
+    <s v="€ml"/>
+    <n v="2584"/>
+  </r>
+</pivotCacheRecords>
 </file>