--- v0 (2025-11-10)
+++ v1 (2026-02-25)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24b94aa0640849bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/74c1c4aca1264f8f9093b2373c94c918.psmdcp" Id="Rbac2f04a6ce34fd4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44ef8f7bc7f14dd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a1b7fa6fc4244569a67f7399da24e8ff.psmdcp" Id="Rd100cbcefb1c4abc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NAH07</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>T07 Gross National Disposable Income and its Use (excluding FISIM)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/3/2023 11:00:00 AM</x:t>
+    <x:t>03/11/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:b/>
         <x:i/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>FISIM:</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
@@ -532,451 +532,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...399 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Item" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H365" totalsRowShown="0">
   <x:autoFilter ref="A1:H365"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02196V02652"/>
     <x:tableColumn id="2" name="State"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Item"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1245,51 +974,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NAH07/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1478,51 +1207,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H365"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="109.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -11000,51 +10729,51 @@
       <x:c r="E365" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H365" s="0">
         <x:v>4568</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11061,51 +10790,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H365" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="1">
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="State">
       <x:sharedItems count="1">
         <x:s v="State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="26">
         <x:s v="1970"/>
         <x:s v="1971"/>
         <x:s v="1972"/>
         <x:s v="1973"/>
         <x:s v="1974"/>
         <x:s v="1975"/>
         <x:s v="1976"/>
         <x:s v="1977"/>
         <x:s v="1978"/>
         <x:s v="1979"/>
         <x:s v="1980"/>
@@ -11538,27 +11267,3668 @@
         <x:n v="35156"/>
         <x:n v="8457"/>
         <x:n v="5588"/>
         <x:n v="2869"/>
         <x:n v="53089"/>
         <x:n v="-5948"/>
         <x:n v="47140"/>
         <x:n v="1583"/>
         <x:n v="-613"/>
         <x:n v="48111"/>
         <x:n v="439"/>
         <x:n v="48550"/>
         <x:n v="29433"/>
         <x:n v="8266"/>
         <x:n v="37699"/>
         <x:n v="10850"/>
         <x:n v="6283"/>
         <x:n v="4568"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH07C01"/>
+    <s v="105. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="2243"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH07C02"/>
+    <s v="106. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH07C03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH07C04"/>
+    <s v="108. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH07C05"/>
+    <s v="109. EU taxes"/>
+    <s v="€ml"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH07C06"/>
+    <s v="110. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH07C07"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH07C08"/>
+    <s v="112. Gross national disposable income"/>
+    <s v="€ml"/>
+    <n v="2322"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH07C09"/>
+    <s v="113. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH07C10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH07C11"/>
+    <s v="115. Total consumption expenditure"/>
+    <s v="€ml"/>
+    <n v="1968"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH07C12"/>
+    <s v="116. Gross national savings"/>
+    <s v="€ml"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH07C13"/>
+    <s v="117. Provision for depreciation"/>
+    <s v="€ml"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH07C14"/>
+    <s v="118. Net national savings"/>
+    <s v="€ml"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH07C01"/>
+    <s v="105. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="2564"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH07C02"/>
+    <s v="106. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH07C03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="2594"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH07C04"/>
+    <s v="108. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH07C05"/>
+    <s v="109. EU taxes"/>
+    <s v="€ml"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH07C06"/>
+    <s v="110. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="2594"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH07C07"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH07C08"/>
+    <s v="112. Gross national disposable income"/>
+    <s v="€ml"/>
+    <n v="2642"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH07C09"/>
+    <s v="113. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH07C10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH07C11"/>
+    <s v="115. Total consumption expenditure"/>
+    <s v="€ml"/>
+    <n v="2230"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH07C12"/>
+    <s v="116. Gross national savings"/>
+    <s v="€ml"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH07C13"/>
+    <s v="117. Provision for depreciation"/>
+    <s v="€ml"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH07C14"/>
+    <s v="118. Net national savings"/>
+    <s v="€ml"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH07C01"/>
+    <s v="105. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="3116"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH07C02"/>
+    <s v="106. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH07C03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="3150"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH07C04"/>
+    <s v="108. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH07C05"/>
+    <s v="109. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH07C06"/>
+    <s v="110. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="3148"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH07C07"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH07C08"/>
+    <s v="112. Gross national disposable income"/>
+    <s v="€ml"/>
+    <n v="3203"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH07C09"/>
+    <s v="113. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="2137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH07C10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH07C11"/>
+    <s v="115. Total consumption expenditure"/>
+    <s v="€ml"/>
+    <n v="2603"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH07C12"/>
+    <s v="116. Gross national savings"/>
+    <s v="€ml"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH07C13"/>
+    <s v="117. Provision for depreciation"/>
+    <s v="€ml"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH07C14"/>
+    <s v="118. Net national savings"/>
+    <s v="€ml"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH07C01"/>
+    <s v="105. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="3763"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH07C02"/>
+    <s v="106. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH07C03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="3772"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH07C04"/>
+    <s v="108. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH07C05"/>
+    <s v="109. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH07C06"/>
+    <s v="110. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="3811"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH07C07"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH07C08"/>
+    <s v="112. Gross national disposable income"/>
+    <s v="€ml"/>
+    <n v="3872"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH07C09"/>
+    <s v="113. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="2540"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH07C10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH07C11"/>
+    <s v="115. Total consumption expenditure"/>
+    <s v="€ml"/>
+    <n v="3114"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH07C12"/>
+    <s v="116. Gross national savings"/>
+    <s v="€ml"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH07C13"/>
+    <s v="117. Provision for depreciation"/>
+    <s v="€ml"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH07C14"/>
+    <s v="118. Net national savings"/>
+    <s v="€ml"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH07C01"/>
+    <s v="105. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="4181"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH07C02"/>
+    <s v="106. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH07C03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="4196"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH07C04"/>
+    <s v="108. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH07C05"/>
+    <s v="109. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH07C06"/>
+    <s v="110. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="4270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH07C07"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH07C08"/>
+    <s v="112. Gross national disposable income"/>
+    <s v="€ml"/>
+    <n v="4352"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH07C09"/>
+    <s v="113. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="2988"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH07C10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH07C11"/>
+    <s v="115. Total consumption expenditure"/>
+    <s v="€ml"/>
+    <n v="3683"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH07C12"/>
+    <s v="116. Gross national savings"/>
+    <s v="€ml"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH07C13"/>
+    <s v="117. Provision for depreciation"/>
+    <s v="€ml"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH07C14"/>
+    <s v="118. Net national savings"/>
+    <s v="€ml"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH07C01"/>
+    <s v="105. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="5257"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH07C02"/>
+    <s v="106. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH07C03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="5254"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH07C04"/>
+    <s v="108. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH07C05"/>
+    <s v="109. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-35"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH07C06"/>
+    <s v="110. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="5370"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH07C07"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH07C08"/>
+    <s v="112. Gross national disposable income"/>
+    <s v="€ml"/>
+    <n v="5467"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH07C09"/>
+    <s v="113. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="3596"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH07C10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH07C11"/>
+    <s v="115. Total consumption expenditure"/>
+    <s v="€ml"/>
+    <n v="4546"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH07C12"/>
+    <s v="116. Gross national savings"/>
+    <s v="€ml"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH07C13"/>
+    <s v="117. Provision for depreciation"/>
+    <s v="€ml"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH07C14"/>
+    <s v="118. Net national savings"/>
+    <s v="€ml"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH07C01"/>
+    <s v="105. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="6476"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH07C02"/>
+    <s v="106. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-50"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH07C03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="6426"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH07C04"/>
+    <s v="108. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH07C05"/>
+    <s v="109. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-69"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH07C06"/>
+    <s v="110. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="6523"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH07C07"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH07C08"/>
+    <s v="112. Gross national disposable income"/>
+    <s v="€ml"/>
+    <n v="6627"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH07C09"/>
+    <s v="113. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="4504"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH07C10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH07C11"/>
+    <s v="115. Total consumption expenditure"/>
+    <s v="€ml"/>
+    <n v="5637"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH07C12"/>
+    <s v="116. Gross national savings"/>
+    <s v="€ml"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH07C13"/>
+    <s v="117. Provision for depreciation"/>
+    <s v="€ml"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH07C14"/>
+    <s v="118. Net national savings"/>
+    <s v="€ml"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH07C01"/>
+    <s v="105. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="7883"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH07C02"/>
+    <s v="106. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH07C03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="7746"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH07C04"/>
+    <s v="108. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH07C05"/>
+    <s v="109. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-95"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH07C06"/>
+    <s v="110. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="8027"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH07C07"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH07C08"/>
+    <s v="112. Gross national disposable income"/>
+    <s v="€ml"/>
+    <n v="8152"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH07C09"/>
+    <s v="113. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="5333"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH07C10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH07C11"/>
+    <s v="115. Total consumption expenditure"/>
+    <s v="€ml"/>
+    <n v="6650"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH07C12"/>
+    <s v="116. Gross national savings"/>
+    <s v="€ml"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH07C13"/>
+    <s v="117. Provision for depreciation"/>
+    <s v="€ml"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH07C14"/>
+    <s v="118. Net national savings"/>
+    <s v="€ml"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH07C01"/>
+    <s v="105. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="9316"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH07C02"/>
+    <s v="106. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-291"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH07C03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="9025"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH07C04"/>
+    <s v="108. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH07C05"/>
+    <s v="109. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-81"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH07C06"/>
+    <s v="110. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="9444"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH07C07"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH07C08"/>
+    <s v="112. Gross national disposable income"/>
+    <s v="€ml"/>
+    <n v="9581"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH07C09"/>
+    <s v="113. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="6192"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH07C10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH07C11"/>
+    <s v="115. Total consumption expenditure"/>
+    <s v="€ml"/>
+    <n v="7770"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH07C12"/>
+    <s v="116. Gross national savings"/>
+    <s v="€ml"/>
+    <n v="1811"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH07C13"/>
+    <s v="117. Provision for depreciation"/>
+    <s v="€ml"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH07C14"/>
+    <s v="118. Net national savings"/>
+    <s v="€ml"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH07C01"/>
+    <s v="105. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="11036"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH07C02"/>
+    <s v="106. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-354"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH07C03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="10682"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH07C04"/>
+    <s v="108. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH07C05"/>
+    <s v="109. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-67"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH07C06"/>
+    <s v="110. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="11129"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH07C07"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH07C08"/>
+    <s v="112. Gross national disposable income"/>
+    <s v="€ml"/>
+    <n v="11346"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH07C09"/>
+    <s v="113. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="7615"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH07C10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="1959"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH07C11"/>
+    <s v="115. Total consumption expenditure"/>
+    <s v="€ml"/>
+    <n v="9574"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH07C12"/>
+    <s v="116. Gross national savings"/>
+    <s v="€ml"/>
+    <n v="1772"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH07C13"/>
+    <s v="117. Provision for depreciation"/>
+    <s v="€ml"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH07C14"/>
+    <s v="118. Net national savings"/>
+    <s v="€ml"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH07C01"/>
+    <s v="105. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="13097"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH07C02"/>
+    <s v="106. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-433"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH07C03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="12664"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH07C04"/>
+    <s v="108. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH07C05"/>
+    <s v="109. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-126"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH07C06"/>
+    <s v="110. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="13026"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH07C07"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH07C08"/>
+    <s v="112. Gross national disposable income"/>
+    <s v="€ml"/>
+    <n v="13322"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH07C09"/>
+    <s v="113. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="9151"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH07C10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="2538"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH07C11"/>
+    <s v="115. Total consumption expenditure"/>
+    <s v="€ml"/>
+    <n v="11689"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH07C12"/>
+    <s v="116. Gross national savings"/>
+    <s v="€ml"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH07C13"/>
+    <s v="117. Provision for depreciation"/>
+    <s v="€ml"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH07C14"/>
+    <s v="118. Net national savings"/>
+    <s v="€ml"/>
+    <n v="-9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH07C01"/>
+    <s v="105. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="15892"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH07C02"/>
+    <s v="106. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-619"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH07C03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="15273"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH07C04"/>
+    <s v="108. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH07C05"/>
+    <s v="109. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-163"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH07C06"/>
+    <s v="110. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="15511"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH07C07"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH07C08"/>
+    <s v="112. Gross national disposable income"/>
+    <s v="€ml"/>
+    <n v="15836"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH07C09"/>
+    <s v="113. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="11015"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH07C10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="3084"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH07C11"/>
+    <s v="115. Total consumption expenditure"/>
+    <s v="€ml"/>
+    <n v="14099"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH07C12"/>
+    <s v="116. Gross national savings"/>
+    <s v="€ml"/>
+    <n v="1737"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH07C13"/>
+    <s v="117. Provision for depreciation"/>
+    <s v="€ml"/>
+    <n v="1875"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH07C14"/>
+    <s v="118. Net national savings"/>
+    <s v="€ml"/>
+    <n v="-138"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH07C01"/>
+    <s v="105. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="18853"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH07C02"/>
+    <s v="106. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-1174"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH07C03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="17679"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH07C04"/>
+    <s v="108. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH07C05"/>
+    <s v="109. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH07C06"/>
+    <s v="110. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="17925"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH07C07"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH07C08"/>
+    <s v="112. Gross national disposable income"/>
+    <s v="€ml"/>
+    <n v="18306"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH07C09"/>
+    <s v="113. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="12275"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH07C10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="3611"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH07C11"/>
+    <s v="115. Total consumption expenditure"/>
+    <s v="€ml"/>
+    <n v="15886"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH07C12"/>
+    <s v="116. Gross national savings"/>
+    <s v="€ml"/>
+    <n v="2421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH07C13"/>
+    <s v="117. Provision for depreciation"/>
+    <s v="€ml"/>
+    <n v="2202"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH07C14"/>
+    <s v="118. Net national savings"/>
+    <s v="€ml"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH07C01"/>
+    <s v="105. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="20780"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH07C02"/>
+    <s v="106. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-1493"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH07C03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="19287"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH07C04"/>
+    <s v="108. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH07C05"/>
+    <s v="109. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-271"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH07C06"/>
+    <s v="110. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="19604"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH07C07"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH07C08"/>
+    <s v="112. Gross national disposable income"/>
+    <s v="€ml"/>
+    <n v="20023"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH07C09"/>
+    <s v="113. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="13352"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH07C10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="3912"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH07C11"/>
+    <s v="115. Total consumption expenditure"/>
+    <s v="€ml"/>
+    <n v="17264"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH07C12"/>
+    <s v="116. Gross national savings"/>
+    <s v="€ml"/>
+    <n v="2759"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH07C13"/>
+    <s v="117. Provision for depreciation"/>
+    <s v="€ml"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH07C14"/>
+    <s v="118. Net national savings"/>
+    <s v="€ml"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH07C01"/>
+    <s v="105. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="23013"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH07C02"/>
+    <s v="106. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-2107"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH07C03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="20906"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH07C04"/>
+    <s v="108. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH07C05"/>
+    <s v="109. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-303"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH07C06"/>
+    <s v="110. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="21462"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH07C07"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH07C08"/>
+    <s v="112. Gross national disposable income"/>
+    <s v="€ml"/>
+    <n v="21834"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH07C09"/>
+    <s v="113. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="14608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH07C10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="4226"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH07C11"/>
+    <s v="115. Total consumption expenditure"/>
+    <s v="€ml"/>
+    <n v="18835"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH07C12"/>
+    <s v="116. Gross national savings"/>
+    <s v="€ml"/>
+    <n v="2999"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH07C13"/>
+    <s v="117. Provision for depreciation"/>
+    <s v="€ml"/>
+    <n v="2619"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH07C14"/>
+    <s v="118. Net national savings"/>
+    <s v="€ml"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH07C01"/>
+    <s v="105. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="24998"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH07C02"/>
+    <s v="106. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-2577"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH07C03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="22421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH07C04"/>
+    <s v="108. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH07C05"/>
+    <s v="109. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-301"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH07C06"/>
+    <s v="110. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="23217"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH07C07"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH07C08"/>
+    <s v="112. Gross national disposable income"/>
+    <s v="€ml"/>
+    <n v="23593"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH07C09"/>
+    <s v="113. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="15873"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH07C10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="4571"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH07C11"/>
+    <s v="115. Total consumption expenditure"/>
+    <s v="€ml"/>
+    <n v="20444"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH07C12"/>
+    <s v="116. Gross national savings"/>
+    <s v="€ml"/>
+    <n v="3149"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH07C13"/>
+    <s v="117. Provision for depreciation"/>
+    <s v="€ml"/>
+    <n v="2839"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH07C14"/>
+    <s v="118. Net national savings"/>
+    <s v="€ml"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH07C01"/>
+    <s v="105. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="26625"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH07C02"/>
+    <s v="106. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-2509"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH07C03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="24115"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH07C04"/>
+    <s v="108. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH07C05"/>
+    <s v="109. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-360"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH07C06"/>
+    <s v="110. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="24921"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH07C07"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH07C08"/>
+    <s v="112. Gross national disposable income"/>
+    <s v="€ml"/>
+    <n v="25292"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH07C09"/>
+    <s v="113. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="16940"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH07C10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="4932"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH07C11"/>
+    <s v="115. Total consumption expenditure"/>
+    <s v="€ml"/>
+    <n v="21872"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH07C12"/>
+    <s v="116. Gross national savings"/>
+    <s v="€ml"/>
+    <n v="3420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH07C13"/>
+    <s v="117. Provision for depreciation"/>
+    <s v="€ml"/>
+    <n v="3029"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH07C14"/>
+    <s v="118. Net national savings"/>
+    <s v="€ml"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH07C01"/>
+    <s v="105. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="28451"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH07C02"/>
+    <s v="106. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-2583"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH07C03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="25868"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH07C04"/>
+    <s v="108. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH07C05"/>
+    <s v="109. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-417"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH07C06"/>
+    <s v="110. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="26465"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH07C07"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH07C08"/>
+    <s v="112. Gross national disposable income"/>
+    <s v="€ml"/>
+    <n v="27000"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH07C09"/>
+    <s v="113. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="17849"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH07C10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="5027"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH07C11"/>
+    <s v="115. Total consumption expenditure"/>
+    <s v="€ml"/>
+    <n v="22876"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH07C12"/>
+    <s v="116. Gross national savings"/>
+    <s v="€ml"/>
+    <n v="4124"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH07C13"/>
+    <s v="117. Provision for depreciation"/>
+    <s v="€ml"/>
+    <n v="3286"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH07C14"/>
+    <s v="118. Net national savings"/>
+    <s v="€ml"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH07C01"/>
+    <s v="105. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="30389"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH07C02"/>
+    <s v="106. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-3199"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH07C03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="27190"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH07C04"/>
+    <s v="108. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH07C05"/>
+    <s v="109. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-373"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH07C06"/>
+    <s v="110. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="27968"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH07C07"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH07C08"/>
+    <s v="112. Gross national disposable income"/>
+    <s v="€ml"/>
+    <n v="28395"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH07C09"/>
+    <s v="113. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="19063"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH07C10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="4979"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH07C11"/>
+    <s v="115. Total consumption expenditure"/>
+    <s v="€ml"/>
+    <n v="24042"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH07C12"/>
+    <s v="116. Gross national savings"/>
+    <s v="€ml"/>
+    <n v="4353"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH07C13"/>
+    <s v="117. Provision for depreciation"/>
+    <s v="€ml"/>
+    <n v="3425"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH07C14"/>
+    <s v="118. Net national savings"/>
+    <s v="€ml"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH07C01"/>
+    <s v="105. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="33706"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH07C02"/>
+    <s v="106. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-3843"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH07C03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="29863"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH07C04"/>
+    <s v="108. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH07C05"/>
+    <s v="109. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH07C06"/>
+    <s v="110. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="30728"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH07C07"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH07C08"/>
+    <s v="112. Gross national disposable income"/>
+    <s v="€ml"/>
+    <n v="31178"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH07C09"/>
+    <s v="113. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="20602"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH07C10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="5188"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH07C11"/>
+    <s v="115. Total consumption expenditure"/>
+    <s v="€ml"/>
+    <n v="25790"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH07C12"/>
+    <s v="116. Gross national savings"/>
+    <s v="€ml"/>
+    <n v="5389"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH07C13"/>
+    <s v="117. Provision for depreciation"/>
+    <s v="€ml"/>
+    <n v="3800"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH07C14"/>
+    <s v="118. Net national savings"/>
+    <s v="€ml"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH07C01"/>
+    <s v="105. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="36541"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH07C02"/>
+    <s v="106. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-4137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH07C03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="32404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH07C04"/>
+    <s v="108. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH07C05"/>
+    <s v="109. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-399"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH07C06"/>
+    <s v="110. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="33650"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH07C07"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH07C08"/>
+    <s v="112. Gross national disposable income"/>
+    <s v="€ml"/>
+    <n v="34197"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH07C09"/>
+    <s v="113. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="21880"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH07C10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="5754"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH07C11"/>
+    <s v="115. Total consumption expenditure"/>
+    <s v="€ml"/>
+    <n v="27633"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH07C12"/>
+    <s v="116. Gross national savings"/>
+    <s v="€ml"/>
+    <n v="6564"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH07C13"/>
+    <s v="117. Provision for depreciation"/>
+    <s v="€ml"/>
+    <n v="4136"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH07C14"/>
+    <s v="118. Net national savings"/>
+    <s v="€ml"/>
+    <n v="2428"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH07C01"/>
+    <s v="105. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="38018"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH07C02"/>
+    <s v="106. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-4082"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH07C03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="33936"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH07C04"/>
+    <s v="108. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1667"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH07C05"/>
+    <s v="109. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-442"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH07C06"/>
+    <s v="110. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="35161"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH07C07"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH07C08"/>
+    <s v="112. Gross national disposable income"/>
+    <s v="€ml"/>
+    <n v="35978"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH07C09"/>
+    <s v="113. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="22974"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH07C10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="6316"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH07C11"/>
+    <s v="115. Total consumption expenditure"/>
+    <s v="€ml"/>
+    <n v="29290"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH07C12"/>
+    <s v="116. Gross national savings"/>
+    <s v="€ml"/>
+    <n v="6688"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH07C13"/>
+    <s v="117. Provision for depreciation"/>
+    <s v="€ml"/>
+    <n v="4478"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH07C14"/>
+    <s v="118. Net national savings"/>
+    <s v="€ml"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH07C01"/>
+    <s v="105. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="40489"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH07C02"/>
+    <s v="106. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-4491"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH07C03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="35998"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH07C04"/>
+    <s v="108. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH07C05"/>
+    <s v="109. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-430"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH07C06"/>
+    <s v="110. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="36983"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH07C07"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH07C08"/>
+    <s v="112. Gross national disposable income"/>
+    <s v="€ml"/>
+    <n v="37579"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH07C09"/>
+    <s v="113. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="24353"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH07C10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="6859"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH07C11"/>
+    <s v="115. Total consumption expenditure"/>
+    <s v="€ml"/>
+    <n v="31212"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH07C12"/>
+    <s v="116. Gross national savings"/>
+    <s v="€ml"/>
+    <n v="6368"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH07C13"/>
+    <s v="117. Provision for depreciation"/>
+    <s v="€ml"/>
+    <n v="4711"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH07C14"/>
+    <s v="118. Net national savings"/>
+    <s v="€ml"/>
+    <n v="1657"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH07C01"/>
+    <s v="105. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="43605"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH07C02"/>
+    <s v="106. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-4662"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH07C03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="38943"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH07C04"/>
+    <s v="108. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH07C05"/>
+    <s v="109. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-514"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH07C06"/>
+    <s v="110. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="39993"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH07C07"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH07C08"/>
+    <s v="112. Gross national disposable income"/>
+    <s v="€ml"/>
+    <n v="40604"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH07C09"/>
+    <s v="113. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="25516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH07C10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="7320"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH07C11"/>
+    <s v="115. Total consumption expenditure"/>
+    <s v="€ml"/>
+    <n v="32836"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH07C12"/>
+    <s v="116. Gross national savings"/>
+    <s v="€ml"/>
+    <n v="7769"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH07C13"/>
+    <s v="117. Provision for depreciation"/>
+    <s v="€ml"/>
+    <n v="5067"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH07C14"/>
+    <s v="118. Net national savings"/>
+    <s v="€ml"/>
+    <n v="2701"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH07C01"/>
+    <s v="105. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="46864"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH07C02"/>
+    <s v="106. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-4718"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH07C03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="42146"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH07C04"/>
+    <s v="108. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH07C05"/>
+    <s v="109. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-545"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH07C06"/>
+    <s v="110. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="43175"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH07C07"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH07C08"/>
+    <s v="112. Gross national disposable income"/>
+    <s v="€ml"/>
+    <n v="43613"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH07C09"/>
+    <s v="113. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="27364"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH07C10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="7792"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH07C11"/>
+    <s v="115. Total consumption expenditure"/>
+    <s v="€ml"/>
+    <n v="35156"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH07C12"/>
+    <s v="116. Gross national savings"/>
+    <s v="€ml"/>
+    <n v="8457"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH07C13"/>
+    <s v="117. Provision for depreciation"/>
+    <s v="€ml"/>
+    <n v="5588"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH07C14"/>
+    <s v="118. Net national savings"/>
+    <s v="€ml"/>
+    <n v="2869"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH07C01"/>
+    <s v="105. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="53089"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH07C02"/>
+    <s v="106. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-5948"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH07C03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="47140"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH07C04"/>
+    <s v="108. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1583"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH07C05"/>
+    <s v="109. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-613"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH07C06"/>
+    <s v="110. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="48111"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH07C07"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)"/>
+    <s v="€ml"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH07C08"/>
+    <s v="112. Gross national disposable income"/>
+    <s v="€ml"/>
+    <n v="48550"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH07C09"/>
+    <s v="113. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="29433"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH07C10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="8266"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH07C11"/>
+    <s v="115. Total consumption expenditure"/>
+    <s v="€ml"/>
+    <n v="37699"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH07C12"/>
+    <s v="116. Gross national savings"/>
+    <s v="€ml"/>
+    <n v="10850"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH07C13"/>
+    <s v="117. Provision for depreciation"/>
+    <s v="€ml"/>
+    <n v="6283"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH07C14"/>
+    <s v="118. Net national savings"/>
+    <s v="€ml"/>
+    <n v="4568"/>
+  </r>
+</pivotCacheRecords>
 </file>