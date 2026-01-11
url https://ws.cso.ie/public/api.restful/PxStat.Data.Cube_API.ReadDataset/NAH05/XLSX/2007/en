--- v0 (2025-11-13)
+++ v1 (2026-01-11)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b5cc0fcc8554834" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f47e0b795cd04188bcb2063098d87d8a.psmdcp" Id="R622c85255a984313" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R021c0774642f4c81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0c09b259ae7341fab5cfe87f39b7f053.psmdcp" Id="R44e4ad99efb64de7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NAH05</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>T05 Expenditure on Gross National Income (excluding FISIM) at Current Market Prices</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/3/2023 11:00:00 AM</x:t>
+    <x:t>03/11/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:b/>
         <x:i/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>FISIM:</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
@@ -526,443 +526,178 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...391 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Item" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H339" totalsRowShown="0">
   <x:autoFilter ref="A1:H339"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02196V02652"/>
     <x:tableColumn id="2" name="State"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Item"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1231,51 +966,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NAH05/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1464,51 +1199,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H339"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="75.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -10310,51 +10045,51 @@
       <x:c r="E339" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H339" s="0">
         <x:v>48111</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10371,51 +10106,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H339" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="1">
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="State">
       <x:sharedItems count="1">
         <x:s v="State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="26">
         <x:s v="1970"/>
         <x:s v="1971"/>
         <x:s v="1972"/>
         <x:s v="1973"/>
         <x:s v="1974"/>
         <x:s v="1975"/>
         <x:s v="1976"/>
         <x:s v="1977"/>
         <x:s v="1978"/>
         <x:s v="1979"/>
         <x:s v="1980"/>
@@ -10817,27 +10552,3408 @@
         <x:n v="-4718"/>
         <x:n v="42146"/>
         <x:n v="1574"/>
         <x:n v="-545"/>
         <x:n v="43175"/>
         <x:n v="29433"/>
         <x:n v="8266"/>
         <x:n v="9179"/>
         <x:n v="495"/>
         <x:n v="40259"/>
         <x:n v="-34270"/>
         <x:n v="-274"/>
         <x:n v="53089"/>
         <x:n v="-5948"/>
         <x:n v="47140"/>
         <x:n v="1583"/>
         <x:n v="-613"/>
         <x:n v="48111"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH05C01"/>
+    <s v="79. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH05C02"/>
+    <s v="80. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH05C03"/>
+    <s v="81. Gross domestic fixed capital formation"/>
+    <s v="€ml"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH05C04"/>
+    <s v="82. Value of physical changes in stocks"/>
+    <s v="€ml"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH05C05"/>
+    <s v="83. Exports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH05C06"/>
+    <s v="84. Imports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="-925"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH05C07"/>
+    <s v="85. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="-88"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH05C08"/>
+    <s v="86. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="2243"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH05C09"/>
+    <s v="87. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH05C10"/>
+    <s v="88. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH05C11"/>
+    <s v="89. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH05C12"/>
+    <s v="90. EU taxes"/>
+    <s v="€ml"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH05C13"/>
+    <s v="91. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH05C01"/>
+    <s v="79. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH05C02"/>
+    <s v="80. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH05C03"/>
+    <s v="81. Gross domestic fixed capital formation"/>
+    <s v="€ml"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH05C04"/>
+    <s v="82. Value of physical changes in stocks"/>
+    <s v="€ml"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH05C05"/>
+    <s v="83. Exports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH05C06"/>
+    <s v="84. Imports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="-1022"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH05C07"/>
+    <s v="85. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="-88"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH05C08"/>
+    <s v="86. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="2564"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH05C09"/>
+    <s v="87. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH05C10"/>
+    <s v="88. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="2594"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH05C11"/>
+    <s v="89. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH05C12"/>
+    <s v="90. EU taxes"/>
+    <s v="€ml"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH05C13"/>
+    <s v="91. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="2594"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH05C01"/>
+    <s v="79. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="2137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH05C02"/>
+    <s v="80. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH05C03"/>
+    <s v="81. Gross domestic fixed capital formation"/>
+    <s v="€ml"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH05C04"/>
+    <s v="82. Value of physical changes in stocks"/>
+    <s v="€ml"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH05C05"/>
+    <s v="83. Exports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH05C06"/>
+    <s v="84. Imports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="-1137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH05C07"/>
+    <s v="85. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="-103"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH05C08"/>
+    <s v="86. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="3116"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH05C09"/>
+    <s v="87. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH05C10"/>
+    <s v="88. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="3150"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH05C11"/>
+    <s v="89. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH05C12"/>
+    <s v="90. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH05C13"/>
+    <s v="91. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="3148"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH05C01"/>
+    <s v="79. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="2540"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH05C02"/>
+    <s v="80. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH05C03"/>
+    <s v="81. Gross domestic fixed capital formation"/>
+    <s v="€ml"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH05C04"/>
+    <s v="82. Value of physical changes in stocks"/>
+    <s v="€ml"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH05C05"/>
+    <s v="83. Exports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH05C06"/>
+    <s v="84. Imports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="-1541"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH05C07"/>
+    <s v="85. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="-111"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH05C08"/>
+    <s v="86. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="3763"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH05C09"/>
+    <s v="87. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH05C10"/>
+    <s v="88. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="3772"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH05C11"/>
+    <s v="89. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH05C12"/>
+    <s v="90. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH05C13"/>
+    <s v="91. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="3811"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH05C01"/>
+    <s v="79. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="2988"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH05C02"/>
+    <s v="80. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH05C03"/>
+    <s v="81. Gross domestic fixed capital formation"/>
+    <s v="€ml"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH05C04"/>
+    <s v="82. Value of physical changes in stocks"/>
+    <s v="€ml"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH05C05"/>
+    <s v="83. Exports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH05C06"/>
+    <s v="84. Imports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="-2174"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH05C07"/>
+    <s v="85. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="-130"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH05C08"/>
+    <s v="86. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="4181"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH05C09"/>
+    <s v="87. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH05C10"/>
+    <s v="88. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="4196"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH05C11"/>
+    <s v="89. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH05C12"/>
+    <s v="90. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH05C13"/>
+    <s v="91. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="4270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH05C01"/>
+    <s v="79. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="3596"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH05C02"/>
+    <s v="80. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH05C03"/>
+    <s v="81. Gross domestic fixed capital formation"/>
+    <s v="€ml"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH05C04"/>
+    <s v="82. Value of physical changes in stocks"/>
+    <s v="€ml"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH05C05"/>
+    <s v="83. Exports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="2062"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH05C06"/>
+    <s v="84. Imports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="-2359"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH05C07"/>
+    <s v="85. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="-166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH05C08"/>
+    <s v="86. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="5257"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH05C09"/>
+    <s v="87. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH05C10"/>
+    <s v="88. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="5254"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH05C11"/>
+    <s v="89. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH05C12"/>
+    <s v="90. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-35"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH05C13"/>
+    <s v="91. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="5370"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH05C01"/>
+    <s v="79. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="4504"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH05C02"/>
+    <s v="80. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH05C03"/>
+    <s v="81. Gross domestic fixed capital formation"/>
+    <s v="€ml"/>
+    <n v="1524"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH05C04"/>
+    <s v="82. Value of physical changes in stocks"/>
+    <s v="€ml"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH05C05"/>
+    <s v="83. Exports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="2742"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH05C06"/>
+    <s v="84. Imports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="-3219"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH05C07"/>
+    <s v="85. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="-234"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH05C08"/>
+    <s v="86. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="6476"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH05C09"/>
+    <s v="87. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-50"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH05C10"/>
+    <s v="88. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="6426"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH05C11"/>
+    <s v="89. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH05C12"/>
+    <s v="90. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-69"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH05C13"/>
+    <s v="91. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="6523"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH05C01"/>
+    <s v="79. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="5333"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH05C02"/>
+    <s v="80. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH05C03"/>
+    <s v="81. Gross domestic fixed capital formation"/>
+    <s v="€ml"/>
+    <n v="1873"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH05C04"/>
+    <s v="82. Value of physical changes in stocks"/>
+    <s v="€ml"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH05C05"/>
+    <s v="83. Exports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="3588"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH05C06"/>
+    <s v="84. Imports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="-4260"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH05C07"/>
+    <s v="85. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="-198"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH05C08"/>
+    <s v="86. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="7883"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH05C09"/>
+    <s v="87. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH05C10"/>
+    <s v="88. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="7746"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH05C11"/>
+    <s v="89. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH05C12"/>
+    <s v="90. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-95"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH05C13"/>
+    <s v="91. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="8027"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH05C01"/>
+    <s v="79. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="6192"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH05C02"/>
+    <s v="80. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH05C03"/>
+    <s v="81. Gross domestic fixed capital formation"/>
+    <s v="€ml"/>
+    <n v="2479"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH05C04"/>
+    <s v="82. Value of physical changes in stocks"/>
+    <s v="€ml"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH05C05"/>
+    <s v="83. Exports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="4298"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH05C06"/>
+    <s v="84. Imports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="-5167"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH05C07"/>
+    <s v="85. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="-193"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH05C08"/>
+    <s v="86. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="9316"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH05C09"/>
+    <s v="87. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-291"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH05C10"/>
+    <s v="88. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="9025"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH05C11"/>
+    <s v="89. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH05C12"/>
+    <s v="90. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-81"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH05C13"/>
+    <s v="91. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="9444"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH05C01"/>
+    <s v="79. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="7615"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH05C02"/>
+    <s v="80. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="1959"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH05C03"/>
+    <s v="81. Gross domestic fixed capital formation"/>
+    <s v="€ml"/>
+    <n v="3204"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH05C04"/>
+    <s v="82. Value of physical changes in stocks"/>
+    <s v="€ml"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH05C05"/>
+    <s v="83. Exports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="5015"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH05C06"/>
+    <s v="84. Imports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="-6687"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH05C07"/>
+    <s v="85. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="-309"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH05C08"/>
+    <s v="86. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="11036"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH05C09"/>
+    <s v="87. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-354"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH05C10"/>
+    <s v="88. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="10682"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH05C11"/>
+    <s v="89. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH05C12"/>
+    <s v="90. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-67"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH05C13"/>
+    <s v="91. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="11129"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH05C01"/>
+    <s v="79. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="9151"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH05C02"/>
+    <s v="80. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="2538"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH05C03"/>
+    <s v="81. Gross domestic fixed capital formation"/>
+    <s v="€ml"/>
+    <n v="3602"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH05C04"/>
+    <s v="82. Value of physical changes in stocks"/>
+    <s v="€ml"/>
+    <n v="-141"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH05C05"/>
+    <s v="83. Exports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="5907"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH05C06"/>
+    <s v="84. Imports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="-7541"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH05C07"/>
+    <s v="85. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="-420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH05C08"/>
+    <s v="86. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="13097"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH05C09"/>
+    <s v="87. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-433"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH05C10"/>
+    <s v="88. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="12664"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH05C11"/>
+    <s v="89. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH05C12"/>
+    <s v="90. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-126"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH05C13"/>
+    <s v="91. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="13026"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH05C01"/>
+    <s v="79. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="11015"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH05C02"/>
+    <s v="80. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="3084"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH05C03"/>
+    <s v="81. Gross domestic fixed capital formation"/>
+    <s v="€ml"/>
+    <n v="4492"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH05C04"/>
+    <s v="82. Value of physical changes in stocks"/>
+    <s v="€ml"/>
+    <n v="-142"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH05C05"/>
+    <s v="83. Exports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="7008"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH05C06"/>
+    <s v="84. Imports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="-9113"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH05C07"/>
+    <s v="85. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="-453"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH05C08"/>
+    <s v="86. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="15892"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH05C09"/>
+    <s v="87. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-619"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH05C10"/>
+    <s v="88. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="15273"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH05C11"/>
+    <s v="89. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH05C12"/>
+    <s v="90. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-163"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH05C13"/>
+    <s v="91. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="15511"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH05C01"/>
+    <s v="79. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="12275"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH05C02"/>
+    <s v="80. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="3611"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH05C03"/>
+    <s v="81. Gross domestic fixed capital formation"/>
+    <s v="€ml"/>
+    <n v="4681"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH05C04"/>
+    <s v="82. Value of physical changes in stocks"/>
+    <s v="€ml"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH05C05"/>
+    <s v="83. Exports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="8192"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH05C06"/>
+    <s v="84. Imports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="-9499"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH05C07"/>
+    <s v="85. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="-644"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH05C08"/>
+    <s v="86. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="18853"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH05C09"/>
+    <s v="87. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-1174"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH05C10"/>
+    <s v="88. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="17679"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH05C11"/>
+    <s v="89. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH05C12"/>
+    <s v="90. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH05C13"/>
+    <s v="91. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="17925"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH05C01"/>
+    <s v="79. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="13352"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH05C02"/>
+    <s v="80. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="3912"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH05C03"/>
+    <s v="81. Gross domestic fixed capital formation"/>
+    <s v="€ml"/>
+    <n v="4569"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH05C04"/>
+    <s v="82. Value of physical changes in stocks"/>
+    <s v="€ml"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH05C05"/>
+    <s v="83. Exports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="9869"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH05C06"/>
+    <s v="84. Imports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="-10501"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH05C07"/>
+    <s v="85. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="-567"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH05C08"/>
+    <s v="86. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="20780"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH05C09"/>
+    <s v="87. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-1493"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH05C10"/>
+    <s v="88. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="19287"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH05C11"/>
+    <s v="89. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH05C12"/>
+    <s v="90. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-271"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH05C13"/>
+    <s v="91. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="19604"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH05C01"/>
+    <s v="79. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="14608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH05C02"/>
+    <s v="80. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="4226"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH05C03"/>
+    <s v="81. Gross domestic fixed capital formation"/>
+    <s v="€ml"/>
+    <n v="4669"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH05C04"/>
+    <s v="82. Value of physical changes in stocks"/>
+    <s v="€ml"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH05C05"/>
+    <s v="83. Exports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="12436"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH05C06"/>
+    <s v="84. Imports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="-12633"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH05C07"/>
+    <s v="85. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="-573"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH05C08"/>
+    <s v="86. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="23013"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH05C09"/>
+    <s v="87. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-2107"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH05C10"/>
+    <s v="88. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="20906"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH05C11"/>
+    <s v="89. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH05C12"/>
+    <s v="90. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-303"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH05C13"/>
+    <s v="91. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="21462"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH05C01"/>
+    <s v="79. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="15873"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH05C02"/>
+    <s v="80. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="4571"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH05C03"/>
+    <s v="81. Gross domestic fixed capital formation"/>
+    <s v="€ml"/>
+    <n v="4514"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH05C04"/>
+    <s v="82. Value of physical changes in stocks"/>
+    <s v="€ml"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH05C05"/>
+    <s v="83. Exports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="13668"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH05C06"/>
+    <s v="84. Imports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="-13378"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH05C07"/>
+    <s v="85. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="-484"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH05C08"/>
+    <s v="86. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="24998"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH05C09"/>
+    <s v="87. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-2577"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH05C10"/>
+    <s v="88. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="22421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH05C11"/>
+    <s v="89. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH05C12"/>
+    <s v="90. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-301"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH05C13"/>
+    <s v="91. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="23217"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH05C01"/>
+    <s v="79. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="16940"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH05C02"/>
+    <s v="80. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="4932"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH05C03"/>
+    <s v="81. Gross domestic fixed capital formation"/>
+    <s v="€ml"/>
+    <n v="4640"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH05C04"/>
+    <s v="82. Value of physical changes in stocks"/>
+    <s v="€ml"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH05C05"/>
+    <s v="83. Exports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="13177"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH05C06"/>
+    <s v="84. Imports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="-12734"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH05C07"/>
+    <s v="85. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="-494"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH05C08"/>
+    <s v="86. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="26625"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH05C09"/>
+    <s v="87. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-2509"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH05C10"/>
+    <s v="88. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="24115"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH05C11"/>
+    <s v="89. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH05C12"/>
+    <s v="90. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-360"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH05C13"/>
+    <s v="91. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="24921"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH05C01"/>
+    <s v="79. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="17849"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH05C02"/>
+    <s v="80. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="5027"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH05C03"/>
+    <s v="81. Gross domestic fixed capital formation"/>
+    <s v="€ml"/>
+    <n v="4606"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH05C04"/>
+    <s v="82. Value of physical changes in stocks"/>
+    <s v="€ml"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH05C05"/>
+    <s v="83. Exports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="15053"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH05C06"/>
+    <s v="84. Imports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="-13707"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH05C07"/>
+    <s v="85. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="-426"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH05C08"/>
+    <s v="86. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="28451"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH05C09"/>
+    <s v="87. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-2583"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH05C10"/>
+    <s v="88. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="25868"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH05C11"/>
+    <s v="89. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH05C12"/>
+    <s v="90. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-417"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH05C13"/>
+    <s v="91. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="26465"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH05C01"/>
+    <s v="79. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="19063"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH05C02"/>
+    <s v="80. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="4979"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH05C03"/>
+    <s v="81. Gross domestic fixed capital formation"/>
+    <s v="€ml"/>
+    <n v="4813"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH05C04"/>
+    <s v="82. Value of physical changes in stocks"/>
+    <s v="€ml"/>
+    <n v="-47"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH05C05"/>
+    <s v="83. Exports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="17349"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH05C06"/>
+    <s v="84. Imports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="-15442"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH05C07"/>
+    <s v="85. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="-326"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH05C08"/>
+    <s v="86. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="30389"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH05C09"/>
+    <s v="87. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-3199"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH05C10"/>
+    <s v="88. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="27190"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH05C11"/>
+    <s v="89. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH05C12"/>
+    <s v="90. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-373"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH05C13"/>
+    <s v="91. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="27968"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH05C01"/>
+    <s v="79. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="20602"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH05C02"/>
+    <s v="80. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="5188"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH05C03"/>
+    <s v="81. Gross domestic fixed capital formation"/>
+    <s v="€ml"/>
+    <n v="5769"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH05C04"/>
+    <s v="82. Value of physical changes in stocks"/>
+    <s v="€ml"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH05C05"/>
+    <s v="83. Exports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="20562"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH05C06"/>
+    <s v="84. Imports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="-18661"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH05C07"/>
+    <s v="85. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="-122"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH05C08"/>
+    <s v="86. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="33706"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH05C09"/>
+    <s v="87. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-3843"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH05C10"/>
+    <s v="88. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="29863"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH05C11"/>
+    <s v="89. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH05C12"/>
+    <s v="90. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH05C13"/>
+    <s v="91. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="30728"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH05C01"/>
+    <s v="79. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="21880"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH05C02"/>
+    <s v="80. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="5754"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH05C03"/>
+    <s v="81. Gross domestic fixed capital formation"/>
+    <s v="€ml"/>
+    <n v="6761"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH05C04"/>
+    <s v="82. Value of physical changes in stocks"/>
+    <s v="€ml"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH05C05"/>
+    <s v="83. Exports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="20689"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH05C06"/>
+    <s v="84. Imports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="-19011"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH05C07"/>
+    <s v="85. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="-455"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH05C08"/>
+    <s v="86. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="36541"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH05C09"/>
+    <s v="87. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-4137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH05C10"/>
+    <s v="88. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="32404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH05C11"/>
+    <s v="89. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH05C12"/>
+    <s v="90. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-399"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH05C13"/>
+    <s v="91. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="33650"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH05C01"/>
+    <s v="79. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="22974"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH05C02"/>
+    <s v="80. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="6316"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH05C03"/>
+    <s v="81. Gross domestic fixed capital formation"/>
+    <s v="€ml"/>
+    <n v="6481"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH05C04"/>
+    <s v="82. Value of physical changes in stocks"/>
+    <s v="€ml"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH05C05"/>
+    <s v="83. Exports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="21812"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH05C06"/>
+    <s v="84. Imports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="-19936"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH05C07"/>
+    <s v="85. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="-412"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH05C08"/>
+    <s v="86. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="38018"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH05C09"/>
+    <s v="87. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-4082"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH05C10"/>
+    <s v="88. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="33936"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH05C11"/>
+    <s v="89. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1667"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH05C12"/>
+    <s v="90. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-442"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH05C13"/>
+    <s v="91. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="35161"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH05C01"/>
+    <s v="79. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="24353"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH05C02"/>
+    <s v="80. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="6859"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH05C03"/>
+    <s v="81. Gross domestic fixed capital formation"/>
+    <s v="€ml"/>
+    <n v="6674"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH05C04"/>
+    <s v="82. Value of physical changes in stocks"/>
+    <s v="€ml"/>
+    <n v="-115"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH05C05"/>
+    <s v="83. Exports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="24353"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH05C06"/>
+    <s v="84. Imports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="-21299"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH05C07"/>
+    <s v="85. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="-335"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH05C08"/>
+    <s v="86. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="40489"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH05C09"/>
+    <s v="87. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-4491"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH05C10"/>
+    <s v="88. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="35998"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH05C11"/>
+    <s v="89. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH05C12"/>
+    <s v="90. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-430"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH05C13"/>
+    <s v="91. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="36983"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH05C01"/>
+    <s v="79. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="25516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH05C02"/>
+    <s v="80. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="7320"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH05C03"/>
+    <s v="81. Gross domestic fixed capital formation"/>
+    <s v="€ml"/>
+    <n v="6728"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH05C04"/>
+    <s v="82. Value of physical changes in stocks"/>
+    <s v="€ml"/>
+    <n v="-154"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH05C05"/>
+    <s v="83. Exports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="28537"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH05C06"/>
+    <s v="84. Imports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="-23948"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH05C07"/>
+    <s v="85. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="-394"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH05C08"/>
+    <s v="86. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="43605"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH05C09"/>
+    <s v="87. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-4662"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH05C10"/>
+    <s v="88. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="38943"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH05C11"/>
+    <s v="89. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH05C12"/>
+    <s v="90. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-514"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH05C13"/>
+    <s v="91. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="39993"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH05C01"/>
+    <s v="79. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="27364"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH05C02"/>
+    <s v="80. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="7792"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH05C03"/>
+    <s v="81. Gross domestic fixed capital formation"/>
+    <s v="€ml"/>
+    <n v="7734"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH05C04"/>
+    <s v="82. Value of physical changes in stocks"/>
+    <s v="€ml"/>
+    <n v="-184"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH05C05"/>
+    <s v="83. Exports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="32916"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH05C06"/>
+    <s v="84. Imports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="-28316"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH05C07"/>
+    <s v="85. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="-441"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH05C08"/>
+    <s v="86. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="46864"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH05C09"/>
+    <s v="87. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-4718"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH05C10"/>
+    <s v="88. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="42146"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH05C11"/>
+    <s v="89. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH05C12"/>
+    <s v="90. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-545"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH05C13"/>
+    <s v="91. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="43175"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH05C01"/>
+    <s v="79. Personal consumption of goods and services"/>
+    <s v="€ml"/>
+    <n v="29433"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH05C02"/>
+    <s v="80. Net expenditure by central and local government on current goods and services"/>
+    <s v="€ml"/>
+    <n v="8266"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH05C03"/>
+    <s v="81. Gross domestic fixed capital formation"/>
+    <s v="€ml"/>
+    <n v="9179"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH05C04"/>
+    <s v="82. Value of physical changes in stocks"/>
+    <s v="€ml"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH05C05"/>
+    <s v="83. Exports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="40259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH05C06"/>
+    <s v="84. Imports of goods and services (excluding factor income flows)"/>
+    <s v="€ml"/>
+    <n v="-34270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH05C07"/>
+    <s v="85. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="-274"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH05C08"/>
+    <s v="86. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="53089"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH05C09"/>
+    <s v="87. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-5948"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH05C10"/>
+    <s v="88. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="47140"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH05C11"/>
+    <s v="89. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1583"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH05C12"/>
+    <s v="90. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-613"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH05C13"/>
+    <s v="91. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="48111"/>
+  </r>
+</pivotCacheRecords>
 </file>