--- v1 (2026-01-11)
+++ v2 (2026-02-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R021c0774642f4c81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0c09b259ae7341fab5cfe87f39b7f053.psmdcp" Id="R44e4ad99efb64de7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8bee887eb074884" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/acb4c4b802914d41baf3a305eab3195f.psmdcp" Id="R4396909e5feb4e39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>