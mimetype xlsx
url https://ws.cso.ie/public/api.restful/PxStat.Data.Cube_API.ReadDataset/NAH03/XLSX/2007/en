--- v0 (2025-10-03)
+++ v1 (2025-11-20)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2a72281ae354888" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1276ed2677af4e0fa11693c27322c1fb.psmdcp" Id="R88bb873a474149fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R715a7ba33c484d91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ed1bcfe58252403297334b40ceb9a14d.psmdcp" Id="Ra31e9d37dd0e4ef4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
@@ -94,63 +94,63 @@
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t xml:space="preserve"> an acronym for Financial Intermediation Services Indirectly Measured.  &lt;br&gt;Background Information(https://www.cso.ie/en/methods/nationalaccounts/nationalaccountshistoricalseries1970to1995/) on the Historical 1970-1995 series.</x:t>
     </x:r>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NAH03/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NAHS</x:t>
   </x:si>
   <x:si>
     <x:t>National Accounts Historical Series 1970 to 1995</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Gordon Cavanagh</x:t>
+    <x:t>Justin Flannery</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>nat_acc@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 1 498 4307</x:t>
+    <x:t>(+353) 1 498 4262</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>