--- v1 (2025-11-20)
+++ v2 (2026-03-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R715a7ba33c484d91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ed1bcfe58252403297334b40ceb9a14d.psmdcp" Id="Ra31e9d37dd0e4ef4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a3332efa6aa45a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7b7dad5aff5b4c248697a05fa9bb2655.psmdcp" Id="R84eced9949fe4da1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NAH03</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>T03 Gross Value Added at Factor Cost (excluding FISIM) by Sector of Origin and Gross National Income at Current Market Prices</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/3/2023 11:00:00 AM</x:t>
+    <x:t>03/11/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:b/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>FISIM:</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t xml:space="preserve"> an acronym for Financial Intermediation Services Indirectly Measured.  &lt;br&gt;Background Information(https://www.cso.ie/en/methods/nationalaccounts/nationalaccountshistoricalseries1970to1995/) on the Historical 1970-1995 series.</x:t>
@@ -561,491 +561,190 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...439 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Item" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H495" totalsRowShown="0">
   <x:autoFilter ref="A1:H495"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02196V02652"/>
     <x:tableColumn id="2" name="State"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Item"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1314,51 +1013,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NAH03/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1547,51 +1246,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H495"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="60.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -14449,51 +14148,51 @@
       <x:c r="E495" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F495" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H495" s="0">
         <x:v>48111</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14510,51 +14209,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H495" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="1">
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="State">
       <x:sharedItems count="1">
         <x:s v="State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="26">
         <x:s v="1970"/>
         <x:s v="1971"/>
         <x:s v="1972"/>
         <x:s v="1973"/>
         <x:s v="1974"/>
         <x:s v="1975"/>
         <x:s v="1976"/>
         <x:s v="1977"/>
         <x:s v="1978"/>
         <x:s v="1979"/>
         <x:s v="1980"/>
@@ -15114,27 +14813,4968 @@
         <x:n v="17988"/>
         <x:n v="7345"/>
         <x:n v="2323"/>
         <x:n v="18177"/>
         <x:n v="-2221"/>
         <x:n v="274"/>
         <x:n v="47471"/>
         <x:n v="645"/>
         <x:n v="-361"/>
         <x:n v="47755"/>
         <x:n v="7070"/>
         <x:n v="-1736"/>
         <x:n v="53089"/>
         <x:n v="-5948"/>
         <x:n v="47140"/>
         <x:n v="1583"/>
         <x:n v="-613"/>
         <x:n v="48111"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH03C01"/>
+    <s v="41. Agriculture, forestry and fishing GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH03C02"/>
+    <s v="42. Industry (including building) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH03C03"/>
+    <s v="43. Distribution, transport and communication GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH03C04"/>
+    <s v="44. Public administration and defence GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH03C05"/>
+    <s v="45. Other services (including rent) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH03C06"/>
+    <s v="46. Adjustment for financial services GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="-44"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH03C07"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH03C08"/>
+    <s v="48. Gross value added at factor cost - All Sectors"/>
+    <s v="€ml"/>
+    <n v="1932"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH03C09"/>
+    <s v="49. Non product taxes"/>
+    <s v="€ml"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH03C10"/>
+    <s v="50. Non product subsidies"/>
+    <s v="€ml"/>
+    <n v="-44"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH03C11"/>
+    <s v="51. Gross value added at basic prices"/>
+    <s v="€ml"/>
+    <n v="1964"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH03C12"/>
+    <s v="52. Product taxes"/>
+    <s v="€ml"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH03C13"/>
+    <s v="53. Product subsidies"/>
+    <s v="€ml"/>
+    <n v="-44"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH03C14"/>
+    <s v="54. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="2243"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH03C15"/>
+    <s v="55. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH03C16"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH03C17"/>
+    <s v="57. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH03C18"/>
+    <s v="58. EU taxes"/>
+    <s v="€ml"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="NAH03C19"/>
+    <s v="59. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH03C01"/>
+    <s v="41. Agriculture, forestry and fishing GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH03C02"/>
+    <s v="42. Industry (including building) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH03C03"/>
+    <s v="43. Distribution, transport and communication GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH03C04"/>
+    <s v="44. Public administration and defence GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH03C05"/>
+    <s v="45. Other services (including rent) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH03C06"/>
+    <s v="46. Adjustment for financial services GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="-46"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH03C07"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH03C08"/>
+    <s v="48. Gross value added at factor cost - All Sectors"/>
+    <s v="€ml"/>
+    <n v="2204"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH03C09"/>
+    <s v="49. Non product taxes"/>
+    <s v="€ml"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH03C10"/>
+    <s v="50. Non product subsidies"/>
+    <s v="€ml"/>
+    <n v="-47"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH03C11"/>
+    <s v="51. Gross value added at basic prices"/>
+    <s v="€ml"/>
+    <n v="2248"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH03C12"/>
+    <s v="52. Product taxes"/>
+    <s v="€ml"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH03C13"/>
+    <s v="53. Product subsidies"/>
+    <s v="€ml"/>
+    <n v="-47"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH03C14"/>
+    <s v="54. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="2564"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH03C15"/>
+    <s v="55. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH03C16"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="2594"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH03C17"/>
+    <s v="57. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH03C18"/>
+    <s v="58. EU taxes"/>
+    <s v="€ml"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="NAH03C19"/>
+    <s v="59. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="2594"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH03C01"/>
+    <s v="41. Agriculture, forestry and fishing GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH03C02"/>
+    <s v="42. Industry (including building) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH03C03"/>
+    <s v="43. Distribution, transport and communication GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH03C04"/>
+    <s v="44. Public administration and defence GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH03C05"/>
+    <s v="45. Other services (including rent) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH03C06"/>
+    <s v="46. Adjustment for financial services GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="-56"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH03C07"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH03C08"/>
+    <s v="48. Gross value added at factor cost - All Sectors"/>
+    <s v="€ml"/>
+    <n v="2692"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH03C09"/>
+    <s v="49. Non product taxes"/>
+    <s v="€ml"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH03C10"/>
+    <s v="50. Non product subsidies"/>
+    <s v="€ml"/>
+    <n v="-52"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH03C11"/>
+    <s v="51. Gross value added at basic prices"/>
+    <s v="€ml"/>
+    <n v="2746"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH03C12"/>
+    <s v="52. Product taxes"/>
+    <s v="€ml"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH03C13"/>
+    <s v="53. Product subsidies"/>
+    <s v="€ml"/>
+    <n v="-52"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH03C14"/>
+    <s v="54. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="3116"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH03C15"/>
+    <s v="55. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH03C16"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="3150"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH03C17"/>
+    <s v="57. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH03C18"/>
+    <s v="58. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="NAH03C19"/>
+    <s v="59. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="3148"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH03C01"/>
+    <s v="41. Agriculture, forestry and fishing GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH03C02"/>
+    <s v="42. Industry (including building) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH03C03"/>
+    <s v="43. Distribution, transport and communication GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH03C04"/>
+    <s v="44. Public administration and defence GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH03C05"/>
+    <s v="45. Other services (including rent) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH03C06"/>
+    <s v="46. Adjustment for financial services GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="-64"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH03C07"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH03C08"/>
+    <s v="48. Gross value added at factor cost - All Sectors"/>
+    <s v="€ml"/>
+    <n v="3269"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH03C09"/>
+    <s v="49. Non product taxes"/>
+    <s v="€ml"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH03C10"/>
+    <s v="50. Non product subsidies"/>
+    <s v="€ml"/>
+    <n v="-44"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH03C11"/>
+    <s v="51. Gross value added at basic prices"/>
+    <s v="€ml"/>
+    <n v="3336"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH03C12"/>
+    <s v="52. Product taxes"/>
+    <s v="€ml"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH03C13"/>
+    <s v="53. Product subsidies"/>
+    <s v="€ml"/>
+    <n v="-89"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH03C14"/>
+    <s v="54. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="3763"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH03C15"/>
+    <s v="55. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH03C16"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="3772"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH03C17"/>
+    <s v="57. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH03C18"/>
+    <s v="58. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="NAH03C19"/>
+    <s v="59. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="3811"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH03C01"/>
+    <s v="41. Agriculture, forestry and fishing GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH03C02"/>
+    <s v="42. Industry (including building) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH03C03"/>
+    <s v="43. Distribution, transport and communication GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH03C04"/>
+    <s v="44. Public administration and defence GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH03C05"/>
+    <s v="45. Other services (including rent) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH03C06"/>
+    <s v="46. Adjustment for financial services GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="-87"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH03C07"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH03C08"/>
+    <s v="48. Gross value added at factor cost - All Sectors"/>
+    <s v="€ml"/>
+    <n v="3688"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH03C09"/>
+    <s v="49. Non product taxes"/>
+    <s v="€ml"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH03C10"/>
+    <s v="50. Non product subsidies"/>
+    <s v="€ml"/>
+    <n v="-51"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH03C11"/>
+    <s v="51. Gross value added at basic prices"/>
+    <s v="€ml"/>
+    <n v="3757"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH03C12"/>
+    <s v="52. Product taxes"/>
+    <s v="€ml"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH03C13"/>
+    <s v="53. Product subsidies"/>
+    <s v="€ml"/>
+    <n v="-131"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH03C14"/>
+    <s v="54. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="4181"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH03C15"/>
+    <s v="55. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH03C16"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="4196"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH03C17"/>
+    <s v="57. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH03C18"/>
+    <s v="58. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="NAH03C19"/>
+    <s v="59. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="4270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH03C01"/>
+    <s v="41. Agriculture, forestry and fishing GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH03C02"/>
+    <s v="42. Industry (including building) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH03C03"/>
+    <s v="43. Distribution, transport and communication GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH03C04"/>
+    <s v="44. Public administration and defence GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH03C05"/>
+    <s v="45. Other services (including rent) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH03C06"/>
+    <s v="46. Adjustment for financial services GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="-130"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH03C07"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH03C08"/>
+    <s v="48. Gross value added at factor cost - All Sectors"/>
+    <s v="€ml"/>
+    <n v="4734"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH03C09"/>
+    <s v="49. Non product taxes"/>
+    <s v="€ml"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH03C10"/>
+    <s v="50. Non product subsidies"/>
+    <s v="€ml"/>
+    <n v="-75"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH03C11"/>
+    <s v="51. Gross value added at basic prices"/>
+    <s v="€ml"/>
+    <n v="4790"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH03C12"/>
+    <s v="52. Product taxes"/>
+    <s v="€ml"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH03C13"/>
+    <s v="53. Product subsidies"/>
+    <s v="€ml"/>
+    <n v="-220"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH03C14"/>
+    <s v="54. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="5257"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH03C15"/>
+    <s v="55. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH03C16"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="5254"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH03C17"/>
+    <s v="57. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH03C18"/>
+    <s v="58. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-35"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="NAH03C19"/>
+    <s v="59. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="5370"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH03C01"/>
+    <s v="41. Agriculture, forestry and fishing GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH03C02"/>
+    <s v="42. Industry (including building) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH03C03"/>
+    <s v="43. Distribution, transport and communication GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH03C04"/>
+    <s v="44. Public administration and defence GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH03C05"/>
+    <s v="45. Other services (including rent) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH03C06"/>
+    <s v="46. Adjustment for financial services GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="-171"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH03C07"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH03C08"/>
+    <s v="48. Gross value added at factor cost - All Sectors"/>
+    <s v="€ml"/>
+    <n v="5690"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH03C09"/>
+    <s v="49. Non product taxes"/>
+    <s v="€ml"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH03C10"/>
+    <s v="50. Non product subsidies"/>
+    <s v="€ml"/>
+    <n v="-92"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH03C11"/>
+    <s v="51. Gross value added at basic prices"/>
+    <s v="€ml"/>
+    <n v="5769"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH03C12"/>
+    <s v="52. Product taxes"/>
+    <s v="€ml"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH03C13"/>
+    <s v="53. Product subsidies"/>
+    <s v="€ml"/>
+    <n v="-252"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH03C14"/>
+    <s v="54. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="6476"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH03C15"/>
+    <s v="55. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-50"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH03C16"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="6426"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH03C17"/>
+    <s v="57. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH03C18"/>
+    <s v="58. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-69"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="NAH03C19"/>
+    <s v="59. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="6523"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH03C01"/>
+    <s v="41. Agriculture, forestry and fishing GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH03C02"/>
+    <s v="42. Industry (including building) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="2344"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH03C03"/>
+    <s v="43. Distribution, transport and communication GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH03C04"/>
+    <s v="44. Public administration and defence GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH03C05"/>
+    <s v="45. Other services (including rent) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="1970"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH03C06"/>
+    <s v="46. Adjustment for financial services GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="-245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH03C07"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH03C08"/>
+    <s v="48. Gross value added at factor cost - All Sectors"/>
+    <s v="€ml"/>
+    <n v="7169"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH03C09"/>
+    <s v="49. Non product taxes"/>
+    <s v="€ml"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH03C10"/>
+    <s v="50. Non product subsidies"/>
+    <s v="€ml"/>
+    <n v="-107"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH03C11"/>
+    <s v="51. Gross value added at basic prices"/>
+    <s v="€ml"/>
+    <n v="7236"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH03C12"/>
+    <s v="52. Product taxes"/>
+    <s v="€ml"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH03C13"/>
+    <s v="53. Product subsidies"/>
+    <s v="€ml"/>
+    <n v="-467"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH03C14"/>
+    <s v="54. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="7883"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH03C15"/>
+    <s v="55. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH03C16"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="7746"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH03C17"/>
+    <s v="57. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH03C18"/>
+    <s v="58. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-95"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="NAH03C19"/>
+    <s v="59. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="8027"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH03C01"/>
+    <s v="41. Agriculture, forestry and fishing GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH03C02"/>
+    <s v="42. Industry (including building) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="2912"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH03C03"/>
+    <s v="43. Distribution, transport and communication GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="1615"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH03C04"/>
+    <s v="44. Public administration and defence GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH03C05"/>
+    <s v="45. Other services (including rent) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="2408"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH03C06"/>
+    <s v="46. Adjustment for financial services GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="-312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH03C07"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH03C08"/>
+    <s v="48. Gross value added at factor cost - All Sectors"/>
+    <s v="€ml"/>
+    <n v="8651"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH03C09"/>
+    <s v="49. Non product taxes"/>
+    <s v="€ml"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH03C10"/>
+    <s v="50. Non product subsidies"/>
+    <s v="€ml"/>
+    <n v="-135"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH03C11"/>
+    <s v="51. Gross value added at basic prices"/>
+    <s v="€ml"/>
+    <n v="8649"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH03C12"/>
+    <s v="52. Product taxes"/>
+    <s v="€ml"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH03C13"/>
+    <s v="53. Product subsidies"/>
+    <s v="€ml"/>
+    <n v="-615"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH03C14"/>
+    <s v="54. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="9316"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH03C15"/>
+    <s v="55. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-291"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH03C16"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="9025"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH03C17"/>
+    <s v="57. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH03C18"/>
+    <s v="58. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-81"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="NAH03C19"/>
+    <s v="59. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="9444"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH03C01"/>
+    <s v="41. Agriculture, forestry and fishing GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH03C02"/>
+    <s v="42. Industry (including building) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="3502"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH03C03"/>
+    <s v="43. Distribution, transport and communication GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="1932"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH03C04"/>
+    <s v="44. Public administration and defence GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH03C05"/>
+    <s v="45. Other services (including rent) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="2983"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH03C06"/>
+    <s v="46. Adjustment for financial services GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="-341"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH03C07"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH03C08"/>
+    <s v="48. Gross value added at factor cost - All Sectors"/>
+    <s v="€ml"/>
+    <n v="10300"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH03C09"/>
+    <s v="49. Non product taxes"/>
+    <s v="€ml"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH03C10"/>
+    <s v="50. Non product subsidies"/>
+    <s v="€ml"/>
+    <n v="-163"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH03C11"/>
+    <s v="51. Gross value added at basic prices"/>
+    <s v="€ml"/>
+    <n v="10286"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH03C12"/>
+    <s v="52. Product taxes"/>
+    <s v="€ml"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH03C13"/>
+    <s v="53. Product subsidies"/>
+    <s v="€ml"/>
+    <n v="-657"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH03C14"/>
+    <s v="54. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="11036"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH03C15"/>
+    <s v="55. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-354"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH03C16"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="10682"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH03C17"/>
+    <s v="57. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH03C18"/>
+    <s v="58. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-67"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="NAH03C19"/>
+    <s v="59. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="11129"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH03C01"/>
+    <s v="41. Agriculture, forestry and fishing GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="1258"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH03C02"/>
+    <s v="42. Industry (including building) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="4100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH03C03"/>
+    <s v="43. Distribution, transport and communication GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="2128"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH03C04"/>
+    <s v="44. Public administration and defence GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH03C05"/>
+    <s v="45. Other services (including rent) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="3818"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH03C06"/>
+    <s v="46. Adjustment for financial services GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="-493"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH03C07"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH03C08"/>
+    <s v="48. Gross value added at factor cost - All Sectors"/>
+    <s v="€ml"/>
+    <n v="11959"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH03C09"/>
+    <s v="49. Non product taxes"/>
+    <s v="€ml"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH03C10"/>
+    <s v="50. Non product subsidies"/>
+    <s v="€ml"/>
+    <n v="-190"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH03C11"/>
+    <s v="51. Gross value added at basic prices"/>
+    <s v="€ml"/>
+    <n v="11955"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH03C12"/>
+    <s v="52. Product taxes"/>
+    <s v="€ml"/>
+    <n v="1801"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH03C13"/>
+    <s v="53. Product subsidies"/>
+    <s v="€ml"/>
+    <n v="-659"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH03C14"/>
+    <s v="54. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="13097"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH03C15"/>
+    <s v="55. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-433"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH03C16"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="12664"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH03C17"/>
+    <s v="57. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH03C18"/>
+    <s v="58. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-126"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="NAH03C19"/>
+    <s v="59. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="13026"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH03C01"/>
+    <s v="41. Agriculture, forestry and fishing GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH03C02"/>
+    <s v="42. Industry (including building) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="4736"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH03C03"/>
+    <s v="43. Distribution, transport and communication GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="2636"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH03C04"/>
+    <s v="44. Public administration and defence GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH03C05"/>
+    <s v="45. Other services (including rent) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="4616"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH03C06"/>
+    <s v="46. Adjustment for financial services GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="-585"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH03C07"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH03C08"/>
+    <s v="48. Gross value added at factor cost - All Sectors"/>
+    <s v="€ml"/>
+    <n v="14235"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH03C09"/>
+    <s v="49. Non product taxes"/>
+    <s v="€ml"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH03C10"/>
+    <s v="50. Non product subsidies"/>
+    <s v="€ml"/>
+    <n v="-231"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH03C11"/>
+    <s v="51. Gross value added at basic prices"/>
+    <s v="€ml"/>
+    <n v="14192"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH03C12"/>
+    <s v="52. Product taxes"/>
+    <s v="€ml"/>
+    <n v="2316"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH03C13"/>
+    <s v="53. Product subsidies"/>
+    <s v="€ml"/>
+    <n v="-616"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH03C14"/>
+    <s v="54. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="15892"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH03C15"/>
+    <s v="55. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-619"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH03C16"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="15273"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH03C17"/>
+    <s v="57. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH03C18"/>
+    <s v="58. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-163"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="NAH03C19"/>
+    <s v="59. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="15511"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH03C01"/>
+    <s v="41. Agriculture, forestry and fishing GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="1760"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH03C02"/>
+    <s v="42. Industry (including building) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="5639"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH03C03"/>
+    <s v="43. Distribution, transport and communication GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="3003"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH03C04"/>
+    <s v="44. Public administration and defence GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH03C05"/>
+    <s v="45. Other services (including rent) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="5336"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH03C06"/>
+    <s v="46. Adjustment for financial services GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="-705"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH03C07"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH03C08"/>
+    <s v="48. Gross value added at factor cost - All Sectors"/>
+    <s v="€ml"/>
+    <n v="16742"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH03C09"/>
+    <s v="49. Non product taxes"/>
+    <s v="€ml"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH03C10"/>
+    <s v="50. Non product subsidies"/>
+    <s v="€ml"/>
+    <n v="-259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH03C11"/>
+    <s v="51. Gross value added at basic prices"/>
+    <s v="€ml"/>
+    <n v="16697"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH03C12"/>
+    <s v="52. Product taxes"/>
+    <s v="€ml"/>
+    <n v="2847"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH03C13"/>
+    <s v="53. Product subsidies"/>
+    <s v="€ml"/>
+    <n v="-692"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH03C14"/>
+    <s v="54. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="18853"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH03C15"/>
+    <s v="55. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-1174"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH03C16"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="17679"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH03C17"/>
+    <s v="57. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH03C18"/>
+    <s v="58. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="NAH03C19"/>
+    <s v="59. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="17925"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH03C01"/>
+    <s v="41. Agriculture, forestry and fishing GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="1995"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH03C02"/>
+    <s v="42. Industry (including building) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="6256"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH03C03"/>
+    <s v="43. Distribution, transport and communication GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="3186"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH03C04"/>
+    <s v="44. Public administration and defence GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH03C05"/>
+    <s v="45. Other services (including rent) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="6087"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH03C06"/>
+    <s v="46. Adjustment for financial services GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="-858"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH03C07"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH03C08"/>
+    <s v="48. Gross value added at factor cost - All Sectors"/>
+    <s v="€ml"/>
+    <n v="18373"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH03C09"/>
+    <s v="49. Non product taxes"/>
+    <s v="€ml"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH03C10"/>
+    <s v="50. Non product subsidies"/>
+    <s v="€ml"/>
+    <n v="-279"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH03C11"/>
+    <s v="51. Gross value added at basic prices"/>
+    <s v="€ml"/>
+    <n v="18357"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH03C12"/>
+    <s v="52. Product taxes"/>
+    <s v="€ml"/>
+    <n v="3266"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH03C13"/>
+    <s v="53. Product subsidies"/>
+    <s v="€ml"/>
+    <n v="-844"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH03C14"/>
+    <s v="54. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="20780"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH03C15"/>
+    <s v="55. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-1493"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH03C16"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="19287"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH03C17"/>
+    <s v="57. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH03C18"/>
+    <s v="58. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-271"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="NAH03C19"/>
+    <s v="59. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="19604"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH03C01"/>
+    <s v="41. Agriculture, forestry and fishing GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="2294"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH03C02"/>
+    <s v="42. Industry (including building) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="7011"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH03C03"/>
+    <s v="43. Distribution, transport and communication GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="3413"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH03C04"/>
+    <s v="44. Public administration and defence GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH03C05"/>
+    <s v="45. Other services (including rent) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="6842"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH03C06"/>
+    <s v="46. Adjustment for financial services GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="-933"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH03C07"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH03C08"/>
+    <s v="48. Gross value added at factor cost - All Sectors"/>
+    <s v="€ml"/>
+    <n v="20461"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH03C09"/>
+    <s v="49. Non product taxes"/>
+    <s v="€ml"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH03C10"/>
+    <s v="50. Non product subsidies"/>
+    <s v="€ml"/>
+    <n v="-280"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH03C11"/>
+    <s v="51. Gross value added at basic prices"/>
+    <s v="€ml"/>
+    <n v="20496"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH03C12"/>
+    <s v="52. Product taxes"/>
+    <s v="€ml"/>
+    <n v="3622"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH03C13"/>
+    <s v="53. Product subsidies"/>
+    <s v="€ml"/>
+    <n v="-1105"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH03C14"/>
+    <s v="54. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="23013"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH03C15"/>
+    <s v="55. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-2107"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH03C16"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="20906"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH03C17"/>
+    <s v="57. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH03C18"/>
+    <s v="58. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-303"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="NAH03C19"/>
+    <s v="59. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="21462"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH03C01"/>
+    <s v="41. Agriculture, forestry and fishing GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="2166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH03C02"/>
+    <s v="42. Industry (including building) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="8035"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH03C03"/>
+    <s v="43. Distribution, transport and communication GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="3946"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH03C04"/>
+    <s v="44. Public administration and defence GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH03C05"/>
+    <s v="45. Other services (including rent) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="7535"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH03C06"/>
+    <s v="46. Adjustment for financial services GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="-1038"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH03C07"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH03C08"/>
+    <s v="48. Gross value added at factor cost - All Sectors"/>
+    <s v="€ml"/>
+    <n v="22483"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH03C09"/>
+    <s v="49. Non product taxes"/>
+    <s v="€ml"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH03C10"/>
+    <s v="50. Non product subsidies"/>
+    <s v="€ml"/>
+    <n v="-282"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH03C11"/>
+    <s v="51. Gross value added at basic prices"/>
+    <s v="€ml"/>
+    <n v="22560"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH03C12"/>
+    <s v="52. Product taxes"/>
+    <s v="€ml"/>
+    <n v="3774"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH03C13"/>
+    <s v="53. Product subsidies"/>
+    <s v="€ml"/>
+    <n v="-1335"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH03C14"/>
+    <s v="54. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="24998"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH03C15"/>
+    <s v="55. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-2577"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH03C16"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="22421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH03C17"/>
+    <s v="57. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH03C18"/>
+    <s v="58. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-301"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="NAH03C19"/>
+    <s v="59. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="23217"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH03C01"/>
+    <s v="41. Agriculture, forestry and fishing GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="2089"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH03C02"/>
+    <s v="42. Industry (including building) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="8288"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH03C03"/>
+    <s v="43. Distribution, transport and communication GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="4249"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH03C04"/>
+    <s v="44. Public administration and defence GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH03C05"/>
+    <s v="45. Other services (including rent) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="8319"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH03C06"/>
+    <s v="46. Adjustment for financial services GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="-1020"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH03C07"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH03C08"/>
+    <s v="48. Gross value added at factor cost - All Sectors"/>
+    <s v="€ml"/>
+    <n v="23884"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH03C09"/>
+    <s v="49. Non product taxes"/>
+    <s v="€ml"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH03C10"/>
+    <s v="50. Non product subsidies"/>
+    <s v="€ml"/>
+    <n v="-268"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH03C11"/>
+    <s v="51. Gross value added at basic prices"/>
+    <s v="€ml"/>
+    <n v="23982"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH03C12"/>
+    <s v="52. Product taxes"/>
+    <s v="€ml"/>
+    <n v="4029"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH03C13"/>
+    <s v="53. Product subsidies"/>
+    <s v="€ml"/>
+    <n v="-1387"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH03C14"/>
+    <s v="54. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="26625"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH03C15"/>
+    <s v="55. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-2509"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH03C16"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="24115"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH03C17"/>
+    <s v="57. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH03C18"/>
+    <s v="58. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-360"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="NAH03C19"/>
+    <s v="59. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="24921"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH03C01"/>
+    <s v="41. Agriculture, forestry and fishing GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="2424"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH03C02"/>
+    <s v="42. Industry (including building) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="8736"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH03C03"/>
+    <s v="43. Distribution, transport and communication GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="4616"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH03C04"/>
+    <s v="44. Public administration and defence GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH03C05"/>
+    <s v="45. Other services (including rent) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="8879"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH03C06"/>
+    <s v="46. Adjustment for financial services GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="-1042"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH03C07"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH03C08"/>
+    <s v="48. Gross value added at factor cost - All Sectors"/>
+    <s v="€ml"/>
+    <n v="25553"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH03C09"/>
+    <s v="49. Non product taxes"/>
+    <s v="€ml"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH03C10"/>
+    <s v="50. Non product subsidies"/>
+    <s v="€ml"/>
+    <n v="-386"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH03C11"/>
+    <s v="51. Gross value added at basic prices"/>
+    <s v="€ml"/>
+    <n v="25609"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH03C12"/>
+    <s v="52. Product taxes"/>
+    <s v="€ml"/>
+    <n v="4202"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH03C13"/>
+    <s v="53. Product subsidies"/>
+    <s v="€ml"/>
+    <n v="-1360"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH03C14"/>
+    <s v="54. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="28451"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH03C15"/>
+    <s v="55. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-2583"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH03C16"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="25868"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH03C17"/>
+    <s v="57. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH03C18"/>
+    <s v="58. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-417"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="NAH03C19"/>
+    <s v="59. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="26465"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH03C01"/>
+    <s v="41. Agriculture, forestry and fishing GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="2810"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH03C02"/>
+    <s v="42. Industry (including building) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="9475"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH03C03"/>
+    <s v="43. Distribution, transport and communication GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="5049"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH03C04"/>
+    <s v="44. Public administration and defence GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="1533"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH03C05"/>
+    <s v="45. Other services (including rent) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="9488"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH03C06"/>
+    <s v="46. Adjustment for financial services GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="-1225"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH03C07"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH03C08"/>
+    <s v="48. Gross value added at factor cost - All Sectors"/>
+    <s v="€ml"/>
+    <n v="27457"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH03C09"/>
+    <s v="49. Non product taxes"/>
+    <s v="€ml"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH03C10"/>
+    <s v="50. Non product subsidies"/>
+    <s v="€ml"/>
+    <n v="-474"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH03C11"/>
+    <s v="51. Gross value added at basic prices"/>
+    <s v="€ml"/>
+    <n v="27377"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH03C12"/>
+    <s v="52. Product taxes"/>
+    <s v="€ml"/>
+    <n v="4591"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH03C13"/>
+    <s v="53. Product subsidies"/>
+    <s v="€ml"/>
+    <n v="-1579"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH03C14"/>
+    <s v="54. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="30389"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH03C15"/>
+    <s v="55. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-3199"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH03C16"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="27190"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH03C17"/>
+    <s v="57. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH03C18"/>
+    <s v="58. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-373"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="NAH03C19"/>
+    <s v="59. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="27968"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH03C01"/>
+    <s v="41. Agriculture, forestry and fishing GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="2968"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH03C02"/>
+    <s v="42. Industry (including building) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="10482"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH03C03"/>
+    <s v="43. Distribution, transport and communication GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="5235"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH03C04"/>
+    <s v="44. Public administration and defence GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="1605"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH03C05"/>
+    <s v="45. Other services (including rent) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="10536"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH03C06"/>
+    <s v="46. Adjustment for financial services GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="-1239"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH03C07"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH03C08"/>
+    <s v="48. Gross value added at factor cost - All Sectors"/>
+    <s v="€ml"/>
+    <n v="29709"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH03C09"/>
+    <s v="49. Non product taxes"/>
+    <s v="€ml"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH03C10"/>
+    <s v="50. Non product subsidies"/>
+    <s v="€ml"/>
+    <n v="-135"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH03C11"/>
+    <s v="51. Gross value added at basic prices"/>
+    <s v="€ml"/>
+    <n v="30020"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH03C12"/>
+    <s v="52. Product taxes"/>
+    <s v="€ml"/>
+    <n v="5055"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH03C13"/>
+    <s v="53. Product subsidies"/>
+    <s v="€ml"/>
+    <n v="-1369"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH03C14"/>
+    <s v="54. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="33706"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH03C15"/>
+    <s v="55. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-3843"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH03C16"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="29863"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH03C17"/>
+    <s v="57. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH03C18"/>
+    <s v="58. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="NAH03C19"/>
+    <s v="59. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="30728"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH03C01"/>
+    <s v="41. Agriculture, forestry and fishing GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="2992"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH03C02"/>
+    <s v="42. Industry (including building) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="11396"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH03C03"/>
+    <s v="43. Distribution, transport and communication GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="6164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH03C04"/>
+    <s v="44. Public administration and defence GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="1785"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH03C05"/>
+    <s v="45. Other services (including rent) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="11457"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH03C06"/>
+    <s v="46. Adjustment for financial services GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="-1261"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH03C07"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH03C08"/>
+    <s v="48. Gross value added at factor cost - All Sectors"/>
+    <s v="€ml"/>
+    <n v="32987"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH03C09"/>
+    <s v="49. Non product taxes"/>
+    <s v="€ml"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH03C10"/>
+    <s v="50. Non product subsidies"/>
+    <s v="€ml"/>
+    <n v="-255"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH03C11"/>
+    <s v="51. Gross value added at basic prices"/>
+    <s v="€ml"/>
+    <n v="33202"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH03C12"/>
+    <s v="52. Product taxes"/>
+    <s v="€ml"/>
+    <n v="5140"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH03C13"/>
+    <s v="53. Product subsidies"/>
+    <s v="€ml"/>
+    <n v="-1801"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH03C14"/>
+    <s v="54. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="36541"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH03C15"/>
+    <s v="55. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-4137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH03C16"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="32404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH03C17"/>
+    <s v="57. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH03C18"/>
+    <s v="58. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-399"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="NAH03C19"/>
+    <s v="59. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="33650"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH03C01"/>
+    <s v="41. Agriculture, forestry and fishing GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="2845"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH03C02"/>
+    <s v="42. Industry (including building) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="11831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH03C03"/>
+    <s v="43. Distribution, transport and communication GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="6316"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH03C04"/>
+    <s v="44. Public administration and defence GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="1917"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH03C05"/>
+    <s v="45. Other services (including rent) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="12482"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH03C06"/>
+    <s v="46. Adjustment for financial services GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="-1390"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH03C07"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH03C08"/>
+    <s v="48. Gross value added at factor cost - All Sectors"/>
+    <s v="€ml"/>
+    <n v="34413"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH03C09"/>
+    <s v="49. Non product taxes"/>
+    <s v="€ml"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH03C10"/>
+    <s v="50. Non product subsidies"/>
+    <s v="€ml"/>
+    <n v="-226"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH03C11"/>
+    <s v="51. Gross value added at basic prices"/>
+    <s v="€ml"/>
+    <n v="34691"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH03C12"/>
+    <s v="52. Product taxes"/>
+    <s v="€ml"/>
+    <n v="5195"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH03C13"/>
+    <s v="53. Product subsidies"/>
+    <s v="€ml"/>
+    <n v="-1868"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH03C14"/>
+    <s v="54. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="38018"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH03C15"/>
+    <s v="55. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-4082"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH03C16"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="33936"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH03C17"/>
+    <s v="57. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1667"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH03C18"/>
+    <s v="58. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-442"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="NAH03C19"/>
+    <s v="59. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="35161"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH03C01"/>
+    <s v="41. Agriculture, forestry and fishing GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="3236"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH03C02"/>
+    <s v="42. Industry (including building) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="12746"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH03C03"/>
+    <s v="43. Distribution, transport and communication GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="5730"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH03C04"/>
+    <s v="44. Public administration and defence GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="2036"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH03C05"/>
+    <s v="45. Other services (including rent) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="13705"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH03C06"/>
+    <s v="46. Adjustment for financial services GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="-1442"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH03C07"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH03C08"/>
+    <s v="48. Gross value added at factor cost - All Sectors"/>
+    <s v="€ml"/>
+    <n v="36345"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH03C09"/>
+    <s v="49. Non product taxes"/>
+    <s v="€ml"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH03C10"/>
+    <s v="50. Non product subsidies"/>
+    <s v="€ml"/>
+    <n v="-255"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH03C11"/>
+    <s v="51. Gross value added at basic prices"/>
+    <s v="€ml"/>
+    <n v="36634"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH03C12"/>
+    <s v="52. Product taxes"/>
+    <s v="€ml"/>
+    <n v="5483"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH03C13"/>
+    <s v="53. Product subsidies"/>
+    <s v="€ml"/>
+    <n v="-1628"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH03C14"/>
+    <s v="54. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="40489"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH03C15"/>
+    <s v="55. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-4491"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH03C16"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="35998"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH03C17"/>
+    <s v="57. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH03C18"/>
+    <s v="58. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-430"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="NAH03C19"/>
+    <s v="59. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="36983"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH03C01"/>
+    <s v="41. Agriculture, forestry and fishing GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="3332"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH03C02"/>
+    <s v="42. Industry (including building) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="13534"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH03C03"/>
+    <s v="43. Distribution, transport and communication GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="6600"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH03C04"/>
+    <s v="44. Public administration and defence GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="2186"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH03C05"/>
+    <s v="45. Other services (including rent) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="15323"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH03C06"/>
+    <s v="46. Adjustment for financial services GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="-1802"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH03C07"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH03C08"/>
+    <s v="48. Gross value added at factor cost - All Sectors"/>
+    <s v="€ml"/>
+    <n v="39566"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH03C09"/>
+    <s v="49. Non product taxes"/>
+    <s v="€ml"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH03C10"/>
+    <s v="50. Non product subsidies"/>
+    <s v="€ml"/>
+    <n v="-313"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH03C11"/>
+    <s v="51. Gross value added at basic prices"/>
+    <s v="€ml"/>
+    <n v="39837"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH03C12"/>
+    <s v="52. Product taxes"/>
+    <s v="€ml"/>
+    <n v="5597"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH03C13"/>
+    <s v="53. Product subsidies"/>
+    <s v="€ml"/>
+    <n v="-1830"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH03C14"/>
+    <s v="54. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="43605"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH03C15"/>
+    <s v="55. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-4662"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH03C16"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="38943"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH03C17"/>
+    <s v="57. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH03C18"/>
+    <s v="58. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-514"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="NAH03C19"/>
+    <s v="59. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="39993"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH03C01"/>
+    <s v="41. Agriculture, forestry and fishing GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="3417"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH03C02"/>
+    <s v="42. Industry (including building) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="14950"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH03C03"/>
+    <s v="43. Distribution, transport and communication GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="6549"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH03C04"/>
+    <s v="44. Public administration and defence GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="2248"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH03C05"/>
+    <s v="45. Other services (including rent) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="16190"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH03C06"/>
+    <s v="46. Adjustment for financial services GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="-1895"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH03C07"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH03C08"/>
+    <s v="48. Gross value added at factor cost - All Sectors"/>
+    <s v="€ml"/>
+    <n v="41900"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH03C09"/>
+    <s v="49. Non product taxes"/>
+    <s v="€ml"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH03C10"/>
+    <s v="50. Non product subsidies"/>
+    <s v="€ml"/>
+    <n v="-260"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH03C11"/>
+    <s v="51. Gross value added at basic prices"/>
+    <s v="€ml"/>
+    <n v="42262"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH03C12"/>
+    <s v="52. Product taxes"/>
+    <s v="€ml"/>
+    <n v="6419"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH03C13"/>
+    <s v="53. Product subsidies"/>
+    <s v="€ml"/>
+    <n v="-1817"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH03C14"/>
+    <s v="54. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="46864"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH03C15"/>
+    <s v="55. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-4718"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH03C16"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="42146"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH03C17"/>
+    <s v="57. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH03C18"/>
+    <s v="58. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-545"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="NAH03C19"/>
+    <s v="59. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="43175"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH03C01"/>
+    <s v="41. Agriculture, forestry and fishing GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="3585"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH03C02"/>
+    <s v="42. Industry (including building) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="17988"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH03C03"/>
+    <s v="43. Distribution, transport and communication GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="7345"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH03C04"/>
+    <s v="44. Public administration and defence GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="2323"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH03C05"/>
+    <s v="45. Other services (including rent) GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="18177"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH03C06"/>
+    <s v="46. Adjustment for financial services GVA at Factor Cost"/>
+    <s v="€ml"/>
+    <n v="-2221"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH03C07"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="€ml"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH03C08"/>
+    <s v="48. Gross value added at factor cost - All Sectors"/>
+    <s v="€ml"/>
+    <n v="47471"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH03C09"/>
+    <s v="49. Non product taxes"/>
+    <s v="€ml"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH03C10"/>
+    <s v="50. Non product subsidies"/>
+    <s v="€ml"/>
+    <n v="-361"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH03C11"/>
+    <s v="51. Gross value added at basic prices"/>
+    <s v="€ml"/>
+    <n v="47755"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH03C12"/>
+    <s v="52. Product taxes"/>
+    <s v="€ml"/>
+    <n v="7070"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH03C13"/>
+    <s v="53. Product subsidies"/>
+    <s v="€ml"/>
+    <n v="-1736"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH03C14"/>
+    <s v="54. Gross domestic product at current market prices"/>
+    <s v="€ml"/>
+    <n v="53089"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH03C15"/>
+    <s v="55. Net factor income from the rest of the world"/>
+    <s v="€ml"/>
+    <n v="-5948"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH03C16"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="€ml"/>
+    <n v="47140"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH03C17"/>
+    <s v="57. EU subsidies"/>
+    <s v="€ml"/>
+    <n v="1583"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH03C18"/>
+    <s v="58. EU taxes"/>
+    <s v="€ml"/>
+    <n v="-613"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="NAH03C19"/>
+    <s v="59. Gross national income at current market prices"/>
+    <s v="€ml"/>
+    <n v="48111"/>
+  </r>
+</pivotCacheRecords>
 </file>