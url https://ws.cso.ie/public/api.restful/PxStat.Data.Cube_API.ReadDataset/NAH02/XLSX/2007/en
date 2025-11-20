--- v0 (2025-10-03)
+++ v1 (2025-11-20)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R949c63fead8346c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/12badd724f9d422297f304645a57a154.psmdcp" Id="R52bb33a0dfc44931" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13186169b37a422a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/01b6a6a807ba4dfa95b968abeb446647.psmdcp" Id="R3a730ec721594fcf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
@@ -115,63 +115,63 @@
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>: is the surplus (or deficit) on production activities. It is measured net of depreciation and before account has been taken of interest paid and received, and also, after adjustment for stock appreciation. Background Information on the Historical 1970-1995 series(https://www.cso.ie/en/methods/nationalaccounts/nationalaccountshistoricalseries1970to1995/).</x:t>
     </x:r>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NAH02/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NAHS</x:t>
   </x:si>
   <x:si>
     <x:t>National Accounts Historical Series 1970 to 1995</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Gordon Cavanagh</x:t>
+    <x:t>Justin Flannery</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>nat_acc@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 1 498 4307</x:t>
+    <x:t>(+353) 1 498 4262</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>