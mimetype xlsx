--- v0 (2025-11-10)
+++ v1 (2026-03-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dac7ac20d634d42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/85b0638f0a434756aceaec5dcaee8d74.psmdcp" Id="R4f2fd77e3e68454f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c838e80e2ae43a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1244910c8f404bde9f84956eb5b02ea8.psmdcp" Id="Rd3604b65a7d94839" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NA027</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/8/2025 11:00:00 AM</x:t>
+    <x:t>08/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Constant Market Prices, chain linked annually and referenced to year 2023.&lt;br&gt;&lt;br&gt;Planned Major Revision reflects change to chain linked annual reference year.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NA027/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NIE</x:t>
   </x:si>
   <x:si>
     <x:t>Annual National Accounts</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -571,547 +571,204 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...495 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="30">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="30">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03865V04615" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="22">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+      </items>
+    </pivotField>
+    <pivotField name="Item" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="22">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H661" totalsRowShown="0">
   <x:autoFilter ref="A1:H661"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03865V04615"/>
     <x:tableColumn id="6" name="Item"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1380,51 +1037,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NA027/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1613,51 +1270,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H661"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="75.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="71.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -18831,51 +18488,51 @@
       <x:c r="E661" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F661" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H661" s="0">
         <x:v>93421</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -18892,51 +18549,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H661" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="NA027C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="30">
         <x:s v="1995"/>
         <x:s v="1996"/>
         <x:s v="1997"/>
         <x:s v="1998"/>
         <x:s v="1999"/>
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
         <x:s v="2005"/>
@@ -19671,27 +19328,6628 @@
         <x:n v="999"/>
         <x:n v="408"/>
         <x:n v="1979"/>
         <x:n v="1968"/>
         <x:n v="644"/>
         <x:n v="506"/>
         <x:n v="2011"/>
         <x:n v="18406"/>
         <x:n v="17861"/>
         <x:n v="5735"/>
         <x:n v="12896"/>
         <x:n v="3114"/>
         <x:n v="1858"/>
         <x:n v="1431"/>
         <x:n v="2563"/>
         <x:n v="420"/>
         <x:n v="185"/>
         <x:n v="93421"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="3032"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="11500"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="11136"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="21632"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="3734"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="13580"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="13146"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="2021"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="25185"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="3834"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="15647"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="15015"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="2390"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="29166"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="4709"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1503"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="1826"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="16335"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="15593"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="2832"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="33086"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="4654"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1699"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="2706"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="2089"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="18253"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="17430"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="3299"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="2061"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="37743"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="4801"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="1881"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="2296"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="19895"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="18957"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="3672"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="2185"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="39650"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1663"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1965"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="2245"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="2529"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="1762"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="20903"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="19916"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="4458"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="2791"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="41958"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="6731"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="2380"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="2789"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="2774"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="21317"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="20660"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="4557"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="3224"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="44289"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="6186"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="2421"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="2018"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="2165"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="2752"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="24514"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="23427"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="4822"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="3423"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="47822"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="5721"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="2657"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="2073"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="2507"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="3146"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="28318"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="25966"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="2152"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="5061"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="3790"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1815"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="52488"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="8096"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="2610"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="2216"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="2927"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="2992"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="1531"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="33530"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="30338"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="3633"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="5097"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="3636"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1927"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="61326"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="7478"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="2520"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="3005"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="2614"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="3548"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="2217"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="35312"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="31484"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="4968"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="5413"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="3591"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1984"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="65748"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="6745"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1980"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="2910"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="4260"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="3795"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="2401"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="32926"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="28975"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="4091"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="6579"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="4260"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="2096"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="65768"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="2603"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="6102"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="2157"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="2395"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="3888"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="3958"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="1942"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="26012"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="24148"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="3042"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="7117"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="4994"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="2312"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="58151"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="6435"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="2246"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="4445"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="4150"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="2222"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="15968"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="15076"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="5029"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="5796"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="4452"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="2031"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="48307"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="5631"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="2233"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="3436"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="4746"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="10262"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="10111"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="5401"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="4364"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="3366"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="41047"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="4758"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="-24"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="5839"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="6731"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="7065"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="9761"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="3095"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="2205"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="41028"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="6485"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1803"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="2874"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="8107"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="7385"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="5345"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="10110"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="3160"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="2162"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="47717"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="7812"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="2124"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="2019"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="2465"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="6348"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="2236"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="7246"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="5654"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="7070"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="2570"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="45724"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="8762"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1937"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="1992"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="8553"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="4722"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="8757"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="6508"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="9597"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="2879"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1622"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="54471"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="30210"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1700"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="3096"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="2919"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="12513"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="3155"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="11007"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="6932"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="2297"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="7308"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="3304"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1724"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="84752"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="52044"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1805"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="2247"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="5434"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="14500"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="3812"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="12628"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="8392"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="2549"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="9476"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="3402"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1767"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1662"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="1695"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="118582"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="22023"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1804"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="3068"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="4447"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="46863"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="4356"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="15769"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="10207"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="14489"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="3208"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="1628"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="122998"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="33944"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="2418"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="3043"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="17534"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="3609"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="16197"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="12253"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="2262"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="18719"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="3247"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="111822"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="1572"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="91141"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="2584"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="56903"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="4107"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="17970"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="12304"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="6819"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="20030"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="3715"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1519"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="223286"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="71757"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="2795"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="64195"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="3462"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="14594"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="11375"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="12234"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="3623"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1864"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="1530"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="186513"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="1489"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="42532"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1714"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="15930"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="3154"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="16709"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="13913"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="5030"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="12850"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="3594"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1948"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="112093"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="37616"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="2296"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="2538"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="21147"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="2955"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="17711"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="16250"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="5042"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="14565"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="3304"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1796"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="115202"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="49002"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="2015"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="2546"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="18201"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="1939"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="19261"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="18694"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="8711"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="15564"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="3086"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1689"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="2672"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="130596"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="36776"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="2381"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1979"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="1968"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="2011"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="18406"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="17861"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="5735"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="12896"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="3114"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1858"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="2563"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="NA027C01"/>
+    <s v="Gross Domestic Fixed Capital Formation by Sector of Use at Constant Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="165"/>
+    <s v="Gross domestic fixed capital formation at constant market prices"/>
+    <s v="Euro Million"/>
+    <n v="93421"/>
+  </r>
+</pivotCacheRecords>
 </file>