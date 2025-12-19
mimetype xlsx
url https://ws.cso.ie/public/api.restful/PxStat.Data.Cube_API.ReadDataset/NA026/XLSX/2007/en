--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8587d60f8a064234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/29d617154bdd480ab99942fb081b0b83.psmdcp" Id="R06ebfa8787214063" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d3d6f47658345d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/39a260536e0e4b6aa848e522d27c3820.psmdcp" Id="R1d83479448674605" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NA026</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Gross Domestic Physical Capital Formation at Constant Market</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/8/2025 11:00:00 AM</x:t>
+    <x:t>08/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Constant Market Prices, chain linked annually and referenced to year 2023.&lt;br&gt;&lt;br&gt;Planned Major Revision reflects change to chain linked annual reference year.&lt;br&gt;&lt;br&gt;Updated 28/07/2022 - Classification label amended.&lt;br&gt;For more information, please go to the statistical release page(https://www.cso.ie/en/statistics/nationalaccounts/annualnationalaccounts/) on our website.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NA026/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NIE</x:t>
   </x:si>
   <x:si>
     <x:t>Annual National Accounts</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -547,515 +547,196 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...463 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="30">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="30">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02997V03619" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="Item" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H541" totalsRowShown="0">
   <x:autoFilter ref="A1:H541"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02997V03619"/>
     <x:tableColumn id="6" name="Item"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1324,51 +1005,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NA026/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1557,51 +1238,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H541"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="57.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="72.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -15655,51 +15336,51 @@
       <x:c r="E541" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H541" s="0">
         <x:v>98679</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15716,51 +15397,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H541" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="NA026C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Gross Domestic Physical Capital Formation at Constant Market"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="30">
         <x:s v="1995"/>
         <x:s v="1996"/>
         <x:s v="1997"/>
         <x:s v="1998"/>
         <x:s v="1999"/>
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
         <x:s v="2005"/>
@@ -16347,27 +16028,5428 @@
         <x:n v="9288"/>
         <x:n v="139884"/>
         <x:n v="17082"/>
         <x:n v="1858"/>
         <x:n v="13985"/>
         <x:n v="1490"/>
         <x:n v="15489"/>
         <x:n v="342"/>
         <x:n v="9238"/>
         <x:n v="-98"/>
         <x:n v="6379"/>
         <x:n v="25"/>
         <x:n v="27431"/>
         <x:n v="93421"/>
         <x:n v="-102"/>
         <x:n v="5360"/>
         <x:n v="5257"/>
         <x:n v="98679"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="10175"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="5064"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="2263"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="1662"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-57"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="21632"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="-779"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="21486"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="12053"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="6334"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="1897"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="2250"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="2060"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-90"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="1486"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="25185"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="24937"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="13838"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="7843"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="2015"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="2558"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="2353"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-93"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="1628"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="29166"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="29540"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="14395"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="9042"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="2930"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="3142"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="33086"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="-41"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="34114"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="16114"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="2061"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="9994"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="2234"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="4358"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="3075"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="2367"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="37743"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-13"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="-405"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="37242"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="17569"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="2185"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="10452"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="2354"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="3938"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="3586"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="2222"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="39650"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-13"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="-149"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="39741"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="18671"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="2791"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="10517"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="2111"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="3935"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="2990"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="4378"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="41958"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="41227"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="19319"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="3224"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="10602"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="2257"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="4470"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="2784"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-36"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="5851"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="44289"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="43731"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="21775"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="3423"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="10122"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="2798"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="4814"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="3399"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="1191"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="5550"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="47822"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="47878"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="24191"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="3790"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="11134"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="3022"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="5556"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="3301"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-20"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="6542"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="52488"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="-27"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="51398"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="28197"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="3636"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="11991"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="3645"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="7967"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="3834"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-50"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="7833"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="61326"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="-22"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="60511"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="28937"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="3591"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="13308"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="4304"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="9817"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="3896"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-103"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="1387"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="7766"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="65748"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="-73"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="65782"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="27109"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="4260"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="15693"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="3277"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="9885"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="4421"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-51"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="1580"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="7436"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="65768"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="-21"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="65057"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="23542"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="4994"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="16357"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="7300"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="4085"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="6840"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="58151"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="-154"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="-207"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="56217"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="15041"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="4452"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="12151"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="8920"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="2838"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-42"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="1595"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="8518"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="48307"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="-712"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="-913"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="45274"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="10024"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="3366"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="8820"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="8564"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="2633"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-51"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="1736"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="8744"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="41047"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="-28"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="-205"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="-369"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="39324"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="6743"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="2205"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="9520"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="9391"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="3770"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="8417"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="41028"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="-38"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="41254"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="4898"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="2162"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="10938"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="12691"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="3161"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="2057"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="11476"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="47717"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="-14"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="47524"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="5057"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="13556"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="9279"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="5014"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-15"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="2136"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="9664"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="45724"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="44873"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="5637"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="14109"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="1544"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="11634"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="5859"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="2383"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="12535"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="54471"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="2925"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="2862"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="58007"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="6059"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1724"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="15332"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="1542"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="10854"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="5973"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="3644"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="38611"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="84752"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="4160"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="4141"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="89752"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="7363"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1767"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="16217"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="16863"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="5221"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="3275"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="63157"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="118582"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="3391"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="3557"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="122227"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="9306"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="17826"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="20494"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="4454"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="3223"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="62555"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="122998"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="4112"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="4160"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="127468"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="11228"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="18751"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="1848"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="23401"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="6107"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-23"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="3449"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="45530"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="111822"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="-9"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="111742"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="11227"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="20280"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="1931"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="23229"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="5542"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="3559"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="146631"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="223286"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="-54"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="1749"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="1668"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="223138"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="10577"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1864"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="17665"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="1475"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="14332"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="5210"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="4107"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="123903"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="186513"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="4785"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="4742"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="190490"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="12988"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1948"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="16317"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="15666"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="6719"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="4025"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="51394"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="112093"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="4397"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="4519"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="116377"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="15197"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1796"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="14987"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="1962"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="18103"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="9253"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-30"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="6364"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="46924"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="115202"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="8897"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="8895"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="124140"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="17879"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="14834"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="18502"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="10182"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-53"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="5522"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="59582"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="130596"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-56"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="9343"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="9288"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="139884"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="17082"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1858"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="13985"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land and buildings"/>
+    <s v="Euro Million"/>
+    <n v="1490"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="15489"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="9238"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="071"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-98"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="6379"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="27431"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="93421"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-102"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="5360"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="5257"/>
+  </r>
+  <r>
+    <s v="NA026C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Constant Market"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="16"/>
+    <s v="164. Gross domestic physical capital formation at constant prices"/>
+    <s v="Euro Million"/>
+    <n v="98679"/>
+  </r>
+</pivotCacheRecords>
 </file>