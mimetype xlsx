--- v1 (2025-12-19)
+++ v2 (2026-02-18)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d3d6f47658345d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/39a260536e0e4b6aa848e522d27c3820.psmdcp" Id="R1d83479448674605" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5aa8129986c4f03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fc2473058a8447938e07f566c1894315.psmdcp" Id="R0acd39af90394ac9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>