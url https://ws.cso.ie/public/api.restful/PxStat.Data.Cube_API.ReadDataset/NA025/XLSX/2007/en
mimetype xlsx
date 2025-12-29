--- v0 (2025-11-04)
+++ v1 (2025-12-29)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7100c87c4cf04819" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d6cc90da493d4d208e86339af52769c2.psmdcp" Id="Rd1a57700baf94ce3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82cfc1f4c82b421f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/948a669a378a46d4971959e21a680c49.psmdcp" Id="Rffd2f416bf934d04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NA025</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Gross Domestic Fixed Capital Formation at Current Market Prices</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/10/2025 11:00:00 AM</x:t>
+    <x:t>10/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:b/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Methodology(https://www.cso.ie/en/methods/nationalaccounts/)</x:t>
     </x:r>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NA025/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
@@ -581,547 +581,204 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...495 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="30">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="30">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03865V04615" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="22">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+      </items>
+    </pivotField>
+    <pivotField name="Item" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="22">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H661" totalsRowShown="0">
   <x:autoFilter ref="A1:H661"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03865V04615"/>
     <x:tableColumn id="6" name="Item"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1390,51 +1047,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NA025/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1623,51 +1280,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H661"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="59.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="71.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -18841,51 +18498,51 @@
       <x:c r="E661" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F661" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H661" s="0">
         <x:v>97634</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -18902,51 +18559,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H661" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="NA025C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="30">
         <x:s v="1995"/>
         <x:s v="1996"/>
         <x:s v="1997"/>
         <x:s v="1998"/>
         <x:s v="1999"/>
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
         <x:s v="2005"/>
@@ -19659,27 +19316,6628 @@
         <x:n v="38305"/>
         <x:n v="2480"/>
         <x:n v="1029"/>
         <x:n v="424"/>
         <x:n v="2070"/>
         <x:n v="2025"/>
         <x:n v="2144"/>
         <x:n v="19513"/>
         <x:n v="18952"/>
         <x:n v="5984"/>
         <x:n v="13267"/>
         <x:n v="3223"/>
         <x:n v="1913"/>
         <x:n v="1495"/>
         <x:n v="2643"/>
         <x:n v="427"/>
         <x:n v="193"/>
         <x:n v="97634"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="1700"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="2863"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="2820"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="9896"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="2137"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="3624"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="3569"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="11921"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="2278"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="4670"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="4564"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="14606"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="2946"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="5857"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="5710"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="18118"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="3080"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="1775"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="7444"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="7266"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="22418"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="3451"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1350"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="1486"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="9031"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="8797"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="25759"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="3781"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="1617"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="1720"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="10425"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="10158"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="2388"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="29224"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="5016"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="2065"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="11635"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="11539"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="2530"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1630"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="32086"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="4527"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1508"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="1875"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="15130"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="14834"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="2723"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1783"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="36265"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="4311"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1577"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="1889"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="2181"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="19289"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="18212"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="2968"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="2053"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="42112"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="6275"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1742"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="2112"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="23822"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="22196"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="2878"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="3103"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="2058"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1258"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="50801"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="5968"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="2497"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="2030"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="2508"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="27111"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="24959"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="3970"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="3409"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="2114"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="57299"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="5541"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="2418"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="3331"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="2695"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="1528"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="24206"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="21892"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="3276"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="4234"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="2596"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="56573"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="2016"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="5177"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1912"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="2987"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="2868"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="16245"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="15455"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="2441"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="4211"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="2800"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1542"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="46525"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="5375"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="3349"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="2996"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="8198"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="7926"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="4072"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="3193"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="2371"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1258"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="35876"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="4637"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="2496"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="3352"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="4994"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="5037"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="4292"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="2234"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1649"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="29422"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="3775"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="-14"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="3997"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="3178"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="3422"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="1712"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="7623"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="28678"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="5390"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="2111"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="5906"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="3522"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="2597"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="8020"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="1662"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="34447"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="6530"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="1837"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="4653"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="3551"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="2823"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="1689"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="5677"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="1387"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="33428"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="7460"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="6214"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="2816"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="4548"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="3457"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="7720"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="40504"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="27583"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="2338"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="2261"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="9239"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="1979"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="6014"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="3873"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="2636"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="5983"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="66115"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="47547"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1738"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="4265"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="11330"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="2476"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="7229"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="4886"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="3095"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="7818"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="2120"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="1227"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="94123"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="20754"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1258"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="2394"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="3559"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="37292"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="2947"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="9413"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="6145"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="2786"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="12118"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="2113"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="100143"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="32443"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1954"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="2491"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="14257"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="2589"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="10304"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="7847"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="2926"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="15815"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="2289"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1180"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="93499"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="90576"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="2164"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="47919"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="3132"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="11792"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="8008"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="9273"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="17106"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="2784"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1232"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="193555"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="65870"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="2302"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="55446"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="2712"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="9960"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="7725"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="10568"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="2791"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="157989"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="39462"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1465"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="14635"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="2676"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="12450"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="10293"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="4607"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="11395"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="3045"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="99007"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="36973"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="2198"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="2445"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="20552"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="2781"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="15542"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="14222"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="4874"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="13719"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="3142"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1709"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="110101"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="49002"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="2015"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="2546"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="18201"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="1939"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="19261"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="18694"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="8711"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="15564"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="3086"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1689"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="2672"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="130596"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing"/>
+    <s v="Euro Million"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying"/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="C"/>
+    <s v="Manufacturing"/>
+    <s v="Euro Million"/>
+    <n v="38305"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and Air Conditioning Supply"/>
+    <s v="Euro Million"/>
+    <n v="2480"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities"/>
+    <s v="Euro Million"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="F"/>
+    <s v="Construction"/>
+    <s v="Euro Million"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade; Repair of Motor Vehicles and Motorcycles"/>
+    <s v="Euro Million"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="H"/>
+    <s v="Transportation and Storage"/>
+    <s v="Euro Million"/>
+    <n v="2025"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="I"/>
+    <s v="Accommodation and Food Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="J"/>
+    <s v="Information and Communication"/>
+    <s v="Euro Million"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="K"/>
+    <s v="Financial and Insurance Activities"/>
+    <s v="Euro Million"/>
+    <n v="2144"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="L"/>
+    <s v="Real Estate Activities"/>
+    <s v="Euro Million"/>
+    <n v="19513"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZ123"/>
+    <s v="Real Estate Activities: of which Dwellings (incl. transfer costs)."/>
+    <s v="Euro Million"/>
+    <n v="18952"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities"/>
+    <s v="Euro Million"/>
+    <n v="5984"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="13267"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence; Compulsory Social Security"/>
+    <s v="Euro Million"/>
+    <n v="3223"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZZ124"/>
+    <s v="Public Administration and Defence; Compulsory Social Security: of which Roads"/>
+    <s v="Euro Million"/>
+    <n v="1913"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="P"/>
+    <s v="Education"/>
+    <s v="Euro Million"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities"/>
+    <s v="Euro Million"/>
+    <n v="2643"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation"/>
+    <s v="Euro Million"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="S"/>
+    <s v="Other Service Activities"/>
+    <s v="Euro Million"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="NA025C01"/>
+    <s v="Gross Domestic Fixed Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="163"/>
+    <s v="163. Gross domestic fixed capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="97634"/>
+  </r>
+</pivotCacheRecords>
 </file>