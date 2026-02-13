--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82cfc1f4c82b421f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/948a669a378a46d4971959e21a680c49.psmdcp" Id="Rffd2f416bf934d04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R714d7de5a2a14d61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b1609f7c33a94f2aa647e352b20dfbf5.psmdcp" Id="R056b30197273477f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>