--- v0 (2025-11-13)
+++ v1 (2025-12-31)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R741f02d971534f90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dea6eb7fc75b4ef48c1b09173f6fb686.psmdcp" Id="Rdcde162730b64596" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b8373ae0fda48a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c6407771ae094c89b15a2ae852a13f83.psmdcp" Id="R58192d7446d344c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NA024</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Gross Domestic Physical Capital Formation at Current Market Prices</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/10/2025 11:00:00 AM</x:t>
+    <x:t>10/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>For more information, please go to the statistical release page(https://www.cso.ie/en/statistics/nationalaccounts/annualnationalaccounts/) on our website.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NA024/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NIE</x:t>
   </x:si>
   <x:si>
     <x:t>Annual National Accounts</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -547,515 +547,196 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...463 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="30">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="30">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02995V03617" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="Item" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H541" totalsRowShown="0">
   <x:autoFilter ref="A1:H541"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02995V03617"/>
     <x:tableColumn id="6" name="Item"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1324,51 +1005,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NA024/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1557,51 +1238,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H541"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="61.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="72.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -15655,51 +15336,51 @@
       <x:c r="E541" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H541" s="0">
         <x:v>102701</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15716,51 +15397,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H541" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="NA024C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="30">
         <x:s v="1995"/>
         <x:s v="1996"/>
         <x:s v="1997"/>
         <x:s v="1998"/>
         <x:s v="1999"/>
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
         <x:s v="2005"/>
@@ -16357,27 +16038,5428 @@
         <x:n v="9288"/>
         <x:n v="139884"/>
         <x:n v="18121"/>
         <x:n v="1913"/>
         <x:n v="14403"/>
         <x:n v="1591"/>
         <x:n v="15876"/>
         <x:n v="352"/>
         <x:n v="9424"/>
         <x:n v="-103"/>
         <x:n v="6962"/>
         <x:n v="26"/>
         <x:n v="28865"/>
         <x:n v="97634"/>
         <x:n v="-109"/>
         <x:n v="5176"/>
         <x:n v="5067"/>
         <x:n v="102701"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="2634"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="1822"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="1806"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="9896"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="-472"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="10335"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="3331"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="2387"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="1648"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="2231"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="11921"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="12349"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="4265"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="3174"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="1882"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="2541"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="14606"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="15427"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="5315"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="3912"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="2172"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="3527"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-5"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="18118"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="-17"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="19382"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="6743"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="4747"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="3270"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="3581"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-59"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="22418"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-120"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="-211"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="22859"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="8157"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="5551"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="2990"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="4500"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-24"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="25759"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-127"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="-114"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="26590"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="9541"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="6083"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="1198"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="3028"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="3889"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="2831"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="29224"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-12"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="29614"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="10804"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1630"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="6282"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="3496"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="3560"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-19"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="3691"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="32086"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-23"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="32752"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="13785"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1783"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="6020"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="3800"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="3865"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="3607"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="36265"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-44"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="37478"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="16958"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="2053"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="6865"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="2436"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="4411"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="3605"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-11"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="4456"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="42112"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-8"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="-16"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="42531"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="20509"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="2058"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="7675"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="3277"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="6355"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="4043"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-26"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="5582"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="50801"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="-38"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="51620"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="22626"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="2114"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="8841"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="4547"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="7885"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="4096"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-58"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="5634"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="57299"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-65"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="-116"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="1676"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="58976"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="20056"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="2596"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="10490"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="3584"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="7966"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="4364"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-28"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="5742"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="56573"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-62"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="-33"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="57639"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="14507"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="2800"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="10042"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="1836"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="5895"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="3928"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="5675"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="46525"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="-340"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="-328"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="46197"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="7596"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="2371"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="6471"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="7285"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="2810"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-44"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="7077"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="35876"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="-1567"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="-1457"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="34419"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="4806"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1649"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="4321"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="6875"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="2581"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-55"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="7149"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="29422"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-108"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="-32"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="-362"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="-502"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="28921"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="3248"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="4660"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="7419"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="3654"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="6521"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="28678"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-72"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="-44"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="29611"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="2417"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="5508"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="10158"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="3163"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="9539"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="34447"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="-16"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="35127"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="2568"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="7024"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="7515"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-18"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="8075"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="33428"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="33592"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="3018"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="7654"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="9438"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="6069"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="1531"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="10219"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="40504"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-69"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="3568"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="3499"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="44003"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="3393"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="8776"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="8931"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="6332"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="2501"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="33367"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="66115"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-17"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="4922"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="4907"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="71022"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="4281"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="9862"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="13989"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="5331"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="2247"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="55472"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="94123"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="3998"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="4190"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="98313"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="5563"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="11493"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="17218"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="4597"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="2231"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="56236"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="100143"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="4756"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="4809"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="104952"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="7124"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="12998"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="19847"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="6193"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-18"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="2535"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="41630"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="93499"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-32"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="-9"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="94423"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="7224"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1232"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="14997"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="19925"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="5412"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="2776"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="139585"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="193555"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-36"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="-54"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="1878"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="195343"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="7121"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="13451"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="12428"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="4859"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="3309"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="113514"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="157989"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-55"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="4648"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="4594"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="162583"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="9526"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="13780"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="13901"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="6123"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="3428"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="48328"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="99007"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="4164"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="4279"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="103285"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="13238"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1709"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="14264"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="1891"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="17036"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="9117"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-32"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="5975"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="46123"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="110101"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="9061"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="9061"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="119162"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="17879"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="14834"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="18502"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="10182"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-53"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="5522"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="59582"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="130596"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-56"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="9343"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="9288"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="139884"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="Fixed capital - Dwellings"/>
+    <s v="Euro Million"/>
+    <n v="18121"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="Fixed capital - Roads"/>
+    <s v="Euro Million"/>
+    <n v="1913"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="Fixed capital - Other building and construction (including land rehabilitation etc.)"/>
+    <s v="Euro Million"/>
+    <n v="14403"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Fixed capital - Costs associated with transfer of land &amp; buildings"/>
+    <s v="Euro Million"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="05"/>
+    <s v="Fixed capital - Transport equipment"/>
+    <s v="Euro Million"/>
+    <n v="15876"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="06"/>
+    <s v="Fixed capital - Agricultural machinery"/>
+    <s v="Euro Million"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="07"/>
+    <s v="Fixed capital - Other machinery and equipment"/>
+    <s v="Euro Million"/>
+    <n v="9424"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="71"/>
+    <s v="Fixed capital - Cultivated biological resources"/>
+    <s v="Euro Million"/>
+    <n v="-103"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="08"/>
+    <s v="Fixed capital - Software"/>
+    <s v="Euro Million"/>
+    <n v="6962"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="09"/>
+    <s v="Fixed capital - Exploration"/>
+    <s v="Euro Million"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="10"/>
+    <s v="Fixed capital - Artistic originals"/>
+    <s v="Euro Million"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="17"/>
+    <s v="Fixed capital - Research and development"/>
+    <s v="Euro Million"/>
+    <n v="28865"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="11"/>
+    <s v="Gross domestic fixed capital formation"/>
+    <s v="Euro Million"/>
+    <n v="97634"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="12"/>
+    <s v="Value of physical changes in stocks on farms"/>
+    <s v="Euro Million"/>
+    <n v="-109"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="13"/>
+    <s v="Value of physical changes in EU intervention stocks"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="141"/>
+    <s v="Value of physical changes in other stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="5176"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="151"/>
+    <s v="Total value of physical changes in stocks and net acquisitions of valuables"/>
+    <s v="Euro Million"/>
+    <n v="5067"/>
+  </r>
+  <r>
+    <s v="NA024C01"/>
+    <s v="Gross Domestic Physical Capital Formation at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="16"/>
+    <s v="162. Gross domestic physical capital formation at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="102701"/>
+  </r>
+</pivotCacheRecords>
 </file>