--- v1 (2025-12-31)
+++ v2 (2026-02-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b8373ae0fda48a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c6407771ae094c89b15a2ae852a13f83.psmdcp" Id="R58192d7446d344c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1fe8d394ed14b07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1518539e1ca645798fec232ebfcf8cc6.psmdcp" Id="Ra5df1affd60e4a45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>