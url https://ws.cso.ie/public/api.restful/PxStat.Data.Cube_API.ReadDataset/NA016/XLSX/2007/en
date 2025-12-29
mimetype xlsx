--- v0 (2025-11-12)
+++ v1 (2025-12-29)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c12c105b647413a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f30bd9a39ac148b39e383721ce40aa90.psmdcp" Id="Rb63fdf886efe44ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d8446968988458a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7af028a795a24d09a121e6ada1c409ed.psmdcp" Id="Rdbd84147b9524c32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NA016</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Gross Value Added at Current Basic Prices</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/10/2025 11:00:00 AM</x:t>
+    <x:t>10/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>For more information, please go to the statistical release page(https://www.cso.ie/en/statistics/nationalaccounts/annualnationalaccounts/) on our website.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NA016/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NIE</x:t>
   </x:si>
   <x:si>
     <x:t>Annual National Accounts</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -473,50 +473,53 @@
   <x:si>
     <x:t>2008</x:t>
   </x:si>
   <x:si>
     <x:t>2009</x:t>
   </x:si>
   <x:si>
     <x:t>2010</x:t>
   </x:si>
   <x:si>
     <x:t>2011</x:t>
   </x:si>
   <x:si>
     <x:t>2012</x:t>
   </x:si>
   <x:si>
     <x:t>2013</x:t>
   </x:si>
   <x:si>
     <x:t>2014</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
@@ -679,691 +682,240 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...639 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="30">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="30">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02660V03219" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="40">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+      </items>
+    </pivotField>
+    <pivotField name="Item" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="40">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1201" totalsRowShown="0">
   <x:autoFilter ref="A1:H1201"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02660V03219"/>
     <x:tableColumn id="6" name="Item"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1632,51 +1184,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NA016/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1865,51 +1417,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H1201"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="38.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="89.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -22941,50 +22493,53 @@
         <x:v>1170</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:8">
       <x:c r="A810" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B810" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C810" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="D810" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="E810" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F810" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G810" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H810" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="811" spans="1:8">
       <x:c r="A811" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B811" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C811" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="D811" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="E811" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F811" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G811" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H811" s="0">
         <x:v>1093</x:v>
@@ -23068,50 +22623,53 @@
         <x:v>2925</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:8">
       <x:c r="A815" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B815" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C815" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="D815" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="E815" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F815" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G815" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H815" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="816" spans="1:8">
       <x:c r="A816" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B816" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C816" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="D816" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="E816" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F816" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G816" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H816" s="0">
         <x:v>366</x:v>
@@ -23753,9331 +23311,9415 @@
       </x:c>
       <x:c r="D841" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="E841" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F841" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G841" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H841" s="0">
         <x:v>253523</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:8">
       <x:c r="A842" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B842" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C842" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D842" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E842" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F842" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G842" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H842" s="0">
         <x:v>2555</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:8">
       <x:c r="A843" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B843" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C843" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D843" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E843" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F843" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G843" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H843" s="0">
         <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:8">
       <x:c r="A844" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B844" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C844" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D844" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E844" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F844" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G844" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H844" s="0">
         <x:v>90028</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:8">
       <x:c r="A845" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B845" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C845" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D845" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E845" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F845" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G845" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H845" s="0">
         <x:v>8993</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:8">
       <x:c r="A846" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B846" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C846" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D846" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E846" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F846" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G846" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H846" s="0">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:8">
       <x:c r="A847" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B847" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C847" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D847" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E847" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F847" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G847" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H847" s="0">
         <x:v>757</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:8">
       <x:c r="A848" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B848" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C848" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D848" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E848" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F848" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G848" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H848" s="0">
         <x:v>6703</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:8">
       <x:c r="A849" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B849" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C849" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D849" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E849" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F849" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G849" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H849" s="0">
         <x:v>1394</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:8">
       <x:c r="A850" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B850" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C850" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D850" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E850" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F850" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G850" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H850" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="851" spans="1:8">
       <x:c r="A851" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B851" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C851" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D851" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E851" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F851" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G851" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H851" s="0">
         <x:v>1162</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:8">
       <x:c r="A852" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B852" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C852" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D852" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E852" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F852" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G852" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H852" s="0">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:8">
       <x:c r="A853" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B853" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C853" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D853" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E853" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F853" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G853" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H853" s="0">
         <x:v>4983</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:8">
       <x:c r="A854" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B854" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C854" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D854" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E854" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F854" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G854" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H854" s="0">
         <x:v>2924</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:8">
       <x:c r="A855" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B855" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C855" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D855" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E855" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F855" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G855" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H855" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="856" spans="1:8">
       <x:c r="A856" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B856" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C856" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D856" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E856" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F856" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G856" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H856" s="0">
         <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:8">
       <x:c r="A857" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B857" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C857" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D857" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E857" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F857" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G857" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H857" s="0">
         <x:v>1079</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:8">
       <x:c r="A858" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B858" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C858" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D858" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E858" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F858" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G858" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H858" s="0">
         <x:v>6188</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:8">
       <x:c r="A859" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B859" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C859" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D859" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E859" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F859" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G859" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H859" s="0">
         <x:v>1252</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:8">
       <x:c r="A860" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B860" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C860" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D860" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E860" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F860" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G860" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H860" s="0">
         <x:v>21949</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:8">
       <x:c r="A861" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B861" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C861" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D861" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E861" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F861" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G861" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H861" s="0">
         <x:v>6797</x:v>
       </x:c>
     </x:row>
     <x:row r="862" spans="1:8">
       <x:c r="A862" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B862" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C862" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D862" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E862" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F862" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G862" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H862" s="0">
         <x:v>4769</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:8">
       <x:c r="A863" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B863" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C863" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D863" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E863" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F863" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G863" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H863" s="0">
         <x:v>15368</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:8">
       <x:c r="A864" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B864" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C864" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D864" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E864" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F864" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G864" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H864" s="0">
         <x:v>15582</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:8">
       <x:c r="A865" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B865" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C865" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D865" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E865" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F865" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G865" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H865" s="0">
         <x:v>7721</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:8">
       <x:c r="A866" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B866" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C866" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D866" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E866" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F866" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G866" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H866" s="0">
         <x:v>1758</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:8">
       <x:c r="A867" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B867" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C867" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D867" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E867" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F867" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G867" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H867" s="0">
         <x:v>20018</x:v>
       </x:c>
     </x:row>
     <x:row r="868" spans="1:8">
       <x:c r="A868" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B868" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C868" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D868" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E868" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F868" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G868" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H868" s="0">
         <x:v>8262</x:v>
       </x:c>
     </x:row>
     <x:row r="869" spans="1:8">
       <x:c r="A869" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B869" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C869" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D869" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E869" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F869" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G869" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H869" s="0">
         <x:v>8492</x:v>
       </x:c>
     </x:row>
     <x:row r="870" spans="1:8">
       <x:c r="A870" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B870" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C870" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D870" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E870" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F870" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G870" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H870" s="0">
         <x:v>2089</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:8">
       <x:c r="A871" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B871" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C871" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D871" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E871" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F871" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G871" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H871" s="0">
         <x:v>1520</x:v>
       </x:c>
     </x:row>
     <x:row r="872" spans="1:8">
       <x:c r="A872" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B872" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C872" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D872" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E872" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F872" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G872" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H872" s="0">
         <x:v>11874</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:8">
       <x:c r="A873" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B873" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C873" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D873" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E873" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F873" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G873" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H873" s="0">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="874" spans="1:8">
       <x:c r="A874" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B874" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C874" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D874" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E874" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F874" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G874" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H874" s="0">
         <x:v>1893</x:v>
       </x:c>
     </x:row>
     <x:row r="875" spans="1:8">
       <x:c r="A875" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B875" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C875" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D875" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E875" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F875" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G875" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H875" s="0">
         <x:v>11617</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:8">
       <x:c r="A876" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B876" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C876" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D876" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E876" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F876" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G876" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H876" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="877" spans="1:8">
       <x:c r="A877" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B877" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C877" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D877" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E877" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F877" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G877" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H877" s="0">
         <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:8">
       <x:c r="A878" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B878" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C878" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D878" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E878" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F878" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G878" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H878" s="0">
         <x:v>9394</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:8">
       <x:c r="A879" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B879" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C879" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D879" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E879" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F879" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G879" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H879" s="0">
         <x:v>3995</x:v>
       </x:c>
     </x:row>
     <x:row r="880" spans="1:8">
       <x:c r="A880" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B880" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C880" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D880" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E880" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F880" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G880" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H880" s="0">
         <x:v>-1082</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:8">
       <x:c r="A881" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B881" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C881" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D881" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E881" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F881" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G881" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H881" s="0">
         <x:v>255984</x:v>
       </x:c>
     </x:row>
     <x:row r="882" spans="1:8">
       <x:c r="A882" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B882" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C882" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D882" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E882" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F882" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G882" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H882" s="0">
         <x:v>3453</x:v>
       </x:c>
     </x:row>
     <x:row r="883" spans="1:8">
       <x:c r="A883" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B883" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C883" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D883" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E883" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F883" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G883" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H883" s="0">
         <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="884" spans="1:8">
       <x:c r="A884" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B884" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C884" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D884" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E884" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F884" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G884" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H884" s="0">
         <x:v>99169</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:8">
       <x:c r="A885" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B885" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C885" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D885" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E885" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F885" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G885" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H885" s="0">
         <x:v>8643</x:v>
       </x:c>
     </x:row>
     <x:row r="886" spans="1:8">
       <x:c r="A886" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B886" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C886" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D886" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E886" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F886" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G886" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H886" s="0">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:8">
       <x:c r="A887" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B887" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C887" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D887" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E887" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F887" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G887" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H887" s="0">
         <x:v>796</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:8">
       <x:c r="A888" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B888" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C888" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D888" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E888" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F888" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G888" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H888" s="0">
         <x:v>7619</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:8">
       <x:c r="A889" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B889" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C889" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D889" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E889" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F889" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G889" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H889" s="0">
         <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:8">
       <x:c r="A890" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B890" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C890" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D890" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E890" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F890" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G890" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H890" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="891" spans="1:8">
       <x:c r="A891" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B891" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C891" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D891" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E891" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F891" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G891" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H891" s="0">
         <x:v>1359</x:v>
       </x:c>
     </x:row>
     <x:row r="892" spans="1:8">
       <x:c r="A892" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B892" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C892" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D892" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E892" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F892" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G892" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H892" s="0">
         <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:8">
       <x:c r="A893" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B893" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C893" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D893" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E893" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F893" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G893" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H893" s="0">
         <x:v>7582</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:8">
       <x:c r="A894" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B894" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C894" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D894" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E894" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F894" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G894" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H894" s="0">
         <x:v>2814</x:v>
       </x:c>
     </x:row>
     <x:row r="895" spans="1:8">
       <x:c r="A895" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B895" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C895" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D895" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E895" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F895" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G895" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H895" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="896" spans="1:8">
       <x:c r="A896" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B896" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C896" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D896" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E896" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F896" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G896" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H896" s="0">
         <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="897" spans="1:8">
       <x:c r="A897" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B897" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C897" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D897" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E897" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F897" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G897" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H897" s="0">
         <x:v>1204</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:8">
       <x:c r="A898" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B898" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C898" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D898" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E898" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F898" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G898" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H898" s="0">
         <x:v>8000</x:v>
       </x:c>
     </x:row>
     <x:row r="899" spans="1:8">
       <x:c r="A899" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B899" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C899" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D899" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E899" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F899" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G899" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H899" s="0">
         <x:v>1242</x:v>
       </x:c>
     </x:row>
     <x:row r="900" spans="1:8">
       <x:c r="A900" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B900" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C900" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D900" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E900" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F900" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G900" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H900" s="0">
         <x:v>23281</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:8">
       <x:c r="A901" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B901" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C901" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D901" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E901" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F901" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G901" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H901" s="0">
         <x:v>6998</x:v>
       </x:c>
     </x:row>
     <x:row r="902" spans="1:8">
       <x:c r="A902" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B902" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C902" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D902" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E902" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F902" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G902" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H902" s="0">
         <x:v>5258</x:v>
       </x:c>
     </x:row>
     <x:row r="903" spans="1:8">
       <x:c r="A903" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B903" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C903" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D903" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E903" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F903" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G903" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H903" s="0">
         <x:v>16345</x:v>
       </x:c>
     </x:row>
     <x:row r="904" spans="1:8">
       <x:c r="A904" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B904" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C904" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D904" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E904" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F904" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G904" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H904" s="0">
         <x:v>16705</x:v>
       </x:c>
     </x:row>
     <x:row r="905" spans="1:8">
       <x:c r="A905" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B905" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C905" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D905" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E905" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F905" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G905" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H905" s="0">
         <x:v>9928</x:v>
       </x:c>
     </x:row>
     <x:row r="906" spans="1:8">
       <x:c r="A906" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B906" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C906" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D906" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E906" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F906" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G906" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H906" s="0">
         <x:v>1983</x:v>
       </x:c>
     </x:row>
     <x:row r="907" spans="1:8">
       <x:c r="A907" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B907" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C907" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D907" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E907" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F907" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G907" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H907" s="0">
         <x:v>21541</x:v>
       </x:c>
     </x:row>
     <x:row r="908" spans="1:8">
       <x:c r="A908" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B908" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C908" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D908" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E908" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F908" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G908" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H908" s="0">
         <x:v>8614</x:v>
       </x:c>
     </x:row>
     <x:row r="909" spans="1:8">
       <x:c r="A909" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B909" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C909" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D909" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E909" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F909" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G909" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H909" s="0">
         <x:v>9068</x:v>
       </x:c>
     </x:row>
     <x:row r="910" spans="1:8">
       <x:c r="A910" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B910" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C910" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D910" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E910" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F910" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G910" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H910" s="0">
         <x:v>2407</x:v>
       </x:c>
     </x:row>
     <x:row r="911" spans="1:8">
       <x:c r="A911" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B911" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C911" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D911" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E911" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F911" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G911" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H911" s="0">
         <x:v>1718</x:v>
       </x:c>
     </x:row>
     <x:row r="912" spans="1:8">
       <x:c r="A912" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B912" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C912" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D912" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E912" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F912" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G912" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H912" s="0">
         <x:v>13805</x:v>
       </x:c>
     </x:row>
     <x:row r="913" spans="1:8">
       <x:c r="A913" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B913" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C913" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D913" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E913" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F913" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G913" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H913" s="0">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:8">
       <x:c r="A914" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B914" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C914" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D914" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E914" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F914" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G914" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H914" s="0">
         <x:v>2821</x:v>
       </x:c>
     </x:row>
     <x:row r="915" spans="1:8">
       <x:c r="A915" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B915" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C915" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D915" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E915" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F915" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G915" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H915" s="0">
         <x:v>15449</x:v>
       </x:c>
     </x:row>
     <x:row r="916" spans="1:8">
       <x:c r="A916" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B916" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C916" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D916" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E916" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F916" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G916" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H916" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="917" spans="1:8">
       <x:c r="A917" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B917" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C917" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D917" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E917" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F917" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G917" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H917" s="0">
         <x:v>1054</x:v>
       </x:c>
     </x:row>
     <x:row r="918" spans="1:8">
       <x:c r="A918" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B918" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C918" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D918" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E918" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F918" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G918" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H918" s="0">
         <x:v>10082</x:v>
       </x:c>
     </x:row>
     <x:row r="919" spans="1:8">
       <x:c r="A919" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B919" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C919" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D919" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E919" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F919" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G919" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H919" s="0">
         <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="920" spans="1:8">
       <x:c r="A920" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B920" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C920" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D920" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E920" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F920" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G920" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H920" s="0">
         <x:v>884</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:8">
       <x:c r="A921" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B921" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C921" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D921" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E921" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F921" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G921" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H921" s="0">
         <x:v>287597</x:v>
       </x:c>
     </x:row>
     <x:row r="922" spans="1:8">
       <x:c r="A922" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B922" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C922" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D922" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E922" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F922" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G922" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H922" s="0">
         <x:v>3111</x:v>
       </x:c>
     </x:row>
     <x:row r="923" spans="1:8">
       <x:c r="A923" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B923" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C923" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D923" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E923" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F923" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G923" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H923" s="0">
         <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="924" spans="1:8">
       <x:c r="A924" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B924" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C924" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D924" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E924" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F924" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G924" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H924" s="0">
         <x:v>109857</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:8">
       <x:c r="A925" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B925" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C925" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D925" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E925" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F925" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G925" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H925" s="0">
         <x:v>9053</x:v>
       </x:c>
     </x:row>
     <x:row r="926" spans="1:8">
       <x:c r="A926" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B926" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C926" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D926" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E926" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F926" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G926" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H926" s="0">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:8">
       <x:c r="A927" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B927" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C927" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D927" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E927" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F927" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G927" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H927" s="0">
         <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="928" spans="1:8">
       <x:c r="A928" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B928" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C928" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D928" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E928" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F928" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G928" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H928" s="0">
         <x:v>11139</x:v>
       </x:c>
     </x:row>
     <x:row r="929" spans="1:8">
       <x:c r="A929" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B929" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C929" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D929" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E929" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F929" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G929" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H929" s="0">
         <x:v>1526</x:v>
       </x:c>
     </x:row>
     <x:row r="930" spans="1:8">
       <x:c r="A930" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B930" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C930" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D930" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E930" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F930" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G930" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H930" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="931" spans="1:8">
       <x:c r="A931" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B931" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C931" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D931" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E931" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F931" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G931" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H931" s="0">
         <x:v>1383</x:v>
       </x:c>
     </x:row>
     <x:row r="932" spans="1:8">
       <x:c r="A932" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B932" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C932" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D932" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E932" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F932" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G932" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H932" s="0">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="933" spans="1:8">
       <x:c r="A933" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B933" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C933" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D933" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E933" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F933" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G933" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H933" s="0">
         <x:v>6192</x:v>
       </x:c>
     </x:row>
     <x:row r="934" spans="1:8">
       <x:c r="A934" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B934" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C934" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D934" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E934" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F934" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G934" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H934" s="0">
         <x:v>3061</x:v>
       </x:c>
     </x:row>
     <x:row r="935" spans="1:8">
       <x:c r="A935" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B935" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C935" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D935" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E935" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F935" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G935" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H935" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="936" spans="1:8">
       <x:c r="A936" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B936" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C936" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D936" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E936" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F936" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G936" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H936" s="0">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="937" spans="1:8">
       <x:c r="A937" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B937" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C937" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D937" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E937" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F937" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G937" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H937" s="0">
         <x:v>1314</x:v>
       </x:c>
     </x:row>
     <x:row r="938" spans="1:8">
       <x:c r="A938" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B938" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C938" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D938" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E938" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F938" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G938" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H938" s="0">
         <x:v>8645</x:v>
       </x:c>
     </x:row>
     <x:row r="939" spans="1:8">
       <x:c r="A939" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B939" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C939" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D939" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E939" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F939" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G939" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H939" s="0">
         <x:v>1275</x:v>
       </x:c>
     </x:row>
     <x:row r="940" spans="1:8">
       <x:c r="A940" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B940" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C940" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D940" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E940" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F940" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G940" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H940" s="0">
         <x:v>24532</x:v>
       </x:c>
     </x:row>
     <x:row r="941" spans="1:8">
       <x:c r="A941" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B941" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C941" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D941" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E941" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F941" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G941" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H941" s="0">
         <x:v>6373</x:v>
       </x:c>
     </x:row>
     <x:row r="942" spans="1:8">
       <x:c r="A942" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B942" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C942" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D942" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E942" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F942" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G942" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H942" s="0">
         <x:v>5587</x:v>
       </x:c>
     </x:row>
     <x:row r="943" spans="1:8">
       <x:c r="A943" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B943" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C943" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D943" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E943" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F943" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G943" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H943" s="0">
         <x:v>17035</x:v>
       </x:c>
     </x:row>
     <x:row r="944" spans="1:8">
       <x:c r="A944" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B944" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C944" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D944" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E944" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F944" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G944" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H944" s="0">
         <x:v>18869</x:v>
       </x:c>
     </x:row>
     <x:row r="945" spans="1:8">
       <x:c r="A945" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B945" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C945" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D945" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E945" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F945" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G945" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H945" s="0">
         <x:v>12301</x:v>
       </x:c>
     </x:row>
     <x:row r="946" spans="1:8">
       <x:c r="A946" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B946" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C946" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D946" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E946" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F946" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G946" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H946" s="0">
         <x:v>2207</x:v>
       </x:c>
     </x:row>
     <x:row r="947" spans="1:8">
       <x:c r="A947" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B947" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C947" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D947" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E947" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F947" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G947" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H947" s="0">
         <x:v>22168</x:v>
       </x:c>
     </x:row>
     <x:row r="948" spans="1:8">
       <x:c r="A948" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B948" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C948" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D948" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E948" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F948" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G948" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H948" s="0">
         <x:v>9026</x:v>
       </x:c>
     </x:row>
     <x:row r="949" spans="1:8">
       <x:c r="A949" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B949" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C949" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D949" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E949" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F949" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G949" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H949" s="0">
         <x:v>9560</x:v>
       </x:c>
     </x:row>
     <x:row r="950" spans="1:8">
       <x:c r="A950" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B950" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C950" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D950" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E950" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F950" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G950" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H950" s="0">
         <x:v>2559</x:v>
       </x:c>
     </x:row>
     <x:row r="951" spans="1:8">
       <x:c r="A951" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B951" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C951" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D951" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E951" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F951" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G951" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H951" s="0">
         <x:v>1805</x:v>
       </x:c>
     </x:row>
     <x:row r="952" spans="1:8">
       <x:c r="A952" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B952" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C952" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D952" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E952" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F952" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G952" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H952" s="0">
         <x:v>18576</x:v>
       </x:c>
     </x:row>
     <x:row r="953" spans="1:8">
       <x:c r="A953" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B953" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C953" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D953" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E953" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F953" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G953" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H953" s="0">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="954" spans="1:8">
       <x:c r="A954" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B954" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C954" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D954" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E954" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F954" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G954" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H954" s="0">
         <x:v>3107</x:v>
       </x:c>
     </x:row>
     <x:row r="955" spans="1:8">
       <x:c r="A955" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B955" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C955" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D955" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E955" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F955" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G955" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H955" s="0">
         <x:v>18406</x:v>
       </x:c>
     </x:row>
     <x:row r="956" spans="1:8">
       <x:c r="A956" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B956" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C956" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D956" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E956" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F956" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G956" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H956" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="957" spans="1:8">
       <x:c r="A957" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B957" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C957" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D957" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E957" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F957" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G957" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H957" s="0">
         <x:v>1074</x:v>
       </x:c>
     </x:row>
     <x:row r="958" spans="1:8">
       <x:c r="A958" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B958" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C958" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D958" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E958" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F958" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G958" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H958" s="0">
         <x:v>10631</x:v>
       </x:c>
     </x:row>
     <x:row r="959" spans="1:8">
       <x:c r="A959" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B959" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C959" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D959" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E959" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F959" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G959" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H959" s="0">
         <x:v>4467</x:v>
       </x:c>
     </x:row>
     <x:row r="960" spans="1:8">
       <x:c r="A960" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B960" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C960" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D960" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E960" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F960" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G960" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H960" s="0">
         <x:v>-1354</x:v>
       </x:c>
     </x:row>
     <x:row r="961" spans="1:8">
       <x:c r="A961" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B961" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C961" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D961" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E961" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F961" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G961" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H961" s="0">
         <x:v>313714</x:v>
       </x:c>
     </x:row>
     <x:row r="962" spans="1:8">
       <x:c r="A962" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B962" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C962" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D962" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E962" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F962" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G962" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H962" s="0">
         <x:v>3470</x:v>
       </x:c>
     </x:row>
     <x:row r="963" spans="1:8">
       <x:c r="A963" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B963" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C963" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D963" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E963" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F963" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G963" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H963" s="0">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="964" spans="1:8">
       <x:c r="A964" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B964" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C964" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D964" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E964" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F964" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G964" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H964" s="0">
         <x:v>116147</x:v>
       </x:c>
     </x:row>
     <x:row r="965" spans="1:8">
       <x:c r="A965" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B965" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C965" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D965" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E965" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F965" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G965" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H965" s="0">
         <x:v>7739</x:v>
       </x:c>
     </x:row>
     <x:row r="966" spans="1:8">
       <x:c r="A966" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B966" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C966" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D966" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E966" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F966" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G966" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H966" s="0">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="967" spans="1:8">
       <x:c r="A967" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B967" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C967" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D967" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E967" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F967" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G967" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H967" s="0">
         <x:v>889</x:v>
       </x:c>
     </x:row>
     <x:row r="968" spans="1:8">
       <x:c r="A968" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B968" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C968" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D968" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E968" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F968" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G968" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H968" s="0">
         <x:v>14563</x:v>
       </x:c>
     </x:row>
     <x:row r="969" spans="1:8">
       <x:c r="A969" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B969" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C969" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D969" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E969" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F969" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G969" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H969" s="0">
         <x:v>1671</x:v>
       </x:c>
     </x:row>
     <x:row r="970" spans="1:8">
       <x:c r="A970" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B970" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C970" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D970" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E970" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F970" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G970" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H970" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="971" spans="1:8">
       <x:c r="A971" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B971" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C971" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D971" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E971" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F971" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G971" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H971" s="0">
         <x:v>1507</x:v>
       </x:c>
     </x:row>
     <x:row r="972" spans="1:8">
       <x:c r="A972" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B972" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C972" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D972" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E972" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F972" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G972" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H972" s="0">
         <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="973" spans="1:8">
       <x:c r="A973" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B973" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C973" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D973" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E973" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F973" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G973" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H973" s="0">
         <x:v>9955</x:v>
       </x:c>
     </x:row>
     <x:row r="974" spans="1:8">
       <x:c r="A974" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B974" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C974" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D974" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E974" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F974" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G974" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H974" s="0">
         <x:v>2936</x:v>
       </x:c>
     </x:row>
     <x:row r="975" spans="1:8">
       <x:c r="A975" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B975" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C975" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D975" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E975" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F975" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G975" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H975" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="976" spans="1:8">
       <x:c r="A976" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B976" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C976" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D976" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E976" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F976" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G976" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H976" s="0">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="977" spans="1:8">
       <x:c r="A977" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B977" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C977" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D977" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E977" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F977" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G977" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H977" s="0">
         <x:v>1469</x:v>
       </x:c>
     </x:row>
     <x:row r="978" spans="1:8">
       <x:c r="A978" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B978" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C978" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D978" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E978" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F978" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G978" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H978" s="0">
         <x:v>9461</x:v>
       </x:c>
     </x:row>
     <x:row r="979" spans="1:8">
       <x:c r="A979" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B979" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C979" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D979" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E979" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F979" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G979" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H979" s="0">
         <x:v>1352</x:v>
       </x:c>
     </x:row>
     <x:row r="980" spans="1:8">
       <x:c r="A980" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B980" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C980" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D980" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E980" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F980" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G980" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H980" s="0">
         <x:v>24734</x:v>
       </x:c>
     </x:row>
     <x:row r="981" spans="1:8">
       <x:c r="A981" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B981" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C981" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D981" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E981" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F981" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G981" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H981" s="0">
         <x:v>7118</x:v>
       </x:c>
     </x:row>
     <x:row r="982" spans="1:8">
       <x:c r="A982" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B982" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C982" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D982" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E982" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F982" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G982" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H982" s="0">
         <x:v>5710</x:v>
       </x:c>
     </x:row>
     <x:row r="983" spans="1:8">
       <x:c r="A983" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B983" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C983" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D983" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E983" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F983" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G983" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H983" s="0">
         <x:v>17039</x:v>
       </x:c>
     </x:row>
     <x:row r="984" spans="1:8">
       <x:c r="A984" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B984" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C984" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D984" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E984" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F984" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G984" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H984" s="0">
         <x:v>20317</x:v>
       </x:c>
     </x:row>
     <x:row r="985" spans="1:8">
       <x:c r="A985" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B985" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C985" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D985" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E985" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F985" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G985" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H985" s="0">
         <x:v>14403</x:v>
       </x:c>
     </x:row>
     <x:row r="986" spans="1:8">
       <x:c r="A986" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B986" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C986" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D986" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E986" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F986" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G986" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H986" s="0">
         <x:v>2410</x:v>
       </x:c>
     </x:row>
     <x:row r="987" spans="1:8">
       <x:c r="A987" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B987" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C987" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D987" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E987" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F987" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G987" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H987" s="0">
         <x:v>24261</x:v>
       </x:c>
     </x:row>
     <x:row r="988" spans="1:8">
       <x:c r="A988" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B988" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C988" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D988" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E988" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F988" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G988" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H988" s="0">
         <x:v>9614</x:v>
       </x:c>
     </x:row>
     <x:row r="989" spans="1:8">
       <x:c r="A989" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B989" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C989" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D989" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E989" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F989" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G989" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H989" s="0">
         <x:v>10053</x:v>
       </x:c>
     </x:row>
     <x:row r="990" spans="1:8">
       <x:c r="A990" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B990" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C990" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D990" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E990" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F990" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G990" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H990" s="0">
         <x:v>2685</x:v>
       </x:c>
     </x:row>
     <x:row r="991" spans="1:8">
       <x:c r="A991" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B991" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C991" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D991" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E991" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F991" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G991" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H991" s="0">
         <x:v>1860</x:v>
       </x:c>
     </x:row>
     <x:row r="992" spans="1:8">
       <x:c r="A992" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B992" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C992" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D992" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E992" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F992" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G992" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H992" s="0">
         <x:v>24286</x:v>
       </x:c>
     </x:row>
     <x:row r="993" spans="1:8">
       <x:c r="A993" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B993" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C993" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D993" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E993" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F993" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G993" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H993" s="0">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="994" spans="1:8">
       <x:c r="A994" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B994" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C994" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D994" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E994" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F994" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G994" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H994" s="0">
         <x:v>3291</x:v>
       </x:c>
     </x:row>
     <x:row r="995" spans="1:8">
       <x:c r="A995" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B995" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C995" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D995" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E995" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F995" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G995" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H995" s="0">
         <x:v>23586</x:v>
       </x:c>
     </x:row>
     <x:row r="996" spans="1:8">
       <x:c r="A996" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B996" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C996" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D996" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E996" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F996" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G996" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H996" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="997" spans="1:8">
       <x:c r="A997" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B997" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C997" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D997" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E997" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F997" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G997" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H997" s="0">
         <x:v>1226</x:v>
       </x:c>
     </x:row>
     <x:row r="998" spans="1:8">
       <x:c r="A998" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B998" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C998" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D998" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E998" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F998" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G998" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H998" s="0">
         <x:v>11642</x:v>
       </x:c>
     </x:row>
     <x:row r="999" spans="1:8">
       <x:c r="A999" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B999" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C999" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D999" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E999" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F999" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G999" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H999" s="0">
         <x:v>4636</x:v>
       </x:c>
     </x:row>
     <x:row r="1000" spans="1:8">
       <x:c r="A1000" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1000" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1000" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D1000" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E1000" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F1000" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G1000" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1000" s="0">
         <x:v>-2463</x:v>
       </x:c>
     </x:row>
     <x:row r="1001" spans="1:8">
       <x:c r="A1001" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1001" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1001" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D1001" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E1001" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F1001" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G1001" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1001" s="0">
         <x:v>340587</x:v>
       </x:c>
     </x:row>
     <x:row r="1002" spans="1:8">
       <x:c r="A1002" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1002" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1002" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1002" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1002" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F1002" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G1002" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1002" s="0">
         <x:v>3852</x:v>
       </x:c>
     </x:row>
     <x:row r="1003" spans="1:8">
       <x:c r="A1003" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1003" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1003" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1003" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1003" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1003" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1003" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1003" s="0">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="1004" spans="1:8">
       <x:c r="A1004" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1004" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1004" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1004" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1004" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F1004" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G1004" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1004" s="0">
         <x:v>128319</x:v>
       </x:c>
     </x:row>
     <x:row r="1005" spans="1:8">
       <x:c r="A1005" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1005" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1005" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1005" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1005" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1005" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1005" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1005" s="0">
         <x:v>7682</x:v>
       </x:c>
     </x:row>
     <x:row r="1006" spans="1:8">
       <x:c r="A1006" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1006" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1006" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1006" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1006" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F1006" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G1006" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1006" s="0">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="1007" spans="1:8">
       <x:c r="A1007" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1007" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1007" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1007" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1007" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F1007" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G1007" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1007" s="0">
         <x:v>834</x:v>
       </x:c>
     </x:row>
     <x:row r="1008" spans="1:8">
       <x:c r="A1008" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1008" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1008" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1008" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1008" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F1008" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G1008" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1008" s="0">
         <x:v>17109</x:v>
       </x:c>
     </x:row>
     <x:row r="1009" spans="1:8">
       <x:c r="A1009" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1009" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1009" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1009" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1009" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F1009" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G1009" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1009" s="0">
         <x:v>1524</x:v>
       </x:c>
     </x:row>
     <x:row r="1010" spans="1:8">
       <x:c r="A1010" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1010" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1010" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1010" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1010" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F1010" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G1010" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H1010" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="1011" spans="1:8">
       <x:c r="A1011" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1011" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1011" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1011" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1011" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F1011" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G1011" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1011" s="0">
         <x:v>1410</x:v>
       </x:c>
     </x:row>
     <x:row r="1012" spans="1:8">
       <x:c r="A1012" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1012" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1012" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1012" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1012" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F1012" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G1012" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1012" s="0">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="1013" spans="1:8">
       <x:c r="A1013" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1013" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1013" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1013" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1013" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F1013" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G1013" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1013" s="0">
         <x:v>9015</x:v>
       </x:c>
     </x:row>
     <x:row r="1014" spans="1:8">
       <x:c r="A1014" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1014" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1014" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1014" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1014" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F1014" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G1014" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1014" s="0">
         <x:v>3137</x:v>
       </x:c>
     </x:row>
     <x:row r="1015" spans="1:8">
       <x:c r="A1015" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1015" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1015" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1015" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1015" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F1015" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G1015" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H1015" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="1016" spans="1:8">
       <x:c r="A1016" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1016" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1016" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1016" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1016" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F1016" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G1016" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1016" s="0">
         <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="1017" spans="1:8">
       <x:c r="A1017" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1017" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1017" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1017" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1017" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F1017" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G1017" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1017" s="0">
         <x:v>1391</x:v>
       </x:c>
     </x:row>
     <x:row r="1018" spans="1:8">
       <x:c r="A1018" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1018" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1018" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1018" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1018" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F1018" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G1018" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1018" s="0">
         <x:v>8700</x:v>
       </x:c>
     </x:row>
     <x:row r="1019" spans="1:8">
       <x:c r="A1019" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1019" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1019" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1019" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1019" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F1019" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G1019" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1019" s="0">
         <x:v>1714</x:v>
       </x:c>
     </x:row>
     <x:row r="1020" spans="1:8">
       <x:c r="A1020" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1020" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1020" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1020" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1020" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F1020" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G1020" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1020" s="0">
         <x:v>26454</x:v>
       </x:c>
     </x:row>
     <x:row r="1021" spans="1:8">
       <x:c r="A1021" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1021" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1021" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1021" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1021" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F1021" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G1021" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1021" s="0">
         <x:v>3676</x:v>
       </x:c>
     </x:row>
     <x:row r="1022" spans="1:8">
       <x:c r="A1022" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1022" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1022" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1022" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1022" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F1022" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G1022" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1022" s="0">
         <x:v>2843</x:v>
       </x:c>
     </x:row>
     <x:row r="1023" spans="1:8">
       <x:c r="A1023" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1023" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1023" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1023" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1023" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F1023" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G1023" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1023" s="0">
         <x:v>15883</x:v>
       </x:c>
     </x:row>
     <x:row r="1024" spans="1:8">
       <x:c r="A1024" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1024" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1024" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1024" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1024" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F1024" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G1024" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1024" s="0">
         <x:v>20235</x:v>
       </x:c>
     </x:row>
     <x:row r="1025" spans="1:8">
       <x:c r="A1025" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1025" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1025" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1025" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1025" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F1025" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G1025" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1025" s="0">
         <x:v>17691</x:v>
       </x:c>
     </x:row>
     <x:row r="1026" spans="1:8">
       <x:c r="A1026" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1026" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1026" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1026" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1026" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F1026" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G1026" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1026" s="0">
         <x:v>2061</x:v>
       </x:c>
     </x:row>
     <x:row r="1027" spans="1:8">
       <x:c r="A1027" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1027" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1027" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1027" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1027" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F1027" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G1027" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1027" s="0">
         <x:v>21058</x:v>
       </x:c>
     </x:row>
     <x:row r="1028" spans="1:8">
       <x:c r="A1028" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1028" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1028" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1028" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1028" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F1028" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G1028" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1028" s="0">
         <x:v>10153</x:v>
       </x:c>
     </x:row>
     <x:row r="1029" spans="1:8">
       <x:c r="A1029" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1029" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1029" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1029" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1029" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F1029" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G1029" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1029" s="0">
         <x:v>9865</x:v>
       </x:c>
     </x:row>
     <x:row r="1030" spans="1:8">
       <x:c r="A1030" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1030" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1030" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1030" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1030" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F1030" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G1030" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1030" s="0">
         <x:v>2159</x:v>
       </x:c>
     </x:row>
     <x:row r="1031" spans="1:8">
       <x:c r="A1031" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1031" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1031" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1031" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1031" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F1031" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G1031" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1031" s="0">
         <x:v>1498</x:v>
       </x:c>
     </x:row>
     <x:row r="1032" spans="1:8">
       <x:c r="A1032" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1032" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1032" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1032" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1032" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F1032" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G1032" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H1032" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="1033" spans="1:8">
       <x:c r="A1033" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1033" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1033" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1033" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1033" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F1033" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G1033" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1033" s="0">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="1034" spans="1:8">
       <x:c r="A1034" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1034" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1034" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1034" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1034" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F1034" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G1034" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1034" s="0">
         <x:v>3402</x:v>
       </x:c>
     </x:row>
     <x:row r="1035" spans="1:8">
       <x:c r="A1035" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1035" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1035" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1035" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1035" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F1035" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G1035" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H1035" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="1036" spans="1:8">
       <x:c r="A1036" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1036" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1036" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1036" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1036" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F1036" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G1036" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1036" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="1037" spans="1:8">
       <x:c r="A1037" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1037" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1037" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1037" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1037" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F1037" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G1037" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1037" s="0">
         <x:v>1064</x:v>
       </x:c>
     </x:row>
     <x:row r="1038" spans="1:8">
       <x:c r="A1038" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1038" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1038" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1038" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1038" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F1038" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G1038" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1038" s="0">
         <x:v>12050</x:v>
       </x:c>
     </x:row>
     <x:row r="1039" spans="1:8">
       <x:c r="A1039" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1039" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1039" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1039" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1039" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F1039" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G1039" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1039" s="0">
         <x:v>4465</x:v>
       </x:c>
     </x:row>
     <x:row r="1040" spans="1:8">
       <x:c r="A1040" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1040" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1040" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1040" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1040" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F1040" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G1040" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1040" s="0">
         <x:v>3245</x:v>
       </x:c>
     </x:row>
     <x:row r="1041" spans="1:8">
       <x:c r="A1041" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1041" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1041" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D1041" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E1041" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F1041" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G1041" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1041" s="0">
         <x:v>361910</x:v>
       </x:c>
     </x:row>
     <x:row r="1042" spans="1:8">
       <x:c r="A1042" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1042" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1042" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1042" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1042" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F1042" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G1042" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1042" s="0">
         <x:v>4633</x:v>
       </x:c>
     </x:row>
     <x:row r="1043" spans="1:8">
       <x:c r="A1043" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1043" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1043" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1043" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1043" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1043" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1043" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1043" s="0">
         <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="1044" spans="1:8">
       <x:c r="A1044" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1044" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1044" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1044" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1044" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F1044" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G1044" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1044" s="0">
         <x:v>153881</x:v>
       </x:c>
     </x:row>
     <x:row r="1045" spans="1:8">
       <x:c r="A1045" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1045" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1045" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1045" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1045" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1045" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1045" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1045" s="0">
         <x:v>8328</x:v>
       </x:c>
     </x:row>
     <x:row r="1046" spans="1:8">
       <x:c r="A1046" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1046" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1046" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1046" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1046" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F1046" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G1046" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1046" s="0">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="1047" spans="1:8">
       <x:c r="A1047" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1047" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1047" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1047" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1047" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F1047" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G1047" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1047" s="0">
         <x:v>970</x:v>
       </x:c>
     </x:row>
     <x:row r="1048" spans="1:8">
       <x:c r="A1048" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1048" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1048" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1048" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1048" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F1048" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G1048" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1048" s="0">
         <x:v>13888</x:v>
       </x:c>
     </x:row>
     <x:row r="1049" spans="1:8">
       <x:c r="A1049" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1049" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1049" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1049" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1049" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F1049" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G1049" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1049" s="0">
         <x:v>1689</x:v>
       </x:c>
     </x:row>
     <x:row r="1050" spans="1:8">
       <x:c r="A1050" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1050" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1050" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1050" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1050" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F1050" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G1050" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H1050" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="1051" spans="1:8">
       <x:c r="A1051" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1051" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1051" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1051" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1051" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F1051" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G1051" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1051" s="0">
         <x:v>1287</x:v>
       </x:c>
     </x:row>
     <x:row r="1052" spans="1:8">
       <x:c r="A1052" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1052" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1052" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1052" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1052" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F1052" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G1052" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1052" s="0">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="1053" spans="1:8">
       <x:c r="A1053" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1053" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1053" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1053" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1053" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F1053" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G1053" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1053" s="0">
         <x:v>11079</x:v>
       </x:c>
     </x:row>
     <x:row r="1054" spans="1:8">
       <x:c r="A1054" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1054" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1054" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1054" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1054" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F1054" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G1054" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1054" s="0">
         <x:v>3923</x:v>
       </x:c>
     </x:row>
     <x:row r="1055" spans="1:8">
       <x:c r="A1055" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1055" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1055" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1055" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1055" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F1055" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G1055" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H1055" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="1056" spans="1:8">
       <x:c r="A1056" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1056" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1056" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1056" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1056" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F1056" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G1056" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1056" s="0">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="1057" spans="1:8">
       <x:c r="A1057" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1057" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1057" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1057" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1057" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F1057" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G1057" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1057" s="0">
         <x:v>2051</x:v>
       </x:c>
     </x:row>
     <x:row r="1058" spans="1:8">
       <x:c r="A1058" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1058" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1058" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1058" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1058" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F1058" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G1058" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1058" s="0">
         <x:v>10130</x:v>
       </x:c>
     </x:row>
     <x:row r="1059" spans="1:8">
       <x:c r="A1059" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1059" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1059" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1059" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1059" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F1059" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G1059" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1059" s="0">
         <x:v>1278</x:v>
       </x:c>
     </x:row>
     <x:row r="1060" spans="1:8">
       <x:c r="A1060" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1060" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1060" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1060" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1060" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F1060" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G1060" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1060" s="0">
         <x:v>28151</x:v>
       </x:c>
     </x:row>
     <x:row r="1061" spans="1:8">
       <x:c r="A1061" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1061" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1061" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1061" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1061" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F1061" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G1061" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1061" s="0">
         <x:v>4859</x:v>
       </x:c>
     </x:row>
     <x:row r="1062" spans="1:8">
       <x:c r="A1062" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1062" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1062" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1062" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1062" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F1062" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G1062" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1062" s="0">
         <x:v>3899</x:v>
       </x:c>
     </x:row>
     <x:row r="1063" spans="1:8">
       <x:c r="A1063" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1063" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1063" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1063" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1063" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F1063" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G1063" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1063" s="0">
         <x:v>19936</x:v>
       </x:c>
     </x:row>
     <x:row r="1064" spans="1:8">
       <x:c r="A1064" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1064" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1064" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1064" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1064" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F1064" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G1064" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1064" s="0">
         <x:v>22216</x:v>
       </x:c>
     </x:row>
     <x:row r="1065" spans="1:8">
       <x:c r="A1065" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1065" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1065" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1065" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1065" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F1065" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G1065" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1065" s="0">
         <x:v>19906</x:v>
       </x:c>
     </x:row>
     <x:row r="1066" spans="1:8">
       <x:c r="A1066" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1066" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1066" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1066" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1066" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F1066" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G1066" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1066" s="0">
         <x:v>2525</x:v>
       </x:c>
     </x:row>
     <x:row r="1067" spans="1:8">
       <x:c r="A1067" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1067" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1067" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1067" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1067" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F1067" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G1067" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1067" s="0">
         <x:v>20854</x:v>
       </x:c>
     </x:row>
     <x:row r="1068" spans="1:8">
       <x:c r="A1068" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1068" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1068" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1068" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1068" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F1068" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G1068" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1068" s="0">
         <x:v>10804</x:v>
       </x:c>
     </x:row>
     <x:row r="1069" spans="1:8">
       <x:c r="A1069" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1069" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1069" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1069" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1069" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F1069" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G1069" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1069" s="0">
         <x:v>10514</x:v>
       </x:c>
     </x:row>
     <x:row r="1070" spans="1:8">
       <x:c r="A1070" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1070" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1070" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1070" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1070" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F1070" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G1070" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1070" s="0">
         <x:v>2603</x:v>
       </x:c>
     </x:row>
     <x:row r="1071" spans="1:8">
       <x:c r="A1071" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1071" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1071" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1071" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1071" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F1071" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G1071" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1071" s="0">
         <x:v>1645</x:v>
       </x:c>
     </x:row>
     <x:row r="1072" spans="1:8">
       <x:c r="A1072" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1072" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1072" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1072" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1072" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F1072" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G1072" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H1072" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="1073" spans="1:8">
       <x:c r="A1073" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1073" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1073" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1073" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1073" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F1073" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G1073" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1073" s="0">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="1074" spans="1:8">
       <x:c r="A1074" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1074" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1074" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1074" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1074" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F1074" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G1074" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1074" s="0">
         <x:v>3850</x:v>
       </x:c>
     </x:row>
     <x:row r="1075" spans="1:8">
       <x:c r="A1075" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1075" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1075" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1075" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1075" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F1075" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G1075" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H1075" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="1076" spans="1:8">
       <x:c r="A1076" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1076" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1076" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1076" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1076" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F1076" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G1076" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1076" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="1077" spans="1:8">
       <x:c r="A1077" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1077" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1077" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1077" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1077" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F1077" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G1077" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1077" s="0">
         <x:v>1274</x:v>
       </x:c>
     </x:row>
     <x:row r="1078" spans="1:8">
       <x:c r="A1078" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1078" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1078" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1078" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1078" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F1078" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G1078" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1078" s="0">
         <x:v>13635</x:v>
       </x:c>
     </x:row>
     <x:row r="1079" spans="1:8">
       <x:c r="A1079" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1079" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1079" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1079" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1079" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F1079" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G1079" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1079" s="0">
         <x:v>4779</x:v>
       </x:c>
     </x:row>
     <x:row r="1080" spans="1:8">
       <x:c r="A1080" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1080" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1080" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1080" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1080" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F1080" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G1080" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1080" s="0">
         <x:v>914</x:v>
       </x:c>
     </x:row>
     <x:row r="1081" spans="1:8">
       <x:c r="A1081" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1081" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1081" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D1081" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E1081" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F1081" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G1081" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1081" s="0">
         <x:v>423557</x:v>
       </x:c>
     </x:row>
     <x:row r="1082" spans="1:8">
       <x:c r="A1082" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1082" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1082" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1082" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1082" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F1082" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G1082" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1082" s="0">
         <x:v>6107</x:v>
       </x:c>
     </x:row>
     <x:row r="1083" spans="1:8">
       <x:c r="A1083" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1083" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1083" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1083" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1083" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1083" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1083" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1083" s="0">
         <x:v>784</x:v>
       </x:c>
     </x:row>
     <x:row r="1084" spans="1:8">
       <x:c r="A1084" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1084" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1084" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1084" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1084" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F1084" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G1084" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1084" s="0">
         <x:v>193176</x:v>
       </x:c>
     </x:row>
     <x:row r="1085" spans="1:8">
       <x:c r="A1085" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1085" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1085" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1085" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1085" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1085" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1085" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1085" s="0">
         <x:v>9718</x:v>
       </x:c>
     </x:row>
     <x:row r="1086" spans="1:8">
       <x:c r="A1086" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1086" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1086" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1086" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1086" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F1086" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G1086" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1086" s="0">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="1087" spans="1:8">
       <x:c r="A1087" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1087" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1087" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1087" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1087" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F1087" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G1087" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1087" s="0">
         <x:v>1098</x:v>
       </x:c>
     </x:row>
     <x:row r="1088" spans="1:8">
       <x:c r="A1088" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1088" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1088" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1088" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1088" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F1088" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G1088" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1088" s="0">
         <x:v>13277</x:v>
       </x:c>
     </x:row>
     <x:row r="1089" spans="1:8">
       <x:c r="A1089" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1089" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1089" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1089" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1089" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F1089" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G1089" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1089" s="0">
         <x:v>1893</x:v>
       </x:c>
     </x:row>
     <x:row r="1090" spans="1:8">
       <x:c r="A1090" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1090" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1090" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1090" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1090" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F1090" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G1090" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H1090" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="1091" spans="1:8">
       <x:c r="A1091" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1091" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1091" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1091" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1091" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F1091" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G1091" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1091" s="0">
         <x:v>1420</x:v>
       </x:c>
     </x:row>
     <x:row r="1092" spans="1:8">
       <x:c r="A1092" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1092" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1092" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1092" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1092" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F1092" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G1092" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1092" s="0">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="1093" spans="1:8">
       <x:c r="A1093" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1093" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1093" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1093" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1093" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F1093" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G1093" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1093" s="0">
         <x:v>13293</x:v>
       </x:c>
     </x:row>
     <x:row r="1094" spans="1:8">
       <x:c r="A1094" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1094" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1094" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1094" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1094" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F1094" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G1094" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1094" s="0">
         <x:v>3653</x:v>
       </x:c>
     </x:row>
     <x:row r="1095" spans="1:8">
       <x:c r="A1095" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1095" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1095" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1095" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1095" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F1095" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G1095" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H1095" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="1096" spans="1:8">
       <x:c r="A1096" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1096" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1096" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1096" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1096" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F1096" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G1096" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1096" s="0">
         <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="1097" spans="1:8">
       <x:c r="A1097" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1097" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1097" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1097" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1097" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F1097" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G1097" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1097" s="0">
         <x:v>2370</x:v>
       </x:c>
     </x:row>
     <x:row r="1098" spans="1:8">
       <x:c r="A1098" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1098" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1098" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1098" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1098" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F1098" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G1098" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1098" s="0">
         <x:v>12243</x:v>
       </x:c>
     </x:row>
     <x:row r="1099" spans="1:8">
       <x:c r="A1099" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1099" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1099" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1099" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1099" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F1099" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G1099" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1099" s="0">
         <x:v>1533</x:v>
       </x:c>
     </x:row>
     <x:row r="1100" spans="1:8">
       <x:c r="A1100" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1100" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1100" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1100" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1100" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F1100" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G1100" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1100" s="0">
         <x:v>31638</x:v>
       </x:c>
     </x:row>
     <x:row r="1101" spans="1:8">
       <x:c r="A1101" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1101" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1101" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1101" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1101" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F1101" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G1101" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1101" s="0">
         <x:v>7801</x:v>
       </x:c>
     </x:row>
     <x:row r="1102" spans="1:8">
       <x:c r="A1102" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1102" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1102" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1102" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1102" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F1102" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G1102" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1102" s="0">
         <x:v>7083</x:v>
       </x:c>
     </x:row>
     <x:row r="1103" spans="1:8">
       <x:c r="A1103" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1103" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1103" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1103" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1103" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F1103" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G1103" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1103" s="0">
         <x:v>17573</x:v>
       </x:c>
     </x:row>
     <x:row r="1104" spans="1:8">
       <x:c r="A1104" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1104" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1104" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1104" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1104" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F1104" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G1104" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1104" s="0">
         <x:v>25516</x:v>
       </x:c>
     </x:row>
     <x:row r="1105" spans="1:8">
       <x:c r="A1105" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1105" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1105" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1105" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1105" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F1105" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G1105" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1105" s="0">
         <x:v>23252</x:v>
       </x:c>
     </x:row>
     <x:row r="1106" spans="1:8">
       <x:c r="A1106" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1106" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1106" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1106" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1106" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F1106" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G1106" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1106" s="0">
         <x:v>2538</x:v>
       </x:c>
     </x:row>
     <x:row r="1107" spans="1:8">
       <x:c r="A1107" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1107" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1107" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1107" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1107" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F1107" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G1107" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1107" s="0">
         <x:v>24285</x:v>
       </x:c>
     </x:row>
     <x:row r="1108" spans="1:8">
       <x:c r="A1108" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1108" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1108" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1108" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1108" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F1108" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G1108" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1108" s="0">
         <x:v>11719</x:v>
       </x:c>
     </x:row>
     <x:row r="1109" spans="1:8">
       <x:c r="A1109" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1109" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1109" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1109" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1109" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F1109" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G1109" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1109" s="0">
         <x:v>11446</x:v>
       </x:c>
     </x:row>
     <x:row r="1110" spans="1:8">
       <x:c r="A1110" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1110" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1110" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1110" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1110" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F1110" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G1110" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1110" s="0">
         <x:v>3411</x:v>
       </x:c>
     </x:row>
     <x:row r="1111" spans="1:8">
       <x:c r="A1111" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1111" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1111" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1111" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1111" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F1111" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G1111" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1111" s="0">
         <x:v>2317</x:v>
       </x:c>
     </x:row>
     <x:row r="1112" spans="1:8">
       <x:c r="A1112" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1112" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1112" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1112" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1112" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F1112" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G1112" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H1112" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="1113" spans="1:8">
       <x:c r="A1113" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1113" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1113" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1113" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1113" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F1113" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G1113" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1113" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="1114" spans="1:8">
       <x:c r="A1114" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1114" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1114" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1114" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1114" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F1114" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G1114" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1114" s="0">
         <x:v>3916</x:v>
       </x:c>
     </x:row>
     <x:row r="1115" spans="1:8">
       <x:c r="A1115" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1115" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1115" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1115" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1115" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F1115" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G1115" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H1115" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="1116" spans="1:8">
       <x:c r="A1116" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1116" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1116" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1116" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1116" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F1116" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G1116" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1116" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="1117" spans="1:8">
       <x:c r="A1117" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1117" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1117" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1117" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1117" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F1117" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G1117" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1117" s="0">
         <x:v>1957</x:v>
       </x:c>
     </x:row>
     <x:row r="1118" spans="1:8">
       <x:c r="A1118" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1118" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1118" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1118" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1118" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F1118" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G1118" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1118" s="0">
         <x:v>14890</x:v>
       </x:c>
     </x:row>
     <x:row r="1119" spans="1:8">
       <x:c r="A1119" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1119" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1119" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1119" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1119" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F1119" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G1119" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1119" s="0">
         <x:v>5385</x:v>
       </x:c>
     </x:row>
     <x:row r="1120" spans="1:8">
       <x:c r="A1120" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1120" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1120" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1120" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1120" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F1120" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G1120" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1120" s="0">
         <x:v>-2951</x:v>
       </x:c>
     </x:row>
     <x:row r="1121" spans="1:8">
       <x:c r="A1121" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1121" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1121" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D1121" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E1121" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F1121" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G1121" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1121" s="0">
         <x:v>494027</x:v>
       </x:c>
     </x:row>
     <x:row r="1122" spans="1:8">
       <x:c r="A1122" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1122" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1122" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1122" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1122" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F1122" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G1122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1122" s="0">
         <x:v>4444</x:v>
       </x:c>
     </x:row>
     <x:row r="1123" spans="1:8">
       <x:c r="A1123" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1123" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1123" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1123" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1123" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1123" s="0">
         <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="1124" spans="1:8">
       <x:c r="A1124" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1124" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1124" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1124" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1124" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F1124" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G1124" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1124" s="0">
         <x:v>156393</x:v>
       </x:c>
     </x:row>
     <x:row r="1125" spans="1:8">
       <x:c r="A1125" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1125" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1125" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1125" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1125" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1125" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1125" s="0">
         <x:v>10602</x:v>
       </x:c>
     </x:row>
     <x:row r="1126" spans="1:8">
       <x:c r="A1126" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1126" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1126" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1126" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1126" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F1126" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G1126" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1126" s="0">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="1127" spans="1:8">
       <x:c r="A1127" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1127" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1127" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1127" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1127" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F1127" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G1127" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1127" s="0">
         <x:v>1282</x:v>
       </x:c>
     </x:row>
     <x:row r="1128" spans="1:8">
       <x:c r="A1128" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1128" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1128" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1128" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1128" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F1128" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G1128" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1128" s="0">
         <x:v>5948</x:v>
       </x:c>
     </x:row>
     <x:row r="1129" spans="1:8">
       <x:c r="A1129" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1129" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1129" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1129" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1129" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F1129" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G1129" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1129" s="0">
         <x:v>2158</x:v>
       </x:c>
     </x:row>
     <x:row r="1130" spans="1:8">
       <x:c r="A1130" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1130" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1130" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1130" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1130" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F1130" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G1130" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H1130" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="1131" spans="1:8">
       <x:c r="A1131" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1131" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1131" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1131" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1131" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F1131" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G1131" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1131" s="0">
         <x:v>1792</x:v>
       </x:c>
     </x:row>
     <x:row r="1132" spans="1:8">
       <x:c r="A1132" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1132" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1132" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1132" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1132" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F1132" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G1132" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1132" s="0">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="1133" spans="1:8">
       <x:c r="A1133" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1133" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1133" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1133" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1133" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F1133" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G1133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1133" s="0">
         <x:v>15414</x:v>
       </x:c>
     </x:row>
     <x:row r="1134" spans="1:8">
       <x:c r="A1134" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1134" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1134" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1134" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1134" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F1134" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G1134" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1134" s="0">
         <x:v>5630</x:v>
       </x:c>
     </x:row>
     <x:row r="1135" spans="1:8">
       <x:c r="A1135" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1135" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1135" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1135" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1135" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F1135" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G1135" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H1135" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="1136" spans="1:8">
       <x:c r="A1136" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1136" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1136" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1136" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1136" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F1136" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G1136" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1136" s="0">
         <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="1137" spans="1:8">
       <x:c r="A1137" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1137" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1137" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1137" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1137" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F1137" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G1137" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1137" s="0">
         <x:v>2122</x:v>
       </x:c>
     </x:row>
     <x:row r="1138" spans="1:8">
       <x:c r="A1138" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1138" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1138" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1138" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1138" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F1138" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G1138" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1138" s="0">
         <x:v>13564</x:v>
       </x:c>
     </x:row>
     <x:row r="1139" spans="1:8">
       <x:c r="A1139" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1139" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1139" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1139" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1139" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F1139" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G1139" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1139" s="0">
         <x:v>1723</x:v>
       </x:c>
     </x:row>
     <x:row r="1140" spans="1:8">
       <x:c r="A1140" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1140" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1140" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1140" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1140" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F1140" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G1140" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1140" s="0">
         <x:v>34251</x:v>
       </x:c>
     </x:row>
     <x:row r="1141" spans="1:8">
       <x:c r="A1141" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1141" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1141" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1141" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1141" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F1141" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G1141" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1141" s="0">
         <x:v>9293</x:v>
       </x:c>
     </x:row>
     <x:row r="1142" spans="1:8">
       <x:c r="A1142" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1142" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1142" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1142" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1142" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F1142" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G1142" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1142" s="0">
         <x:v>8241</x:v>
       </x:c>
     </x:row>
     <x:row r="1143" spans="1:8">
       <x:c r="A1143" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1143" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1143" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1143" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1143" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F1143" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G1143" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1143" s="0">
         <x:v>23163</x:v>
       </x:c>
     </x:row>
     <x:row r="1144" spans="1:8">
       <x:c r="A1144" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1144" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1144" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1144" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1144" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F1144" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G1144" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1144" s="0">
         <x:v>27429</x:v>
       </x:c>
     </x:row>
     <x:row r="1145" spans="1:8">
       <x:c r="A1145" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1145" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1145" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1145" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1145" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F1145" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G1145" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1145" s="0">
         <x:v>26186</x:v>
       </x:c>
     </x:row>
     <x:row r="1146" spans="1:8">
       <x:c r="A1146" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1146" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1146" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1146" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1146" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F1146" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G1146" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1146" s="0">
         <x:v>2776</x:v>
       </x:c>
     </x:row>
     <x:row r="1147" spans="1:8">
       <x:c r="A1147" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1147" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1147" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1147" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1147" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F1147" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G1147" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1147" s="0">
         <x:v>27458</x:v>
       </x:c>
     </x:row>
     <x:row r="1148" spans="1:8">
       <x:c r="A1148" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1148" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1148" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1148" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1148" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F1148" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G1148" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1148" s="0">
         <x:v>12581</x:v>
       </x:c>
     </x:row>
     <x:row r="1149" spans="1:8">
       <x:c r="A1149" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1149" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1149" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1149" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1149" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F1149" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G1149" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1149" s="0">
         <x:v>12447</x:v>
       </x:c>
     </x:row>
     <x:row r="1150" spans="1:8">
       <x:c r="A1150" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1150" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1150" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1150" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1150" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F1150" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G1150" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1150" s="0">
         <x:v>3605</x:v>
       </x:c>
     </x:row>
     <x:row r="1151" spans="1:8">
       <x:c r="A1151" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1151" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1151" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1151" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1151" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F1151" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G1151" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1151" s="0">
         <x:v>2370</x:v>
       </x:c>
     </x:row>
     <x:row r="1152" spans="1:8">
       <x:c r="A1152" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1152" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1152" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1152" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1152" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F1152" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G1152" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H1152" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="1153" spans="1:8">
       <x:c r="A1153" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1153" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1153" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1153" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1153" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F1153" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G1153" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1153" s="0">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="1154" spans="1:8">
       <x:c r="A1154" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1154" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1154" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1154" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1154" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F1154" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G1154" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1154" s="0">
         <x:v>3599</x:v>
       </x:c>
     </x:row>
     <x:row r="1155" spans="1:8">
       <x:c r="A1155" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1155" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1155" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1155" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1155" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F1155" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G1155" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H1155" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="1156" spans="1:8">
       <x:c r="A1156" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1156" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1156" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1156" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1156" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F1156" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G1156" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1156" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1157" spans="1:8">
       <x:c r="A1157" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1157" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1157" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1157" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1157" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F1157" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G1157" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1157" s="0">
         <x:v>2573</x:v>
       </x:c>
     </x:row>
     <x:row r="1158" spans="1:8">
       <x:c r="A1158" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1158" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1158" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1158" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1158" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F1158" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G1158" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1158" s="0">
         <x:v>16756</x:v>
       </x:c>
     </x:row>
     <x:row r="1159" spans="1:8">
       <x:c r="A1159" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1159" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1159" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1159" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1159" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F1159" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G1159" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1159" s="0">
         <x:v>5987</x:v>
       </x:c>
     </x:row>
     <x:row r="1160" spans="1:8">
       <x:c r="A1160" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1160" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1160" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1160" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1160" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F1160" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G1160" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1160" s="0">
         <x:v>-2426</x:v>
       </x:c>
     </x:row>
     <x:row r="1161" spans="1:8">
       <x:c r="A1161" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1161" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1161" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D1161" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E1161" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F1161" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G1161" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1161" s="0">
         <x:v>496848</x:v>
       </x:c>
     </x:row>
     <x:row r="1162" spans="1:8">
       <x:c r="A1162" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1162" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1162" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1162" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1162" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F1162" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G1162" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1162" s="0">
         <x:v>5747</x:v>
       </x:c>
     </x:row>
     <x:row r="1163" spans="1:8">
       <x:c r="A1163" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1163" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1163" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1163" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1163" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1163" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1163" s="0">
         <x:v>835</x:v>
       </x:c>
     </x:row>
     <x:row r="1164" spans="1:8">
       <x:c r="A1164" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1164" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1164" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1164" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1164" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F1164" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G1164" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1164" s="0">
         <x:v>166390</x:v>
       </x:c>
     </x:row>
     <x:row r="1165" spans="1:8">
       <x:c r="A1165" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1165" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1165" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1165" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1165" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1165" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1165" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1165" s="0">
         <x:v>11657</x:v>
       </x:c>
     </x:row>
     <x:row r="1166" spans="1:8">
       <x:c r="A1166" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1166" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1166" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1166" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1166" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F1166" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G1166" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1166" s="0">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="1167" spans="1:8">
       <x:c r="A1167" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1167" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1167" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1167" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1167" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F1167" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G1167" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1167" s="0">
         <x:v>1251</x:v>
       </x:c>
     </x:row>
     <x:row r="1168" spans="1:8">
       <x:c r="A1168" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1168" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1168" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1168" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1168" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F1168" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G1168" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1168" s="0">
         <x:v>2835</x:v>
       </x:c>
     </x:row>
     <x:row r="1169" spans="1:8">
       <x:c r="A1169" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1169" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1169" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1169" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1169" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F1169" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G1169" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1169" s="0">
         <x:v>2277</x:v>
       </x:c>
     </x:row>
     <x:row r="1170" spans="1:8">
       <x:c r="A1170" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1170" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1170" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1170" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1170" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F1170" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G1170" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H1170" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="1171" spans="1:8">
       <x:c r="A1171" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1171" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1171" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1171" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1171" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F1171" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G1171" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1171" s="0">
         <x:v>1882</x:v>
       </x:c>
     </x:row>
     <x:row r="1172" spans="1:8">
       <x:c r="A1172" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1172" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1172" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1172" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1172" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F1172" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G1172" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1172" s="0">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="1173" spans="1:8">
       <x:c r="A1173" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1173" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1173" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1173" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1173" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F1173" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G1173" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1173" s="0">
         <x:v>16410</x:v>
       </x:c>
     </x:row>
     <x:row r="1174" spans="1:8">
       <x:c r="A1174" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1174" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1174" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1174" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1174" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F1174" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G1174" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1174" s="0">
         <x:v>5423</x:v>
       </x:c>
     </x:row>
     <x:row r="1175" spans="1:8">
       <x:c r="A1175" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1175" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1175" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1175" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1175" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F1175" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G1175" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H1175" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="1176" spans="1:8">
       <x:c r="A1176" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1176" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1176" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1176" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1176" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F1176" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G1176" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1176" s="0">
         <x:v>617</x:v>
       </x:c>
     </x:row>
     <x:row r="1177" spans="1:8">
       <x:c r="A1177" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1177" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1177" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1177" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1177" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F1177" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G1177" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1177" s="0">
         <x:v>2322</x:v>
       </x:c>
     </x:row>
     <x:row r="1178" spans="1:8">
       <x:c r="A1178" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1178" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1178" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1178" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1178" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F1178" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G1178" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1178" s="0">
         <x:v>14312</x:v>
       </x:c>
     </x:row>
     <x:row r="1179" spans="1:8">
       <x:c r="A1179" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1179" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1179" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1179" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1179" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F1179" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G1179" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1179" s="0">
         <x:v>1572</x:v>
       </x:c>
     </x:row>
     <x:row r="1180" spans="1:8">
       <x:c r="A1180" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1180" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1180" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1180" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1180" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F1180" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G1180" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1180" s="0">
         <x:v>34284</x:v>
       </x:c>
     </x:row>
     <x:row r="1181" spans="1:8">
       <x:c r="A1181" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1181" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1181" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1181" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1181" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F1181" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G1181" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1181" s="0">
         <x:v>9665</x:v>
       </x:c>
     </x:row>
     <x:row r="1182" spans="1:8">
       <x:c r="A1182" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1182" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1182" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1182" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1182" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F1182" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G1182" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1182" s="0">
         <x:v>8832</x:v>
       </x:c>
     </x:row>
     <x:row r="1183" spans="1:8">
       <x:c r="A1183" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1183" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1183" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1183" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1183" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F1183" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G1183" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1183" s="0">
         <x:v>27082</x:v>
       </x:c>
     </x:row>
     <x:row r="1184" spans="1:8">
       <x:c r="A1184" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1184" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1184" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1184" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1184" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F1184" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G1184" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1184" s="0">
         <x:v>30768</x:v>
       </x:c>
     </x:row>
     <x:row r="1185" spans="1:8">
       <x:c r="A1185" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1185" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1185" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1185" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1185" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F1185" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G1185" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1185" s="0">
         <x:v>27500</x:v>
       </x:c>
     </x:row>
     <x:row r="1186" spans="1:8">
       <x:c r="A1186" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1186" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1186" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1186" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1186" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F1186" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G1186" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1186" s="0">
         <x:v>2813</x:v>
       </x:c>
     </x:row>
     <x:row r="1187" spans="1:8">
       <x:c r="A1187" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1187" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1187" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1187" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1187" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F1187" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G1187" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1187" s="0">
         <x:v>29090</x:v>
       </x:c>
     </x:row>
     <x:row r="1188" spans="1:8">
       <x:c r="A1188" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1188" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1188" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1188" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1188" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F1188" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G1188" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1188" s="0">
         <x:v>13523</x:v>
       </x:c>
     </x:row>
     <x:row r="1189" spans="1:8">
       <x:c r="A1189" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1189" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1189" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1189" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1189" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F1189" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G1189" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1189" s="0">
         <x:v>13189</x:v>
       </x:c>
     </x:row>
     <x:row r="1190" spans="1:8">
       <x:c r="A1190" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1190" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1190" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1190" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1190" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F1190" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G1190" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1190" s="0">
         <x:v>3333</x:v>
       </x:c>
     </x:row>
     <x:row r="1191" spans="1:8">
       <x:c r="A1191" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1191" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1191" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1191" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1191" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F1191" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G1191" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1191" s="0">
         <x:v>2473</x:v>
       </x:c>
     </x:row>
     <x:row r="1192" spans="1:8">
       <x:c r="A1192" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1192" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1192" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1192" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1192" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F1192" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G1192" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H1192" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="1193" spans="1:8">
       <x:c r="A1193" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1193" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1193" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1193" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1193" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F1193" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G1193" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1193" s="0">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="1194" spans="1:8">
       <x:c r="A1194" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1194" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1194" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1194" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1194" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F1194" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G1194" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1194" s="0">
         <x:v>3955</x:v>
       </x:c>
     </x:row>
     <x:row r="1195" spans="1:8">
       <x:c r="A1195" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1195" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1195" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1195" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1195" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F1195" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G1195" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H1195" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
     </x:row>
     <x:row r="1196" spans="1:8">
       <x:c r="A1196" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1196" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1196" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1196" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1196" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F1196" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G1196" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1196" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="1197" spans="1:8">
       <x:c r="A1197" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1197" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1197" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1197" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1197" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F1197" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G1197" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1197" s="0">
         <x:v>2993</x:v>
       </x:c>
     </x:row>
     <x:row r="1198" spans="1:8">
       <x:c r="A1198" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1198" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1198" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1198" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1198" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F1198" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G1198" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1198" s="0">
         <x:v>17885</x:v>
       </x:c>
     </x:row>
     <x:row r="1199" spans="1:8">
       <x:c r="A1199" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1199" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1199" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1199" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1199" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F1199" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G1199" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1199" s="0">
         <x:v>6123</x:v>
       </x:c>
     </x:row>
     <x:row r="1200" spans="1:8">
       <x:c r="A1200" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1200" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1200" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1200" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1200" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F1200" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G1200" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1200" s="0">
         <x:v>-2804</x:v>
       </x:c>
     </x:row>
     <x:row r="1201" spans="1:8">
       <x:c r="A1201" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B1201" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1201" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D1201" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E1201" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F1201" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G1201" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1201" s="0">
         <x:v>533074</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -33094,51 +32736,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1201" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="NA016C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Gross Value Added at Current Basic Prices"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="30">
         <x:s v="1995"/>
         <x:s v="1996"/>
         <x:s v="1997"/>
         <x:s v="1998"/>
         <x:s v="1999"/>
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
         <x:s v="2005"/>
@@ -34343,27 +33985,12028 @@
         <x:n v="8832"/>
         <x:n v="27082"/>
         <x:n v="30768"/>
         <x:n v="27500"/>
         <x:n v="2813"/>
         <x:n v="29090"/>
         <x:n v="13523"/>
         <x:n v="13189"/>
         <x:n v="3333"/>
         <x:n v="2473"/>
         <x:n v="81"/>
         <x:n v="3955"/>
         <x:n v="9"/>
         <x:n v="2993"/>
         <x:n v="17885"/>
         <x:n v="6123"/>
         <x:n v="-2804"/>
         <x:n v="533074"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="3056"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="11328"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <n v="3098"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <n v="1483"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="2923"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="5363"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="1725"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="4155"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="2780"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="2736"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="2819"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-309"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="49142"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="2821"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="12294"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="2139"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <n v="3236"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <n v="1695"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="3186"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="6448"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="1926"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="3992"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="3193"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="1432"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="2888"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="2981"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="1507"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="2784"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="53998"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="2711"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="15122"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="2389"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <n v="4490"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <n v="2188"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="3761"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="7445"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="2251"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="4043"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="3968"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="1681"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="3109"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="3134"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="1795"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="3004"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="62208"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="2795"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="18696"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="2827"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="1362"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <n v="5746"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <n v="2748"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="4597"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="8142"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="2704"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="1964"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="4910"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="4980"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="2109"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="3235"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="3301"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <n v="2137"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <n v="1516"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="3088"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-731"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="72023"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="2387"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="21835"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="3110"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <n v="7240"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="2163"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <n v="3132"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="5583"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="9099"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="3056"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="2133"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="5935"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="5679"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="1849"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="2513"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="3421"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="3466"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <n v="2605"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="2294"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <n v="2016"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="3444"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="82822"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="2718"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="25083"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="3602"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <n v="8632"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="2271"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <n v="3668"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="6931"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="10526"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="3636"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="2663"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="7201"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="6868"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="2592"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="2500"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="3830"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="3839"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <n v="3153"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="2307"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="4417"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="96724"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="2434"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="30827"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="4543"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="1417"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <n v="12508"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="2769"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <n v="4753"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="8081"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="9867"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="3914"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="2795"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="8151"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="8046"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="2843"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="2820"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="4305"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="4438"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <n v="3243"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <n v="2804"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="5335"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="109836"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="2360"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="36373"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="5027"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <n v="17409"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="2884"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <n v="4495"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="8672"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="11089"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="4144"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="2812"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="8867"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="9265"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="2973"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="2765"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="4819"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="5174"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="1634"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <n v="3090"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <n v="3050"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="5846"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="2217"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="122821"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="2155"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="34005"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="5918"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="1481"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <n v="14178"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="3144"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="1595"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <n v="4086"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="9933"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="12543"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="4597"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="3124"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="11444"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="9642"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="3492"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="3271"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="5186"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="5896"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <n v="3115"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="2192"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <n v="3131"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="6633"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="2060"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="131046"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="2460"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="33014"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="5807"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="1544"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <n v="12510"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="3285"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <n v="4540"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="11947"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="13171"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="4965"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="3178"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="12830"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="9735"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="3990"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="1542"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="3649"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="5761"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="6319"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="1878"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <n v="3843"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="2440"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <n v="3212"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="7215"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="2364"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="139793"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="1760"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="33367"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="5732"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="1535"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <n v="12339"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="3291"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <n v="4687"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="14622"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="14901"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="5294"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="3486"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="14604"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="10014"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="4474"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="1649"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="5593"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="6023"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="6950"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="2003"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <n v="3737"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="2613"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <n v="3888"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="7858"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="151024"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="34345"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="6129"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="1593"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="1805"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <n v="11939"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="1301"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="3758"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="1826"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <n v="4823"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="17365"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="16466"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="5864"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="3760"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="15869"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="11083"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="4858"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="1864"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="6198"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="6283"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="7748"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="2370"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <n v="4162"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="2171"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <n v="3962"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="8608"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="2218"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-24"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="162554"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="2056"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="35419"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="6345"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="1837"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="1865"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <n v="12606"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="3742"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="2242"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <n v="3857"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="16062"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="1522"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="18162"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="6372"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="4330"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="17407"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="12884"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="5273"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="2049"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="6970"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="6880"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="8476"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="2713"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <n v="5025"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="2246"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <n v="4111"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="9260"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="2631"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-863"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="174203"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="32885"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="6143"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <n v="12139"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="3892"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="2422"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <n v="3119"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="11049"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="17451"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="5869"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="3934"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="16421"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="12790"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="4907"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="2137"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="6922"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="7281"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="9211"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="2620"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <n v="5051"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="2765"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <n v="4935"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="10122"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="2923"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="167950"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="34563"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="5935"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <n v="15025"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="4055"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="2588"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <n v="3456"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="4170"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="14802"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="6152"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="3686"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="16044"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="8276"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="4223"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="1969"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="6567"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="6879"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="9667"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="2362"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <n v="5848"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="2588"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <n v="4316"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="10000"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="2941"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="154270"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="32629"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="6499"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="1625"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <n v="14789"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="3178"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="2516"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <n v="3166"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="2342"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="15871"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="5684"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="3336"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="17479"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="9854"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="4438"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="7526"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="6803"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="9230"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="2328"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <n v="7281"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="2261"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <n v="4467"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="8992"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="2898"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-267"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="152057"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="2086"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="35659"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="6434"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="2417"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <n v="15886"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="4476"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="2870"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <n v="2828"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="17624"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="5710"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="3376"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="15609"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="10280"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="5838"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="8352"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="7997"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="7743"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="2057"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <n v="7879"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="2203"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <n v="4231"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="9001"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="3336"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-16"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="158263"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="1742"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="34628"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="6670"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="3146"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <n v="14405"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="3836"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="3112"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <n v="2896"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="3037"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="18342"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="5668"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="3548"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="15020"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="11322"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="5909"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="8698"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="7861"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="7846"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="1923"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <n v="8613"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="2031"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <n v="5119"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="9003"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="3492"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-52"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="161408"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="1957"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="34892"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="7592"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="3623"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <n v="12473"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="4342"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="3266"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <n v="2740"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="3814"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="20067"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="5897"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="3809"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="13377"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="12066"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="6367"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="11680"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="7741"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="7835"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="2040"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <n v="9386"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="2063"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <n v="5750"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="8711"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="3566"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-2104"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="166991"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="2442"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="39289"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="8493"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="3705"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <n v="14337"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="5255"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="3060"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <n v="2767"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="4793"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="20090"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="6281"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="4040"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="15674"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="13259"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="7040"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="1436"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="14689"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="7866"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="8132"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="2080"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="1432"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <n v="10798"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <n v="6760"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="8677"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="3712"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-3119"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="183049"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="95003"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="8901"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="5706"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="7416"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="2925"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="5311"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="20375"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="6655"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="4474"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="16731"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="14617"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="8039"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="18028"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="8009"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="8349"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="2057"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <n v="12293"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="1836"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <n v="9313"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="8965"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="3888"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-1140"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="253523"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="2555"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="90028"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="8993"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="6703"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="4983"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="2924"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="6188"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="21949"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="6797"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="4769"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="15368"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="15582"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="7721"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="1758"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="20018"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="8262"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="8492"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="2089"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <n v="11874"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <n v="11617"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="9394"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="3995"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-1082"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="255984"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="3453"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="99169"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="8643"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="7619"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="7582"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="2814"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="8000"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="23281"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="6998"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="5258"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="16345"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="16705"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="9928"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="1983"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="21541"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="8614"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="9068"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="2407"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="1718"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <n v="13805"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="2821"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <n v="15449"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="10082"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="4243"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="287597"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="3111"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="109857"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="9053"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="11139"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="6192"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="3061"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="8645"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="24532"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="6373"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="5587"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="17035"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="18869"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="12301"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="2207"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="22168"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="9026"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="9560"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="2559"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="1805"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <n v="18576"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="3107"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <n v="18406"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="10631"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="4467"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-1354"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="313714"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="3470"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="116147"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="7739"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="14563"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="1507"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="9955"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="2936"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="9461"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="1352"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="24734"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="7118"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="5710"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="17039"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="20317"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="14403"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="2410"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="24261"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="9614"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="10053"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="2685"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="1860"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <n v="24286"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="3291"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <n v="23586"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="11642"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="4636"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-2463"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="340587"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="3852"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="128319"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="7682"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="17109"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="1524"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="9015"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="3137"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="8700"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="1714"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="26454"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="3676"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="2843"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="15883"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="20235"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="17691"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="2061"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="21058"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="10153"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="9865"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="2159"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="1498"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="3402"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="12050"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="4465"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="3245"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="361910"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="4633"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="153881"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="8328"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="13888"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="1689"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="11079"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="3923"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="2051"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="10130"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="28151"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="4859"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="3899"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="19936"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="22216"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="19906"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="2525"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="20854"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="10804"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="10514"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="2603"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="3850"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="13635"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="4779"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="423557"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="6107"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="193176"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="9718"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="13277"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="13293"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="3653"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="2370"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="12243"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="1533"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="31638"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="7801"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="7083"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="17573"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="25516"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="23252"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="2538"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="24285"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="11719"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="11446"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="3411"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="2317"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="3916"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="1957"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="14890"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="5385"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-2951"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="494027"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="4444"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="156393"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="10602"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="5948"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="2158"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="1792"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="15414"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="5630"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="13564"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="34251"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="9293"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="8241"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="23163"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="27429"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="26186"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="2776"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="27458"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="12581"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="12447"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="3605"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="2370"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="3599"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="2573"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="16756"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="5987"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-2426"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="496848"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="5747"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <n v="166390"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="Euro Million"/>
+    <n v="11657"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="Euro Million"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="Euro Million"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="Euro Million"/>
+    <n v="2835"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="V3420"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="Euro Million"/>
+    <n v="2277"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="Euro Million"/>
+    <n v="1882"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="Euro Million"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="Euro Million"/>
+    <n v="16410"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="5423"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="Euro Million"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="E"/>
+    <s v="Water supply, sewerage, waste management and remediation activities (E)"/>
+    <s v="Euro Million"/>
+    <n v="2322"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="14312"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="Euro Million"/>
+    <n v="1572"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade: repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro Million"/>
+    <n v="34284"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="9665"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="8832"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="27082"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="30768"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="V6450"/>
+    <s v="Legal, accounting, management, architecture, engineering, technical testing and analysis (69 to 71)"/>
+    <s v="Euro Million"/>
+    <n v="27500"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="V7550"/>
+    <s v="Advertising, other professional, scientific, technical and veterinary activities (73 to 75)"/>
+    <s v="Euro Million"/>
+    <n v="2813"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro Million"/>
+    <n v="29090"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro Million"/>
+    <n v="13523"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="13189"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="3333"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="2473"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="3955"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="Euro Million"/>
+    <n v="2993"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="Euro Million"/>
+    <n v="17885"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="Euro Million"/>
+    <n v="6123"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZXD270"/>
+    <s v="Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-2804"/>
+  </r>
+  <r>
+    <s v="NA016C01"/>
+    <s v="Gross Value Added at Current Basic Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="ZXD280"/>
+    <s v="Gross value added at current basic prices"/>
+    <s v="Euro Million"/>
+    <n v="533074"/>
+  </r>
+</pivotCacheRecords>
 </file>