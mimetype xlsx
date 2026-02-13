--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d8446968988458a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7af028a795a24d09a121e6ada1c409ed.psmdcp" Id="Rdbd84147b9524c32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R533b656dc8da4e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d75a48de450647de8bca33aec7d8984c.psmdcp" Id="Rf9a0687f7d444dfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>