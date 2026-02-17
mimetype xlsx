--- v0 (2025-11-14)
+++ v1 (2026-02-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78517247307a4822" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5e654a8419e84f279c678bbb60e9382b.psmdcp" Id="R51d0542d2f504cfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb86b592c84524413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/023a91806fb34bb698cc3d5d9ba7d9da.psmdcp" Id="R4adfffc44e054363" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NA009</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Gross National Disposable Income and its Use</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/7/2025 11:00:00 AM</x:t>
+    <x:t>07/10/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>07 October, 2025, data on current transfers were revised which has a subsequent effect on Gross National Disposable Income and National Savings. See Information Note(https://www.cso.ie/en/releasesandpublications/in/ANA/informationnoteannualnationalaccounts2024/).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NA009/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NIE</x:t>
   </x:si>
   <x:si>
     <x:t>Annual National Accounts</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -523,483 +523,188 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...431 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="30">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="30">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02999V04170" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Item" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H421" totalsRowShown="0">
   <x:autoFilter ref="A1:H421"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02999V04170"/>
     <x:tableColumn id="6" name="Item"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1268,51 +973,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NA009/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1501,51 +1206,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H421"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="41.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="123.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -12479,51 +12184,51 @@
       <x:c r="E421" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H421" s="0">
         <x:v>61527</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12540,51 +12245,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H421" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="NA009C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Gross National Disposable Income and its Use"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="30">
         <x:s v="1995"/>
         <x:s v="1996"/>
         <x:s v="1997"/>
         <x:s v="1998"/>
         <x:s v="1999"/>
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
         <x:s v="2005"/>
@@ -13087,27 +12792,4228 @@
         <x:n v="53217"/>
         <x:n v="207143"/>
         <x:n v="179226"/>
         <x:n v="129109"/>
         <x:n v="50117"/>
         <x:n v="562794"/>
         <x:n v="-140608"/>
         <x:n v="422186"/>
         <x:n v="-589"/>
         <x:n v="422827"/>
         <x:n v="-4306"/>
         <x:n v="418521"/>
         <x:n v="164748"/>
         <x:n v="57298"/>
         <x:n v="222046"/>
         <x:n v="196476"/>
         <x:n v="134949"/>
         <x:n v="61527"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="54759"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-5948"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="48811"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1583"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-262"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="50131"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="50220"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="29151"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="8975"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="38127"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="12093"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="6381"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="5713"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="60148"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-6535"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="53612"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1996"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-233"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="55375"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="-42"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="55333"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="32253"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="9444"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="41697"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="13636"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="6951"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="6685"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="69401"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-8040"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="61361"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-237"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="62868"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="62998"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="35504"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="10518"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="46022"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="16976"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="7783"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="9194"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="80431"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-9551"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="70880"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-218"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="72390"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="-204"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="72186"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="39978"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="11592"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="51570"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="20616"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="9022"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="11593"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="92791"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-13278"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="79512"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-194"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="80932"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="-286"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="80646"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="45050"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="12924"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="57974"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="22672"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="10639"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="12033"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="108495"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-15327"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="93168"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1634"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-221"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="94581"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="-419"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="94162"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="52172"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="14736"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="66908"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="27254"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="12573"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="14681"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="122089"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-19142"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="102947"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-175"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="104292"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="-1040"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="103252"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="57127"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="17314"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="74441"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="28811"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="14215"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="14596"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="135998"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-23732"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="112266"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-140"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="114021"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="-1051"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="112970"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="62461"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="19638"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="82099"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="30871"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="15796"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="15075"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="145577"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-21770"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="123807"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1839"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-141"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="125505"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="-1266"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="124239"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="66798"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="21306"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="88104"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="36135"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="17692"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="18442"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="156260"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-22991"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="133269"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-180"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="134878"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="-1216"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="133662"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="70734"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="22914"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="93648"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="40014"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="19778"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="20236"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="170307"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-24819"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="145487"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="2239"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-233"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="147493"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="-1741"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="145752"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="77050"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="24609"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="101659"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="44093"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="22808"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="21285"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="184916"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-24276"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="160640"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-257"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="162161"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="-2025"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="160136"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="84088"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="26948"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="111035"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="49101"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="26702"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="22399"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="197069"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-28149"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="168920"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1728"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-273"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="170376"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="-2446"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="167930"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="92509"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="29747"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="122256"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="45674"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="27345"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="18329"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="187283"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-26717"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="160566"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1797"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-247"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="162116"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="-2704"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="159412"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="94401"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="31142"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="125543"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="33869"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="25982"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="7886"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="169520"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-29413"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="140107"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1719"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-209"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="141616"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="-2933"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="138684"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="84186"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="29928"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="114114"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="24569"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="24333"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="167255"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-27951"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="139304"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-229"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="140569"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="-2678"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="137890"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="83521"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="26827"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="110347"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="27543"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="24102"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="3441"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="173120"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-33390"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="139731"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1699"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-240"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="141189"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="-2642"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="138548"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="83098"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="28339"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="111437"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="27111"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="24091"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="3020"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="176622"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-34971"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="141651"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-242"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="143041"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="-2593"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="140449"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="83742"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="27167"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="110909"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="29539"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="25694"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="3845"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="182909"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-30022"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="152886"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-247"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="154089"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="-2919"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="151171"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="84834"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="26254"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="111088"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="40083"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="28313"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="11771"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="200595"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-32308"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="168287"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-275"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="169330"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="-2737"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="166593"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="87915"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="27419"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="115334"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="51259"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="31914"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="19345"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="272283"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-61992"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="210291"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-327"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="211535"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="-3333"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="208203"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="91257"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="28072"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="119328"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="88874"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="60742"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="28133"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="275933"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-52170"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="223763"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-486"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="224756"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="-3713"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="221043"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="95661"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="29420"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="125081"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="95962"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="69385"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="26577"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="308366"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-67540"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="240826"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-433"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="241898"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="-3052"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="238845"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="100086"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="31165"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="131251"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="107594"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="78137"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="29457"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="335136"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-82000"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="253136"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-433"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="253934"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="-3575"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="250359"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="107494"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="33055"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="140549"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="109810"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="84682"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="25128"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="363753"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-90450"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="273303"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-456"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="274097"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="-3498"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="270598"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="112422"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="36078"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="148500"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="122098"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="91657"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="30441"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="381729"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-103801"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="277928"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1191"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-410"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="278709"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="-3891"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="274818"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="102101"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="40725"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="142826"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="131992"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="106177"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="25815"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="448445"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-128946"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="319499"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-735"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="319941"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="-4482"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="315459"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="114296"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="44493"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="158789"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="156669"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="111676"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="44993"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="520718"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-165125"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="355594"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-876"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="355917"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="-4769"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="351148"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="135461"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="48314"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="183775"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="167372"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="121828"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="45545"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="524729"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-133977"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="390752"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-884"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="390996"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="-4626"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="386370"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="153926"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="53217"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="207143"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="179226"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="129109"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="50117"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="105. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="562794"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="106. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-140608"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="107. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="422186"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="108. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="05"/>
+    <s v="109. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-589"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="06"/>
+    <s v="110. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="422827"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="071"/>
+    <s v="111.Current transfers from the rest of the world less current transfers to the rest of the world (excl EU subsidies and taxes)- ESA code (D.7)"/>
+    <s v="Euro Million"/>
+    <n v="-4306"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="08"/>
+    <s v="112. Gross national disposable income - ESA code (B.6g)"/>
+    <s v="Euro Million"/>
+    <n v="418521"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="09"/>
+    <s v="113. Personal consumption of goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="164748"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="10"/>
+    <s v="114. Net expenditure by central and local government on current goods and services - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="57298"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="11"/>
+    <s v="115. Total consumption expenditure - ESA code (P.3)"/>
+    <s v="Euro Million"/>
+    <n v="222046"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="12"/>
+    <s v="116. Gross national savings - ESA code (B.8g)"/>
+    <s v="Euro Million"/>
+    <n v="196476"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="131"/>
+    <s v="117. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="134949"/>
+  </r>
+  <r>
+    <s v="NA009C01"/>
+    <s v="Gross National Disposable Income and its Use"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="14"/>
+    <s v="118. Net national savings - ESA code (B.8n)"/>
+    <s v="Euro Million"/>
+    <n v="61527"/>
+  </r>
+</pivotCacheRecords>
 </file>