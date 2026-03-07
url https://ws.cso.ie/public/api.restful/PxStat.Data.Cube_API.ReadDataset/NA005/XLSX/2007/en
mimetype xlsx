--- v0 (2025-11-04)
+++ v1 (2026-03-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra72b430a47ad4ed9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/68e561906cbf4145bdbbd046e62f9765.psmdcp" Id="R8ebdabb9e4ea440c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a11f85e4f35485a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a6209d04e5243cbb6c2d5f0cba17f75.psmdcp" Id="R15f653d677b644b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NA005</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Gross Value Added at Basic Prices by Sector of Origin and Gross and Net National Income at Current Market Prices</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/8/2025 11:00:00 AM</x:t>
+    <x:t>08/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>For more information, please go to the statistical release page(https://www.cso.ie/en/statistics/nationalaccounts/annualnationalaccounts/) on our website.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NA005/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NIE</x:t>
   </x:si>
   <x:si>
     <x:t>Annual National Accounts</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -724,747 +724,254 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...695 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="30">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="30">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02989V04268" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="47">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+      </items>
+    </pivotField>
+    <pivotField name="Item" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="47">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1411" totalsRowShown="0">
   <x:autoFilter ref="A1:H1411"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02989V04268"/>
     <x:tableColumn id="6" name="Item"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1733,51 +1240,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NA005/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1966,51 +1473,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H1411"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="95.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="104.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -38684,51 +38191,51 @@
       <x:c r="E1411" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F1411" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G1411" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1411" s="0">
         <x:v>287878</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -38745,51 +38252,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1411" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="NA005C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="30">
         <x:s v="1995"/>
         <x:s v="1996"/>
         <x:s v="1997"/>
         <x:s v="1998"/>
         <x:s v="1999"/>
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
         <x:s v="2005"/>
@@ -40340,27 +39847,14128 @@
         <x:n v="22611"/>
         <x:n v="50720"/>
         <x:n v="11293"/>
         <x:n v="5406"/>
         <x:n v="5888"/>
         <x:n v="1127871"/>
         <x:n v="591994"/>
         <x:n v="-2804"/>
         <x:n v="533074"/>
         <x:n v="31702"/>
         <x:n v="-1981"/>
         <x:n v="562794"/>
         <x:n v="-140608"/>
         <x:n v="422186"/>
         <x:n v="-589"/>
         <x:n v="422827"/>
         <x:n v="-134949"/>
         <x:n v="287878"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="7755"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4699"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3056"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="36371"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="23448"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="12923"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="32894"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="21566"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="11328"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="8852"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="5928"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2923"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="14266"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="6204"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="8062"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="11674"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="8424"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3250"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="9150"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4995"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4155"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="3937"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2780"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="6335"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3788"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2547"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="12934"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4431"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="8503"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="2814"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="114087"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="64636"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-309"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="49142"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="7028"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-1412"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="54759"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-5948"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="48811"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1583"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-262"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="50131"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-6381"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="43750"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="7194"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4373"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2821"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="39053"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="25221"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="13832"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="35690"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="23396"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="12294"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="9647"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="6461"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3186"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="16751"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="7288"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="9463"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="12941"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="9355"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3586"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="8655"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4662"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3992"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="4521"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3193"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="7183"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4292"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2891"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="14088"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4871"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="9217"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="3000"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="123034"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="69518"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="53998"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="7759"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-1609"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="60148"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-6535"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="53612"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1996"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-233"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="55375"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-6951"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="48424"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="6758"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4047"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2711"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="47456"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="30609"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="16847"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="43661"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="28538"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="15122"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="11390"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="7629"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3761"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="19707"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="8641"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="11066"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="16448"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="11829"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4620"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="8828"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4785"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4043"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="5618"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3968"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="8664"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="5194"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3470"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="15075"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="5221"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="9853"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="3361"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="143307"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="81462"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="62208"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="8837"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-1644"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="69401"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-8040"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="61361"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-237"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="62868"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-7783"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="55085"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="6960"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4165"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2795"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="57964"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="37395"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="20569"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="53867"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="35171"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="18696"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="13919"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="9323"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4597"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="23347"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="10538"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="12810"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="19096"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="13384"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="5712"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="10764"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="5854"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4910"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="7050"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2071"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4980"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="11182"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="6709"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4473"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="15737"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="5444"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="10293"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="3523"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="1616"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="169544"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="96790"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-731"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="72023"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="10077"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-1669"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="80431"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-9551"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="70880"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-218"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="72390"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-9022"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="63368"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="5944"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3558"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2387"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="65178"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="41652"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="23526"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="61455"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="39620"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="21835"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="16905"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="11323"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="5583"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="25993"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="11705"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="14288"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="22974"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="16061"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="6914"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="12320"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="6386"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="5935"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="8040"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2361"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="5679"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="13207"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="7873"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="5335"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="17155"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="5990"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="11165"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="4112"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2253"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="1859"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="191831"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="109161"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="82822"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="11536"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-1568"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="92791"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-13278"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="79512"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-194"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="80932"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-10639"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="70293"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="6749"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4032"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2718"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="75384"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="48137"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="27246"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="70631"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="45548"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="25083"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="20988"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="14057"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="6931"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="30909"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="14084"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="16825"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="24613"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="16849"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="7764"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="15260"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="8059"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="7201"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="9724"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2856"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="6868"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="15434"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="9190"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="6244"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="19882"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="7027"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="12855"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="4478"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2408"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="223420"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="126699"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="96724"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="13416"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-1645"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="108495"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-15327"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="93168"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1634"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-221"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="94581"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-12573"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="82008"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="6054"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3620"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2434"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="92649"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="59118"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="33530"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="86711"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="55883"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="30827"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="24471"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="16390"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="8081"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="30611"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="14034"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="16577"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="25548"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="17704"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="7844"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="17591"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="9440"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="8151"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="11392"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3346"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="8046"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="17110"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="10186"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="6924"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="23044"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="8184"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="14860"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="5187"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2822"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="253658"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="144844"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="109836"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="13682"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-1428"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="122089"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-19142"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="102947"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-175"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="104292"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-14215"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="90077"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="5868"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3508"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2360"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="98642"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="59571"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="39071"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="92727"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="56354"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="36373"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="26259"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="17587"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="8672"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="33165"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="15120"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="18045"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="25582"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="17797"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="7785"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="20629"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="11762"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="8867"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="13117"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3853"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="9265"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="17617"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="10565"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="7051"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="26105"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="9243"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="16862"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="5866"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3237"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2628"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="272850"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="152245"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="2217"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="122821"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="15070"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-1894"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="135998"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-23732"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="112266"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-140"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="114021"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-15796"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="98225"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="5410"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3256"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2155"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="99799"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="62771"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="37028"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="93345"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="59341"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="34005"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="29024"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="19091"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="9933"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="36923"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="16659"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="20264"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="27545"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="19107"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="8438"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="24654"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="13209"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="11444"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="14476"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4834"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="9642"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="20722"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="12551"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="8171"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="29013"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="9981"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="19033"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="6679"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3801"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2878"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="294245"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="165258"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="2060"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="131046"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="16422"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-1891"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="145577"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-21770"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="123807"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1839"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-141"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="125505"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-17692"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="107812"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="6028"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3568"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2460"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="101811"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="65684"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="36128"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="95215"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="62201"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="33014"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="34503"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="22556"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="11947"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="41529"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="20216"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="21314"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="26663"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="17167"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="9495"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="27723"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="14894"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="12830"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="16264"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="6528"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="9735"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="22690"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="13163"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="9527"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="31691"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="10720"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="20971"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="5852"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2830"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3022"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="314755"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="177326"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="2364"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="139793"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="18375"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-1908"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="156260"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-22991"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="133269"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-180"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="134878"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-19778"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="115100"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="5322"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3562"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="1760"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="108139"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="71610"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="36528"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="99925"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="66558"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="33367"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="40226"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="25604"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="14622"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="43346"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="19665"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="23681"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="31866"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="21628"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="10238"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="35559"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="20955"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="14604"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="16048"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="6034"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="10014"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="25332"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="13151"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="12182"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="33083"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="10398"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="22686"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="6212"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3005"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3207"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="345133"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="195610"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="151024"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="20648"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-1365"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="170307"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-24819"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="145487"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="2239"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-233"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="147493"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-22808"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="124685"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="6549"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4846"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="117457"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="79199"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="38259"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="107259"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="72915"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="34345"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="47904"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="30539"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="17365"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="51126"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="25036"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="26091"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="35937"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="25642"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="10295"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="40786"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="24917"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="15869"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="17111"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="6028"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="11083"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="26158"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="12769"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="13388"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="36313"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="11455"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="24857"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="7046"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3378"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3668"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="386387"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="223809"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-24"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="162554"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="23429"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-1067"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="184916"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-24276"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="160640"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-257"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="162161"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-26702"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="135459"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="7089"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="5033"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2056"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="122076"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="81921"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="40155"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="110058"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="74639"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="35419"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="49866"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="33804"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="16062"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="55634"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="26770"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="28864"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="37109"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="25726"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="11382"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="43763"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="26356"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="17407"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="21056"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="8172"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="12884"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="33950"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="19022"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="14928"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="40419"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="13172"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="27246"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="8481"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4400"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4081"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="419441"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="244375"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-863"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="174203"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="24055"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-1188"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="197069"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-28149"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="168920"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1728"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-273"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="170376"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-27345"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="143031"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="6896"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="5304"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="119663"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="82158"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="37505"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="106170"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="73284"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="32885"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="41257"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="30208"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="11049"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="59690"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="32436"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="27253"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="43194"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="30442"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="12752"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="39560"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="23139"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="16421"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="17468"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4678"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="12790"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="41658"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="27170"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="14488"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="43343"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="13807"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="29537"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="8888"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4939"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3948"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="421615"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="254280"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="167950"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="20610"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-1276"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="187283"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-26717"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="160566"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1797"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-247"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="162116"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-25982"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="136134"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="5579"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4633"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="115771"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="76524"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="39246"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="104474"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="69911"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="34563"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="16765"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="12595"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4170"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="52584"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="27945"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="24639"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="42958"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="30206"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="12752"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="35634"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="19591"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="16044"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="15530"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="7254"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="8276"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="36683"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="23521"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="13161"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="43559"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="14073"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="29487"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="7991"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4378"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3614"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="373054"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="220718"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="154270"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="16499"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-1249"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="169520"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-29413"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="140107"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1719"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-209"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="141616"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-24333"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="117283"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="6211"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4613"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="99103"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="62377"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="36726"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="90104"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="57474"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="32629"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="12775"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="10432"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2342"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="54023"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="29132"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="24891"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="47990"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="33982"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="14008"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="34154"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="16675"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="17479"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="17483"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="7628"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="9854"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="31904"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="17985"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="13918"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="40282"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="12359"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="27923"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="6843"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3261"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3583"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="350768"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="198445"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-267"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="152057"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="16309"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-1111"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="167255"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-27951"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="139304"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-229"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="140569"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-24102"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="116467"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="7693"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="5607"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2086"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="102942"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="62941"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="40002"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="94487"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="58828"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="35659"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="9587"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="7517"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="53409"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="26699"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="26710"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="44015"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="29701"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="14313"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="33120"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="17511"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="15609"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="15187"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4906"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="10280"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="21819"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="6075"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="15744"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="37568"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="9491"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="28077"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="7967"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4580"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3388"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="333306"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="175028"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-16"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="158263"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="15945"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-1088"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="173120"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-33390"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="139731"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1699"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-240"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="141189"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-24091"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="117098"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="7445"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="5703"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="1742"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="114748"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="75283"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="39465"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="104344"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="69716"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="34628"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="7793"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4756"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3037"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="57875"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="30316"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="27559"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="61889"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="46126"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="15763"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="31430"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="16410"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="15020"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="15688"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4366"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="11322"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="31569"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="15511"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="16058"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="38456"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="10253"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="28202"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="7078"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3786"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3292"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="373971"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="212511"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-52"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="161408"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="16341"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-1127"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="176622"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-34971"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="141651"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-242"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="143041"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-25694"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="117347"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="8188"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="6231"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="1957"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="115523"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="75732"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="39791"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="105035"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="70143"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="34892"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="9526"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="5713"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3814"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="56695"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="26923"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="29773"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="71504"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="54304"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="17199"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="29554"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="16176"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="13377"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="15507"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3440"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="12066"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="37796"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="18018"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="19777"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="37619"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="9766"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="27853"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="7232"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3745"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3487"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="389144"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="220049"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-2104"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="166991"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="16996"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-1079"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="182909"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-30022"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="152886"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-247"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="154089"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-28313"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="125777"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="8013"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="5572"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2442"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="127708"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="83498"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="44210"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="117893"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="78604"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="39289"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="13611"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="8818"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4793"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="57035"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="26624"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="30411"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="77205"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="57729"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="19476"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="32590"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="16915"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="15674"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="16914"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3655"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="13259"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="37896"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="13952"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="23944"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="39024"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="10637"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="28387"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="7389"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3817"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3572"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="417385"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="231217"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-3119"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="183049"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="18527"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-981"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="200595"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-32308"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="168287"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-275"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="169330"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-31914"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="137416"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="7891"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="5526"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="204874"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="105519"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="99355"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="195414"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="100411"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="95003"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="15266"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="9955"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="5311"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="58427"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="26922"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="31504"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="87464"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="64023"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="23441"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="34530"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="17798"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="16731"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="18618"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4000"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="14617"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="42735"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="14198"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="28537"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="40642"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="11431"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="29210"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="7147"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3557"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3591"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="517593"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="262929"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-1140"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="253523"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="19653"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-893"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="272283"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-61992"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="210291"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-327"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="211535"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-60742"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="150794"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="8180"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="5625"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="2555"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="203107"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="108527"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="94580"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="193376"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="103348"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="90028"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="19539"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="13351"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="6188"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="68629"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="35115"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="33515"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="82217"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="56832"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="25385"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="33650"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="18282"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="15368"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="19683"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4101"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="15582"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="48731"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="18660"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="30072"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="42195"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="12053"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="30142"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="7268"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3589"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3679"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="533201"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="276135"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-1082"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="255984"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="20886"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-937"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="275933"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-52170"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="223763"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-486"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="224756"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-69385"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="155371"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="9299"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="5845"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3453"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="209665"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="105870"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="103796"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="198822"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="99654"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="99169"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="24762"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="16761"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="8000"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="69220"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="33683"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="35537"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="95776"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="63701"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="32075"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="37522"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="21177"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="16345"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="21255"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4550"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="16705"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="55071"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="20565"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="34506"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="44439"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="12433"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="32006"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="8028"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3739"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4289"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="575037"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="288324"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="287597"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="21727"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-958"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="308366"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-67540"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="240826"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-433"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="241898"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-78137"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="163761"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="9672"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="6562"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3111"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="231923"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="117075"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="114847"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="221176"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="111319"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="109857"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="26665"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="18019"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="8645"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="72542"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="36050"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="36492"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="120022"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="79933"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="40089"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="39709"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="22674"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="17035"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="23975"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="5106"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="18869"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="57805"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="20056"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="37749"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="46985"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="13301"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="33684"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="8540"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3993"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4547"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="637837"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="322769"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-1354"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="313714"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="22449"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-1028"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="335136"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-82000"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="253136"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-433"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="253934"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-84682"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="169251"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="9554"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="6084"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3470"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="243932"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="122875"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="121057"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="231446"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="115299"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="116147"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="27427"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="17966"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="9461"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="75301"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="37738"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="37563"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="134101"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="82938"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="51163"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="44803"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="27764"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="17039"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="25147"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4830"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="20317"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="64758"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="22458"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="42300"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="50542"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="14597"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="35946"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="8932"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4197"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4734"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="684497"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="341448"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-2463"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="340587"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="24246"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-1079"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="363753"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-90450"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="273303"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-456"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="274097"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-91657"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="182439"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="9982"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="6130"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3852"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="256412"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="123184"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="133228"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="244900"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="116581"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="128319"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="27993"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="19293"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="8700"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="63168"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="30195"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="32972"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="158083"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="96532"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="61551"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="43206"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="27322"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="15883"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="25023"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4788"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="20235"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="62066"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="20191"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="41875"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="52964"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="16432"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="36533"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="8080"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4244"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3836"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="706976"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="348311"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="3245"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="361910"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="21134"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-1316"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="381729"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-103801"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="277928"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1191"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-410"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="278709"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-106177"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="172531"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="11418"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="6785"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4633"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="305682"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="145194"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="160489"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="289639"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="135758"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="153881"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="36346"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="26216"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="10130"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="68025"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="31115"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="36910"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="220246"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="140657"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="79589"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="47506"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="27569"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="19936"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="26817"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4601"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="22216"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="74000"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="29442"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="44558"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="57880"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="18148"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="39732"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="8398"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="3946"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4452"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="856317"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="433673"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="423557"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="26367"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-1479"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="448445"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-128946"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="319499"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-735"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="319941"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-111676"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="208265"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="14519"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="8412"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="6107"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="358647"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="158663"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="199984"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="337355"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="144179"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="193176"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="46236"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="33994"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="12243"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="95804"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="49282"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="46522"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="243763"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="155967"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="87796"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="49701"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="32128"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="17573"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="30734"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="5218"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="25516"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="93155"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="41122"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="52033"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="63221"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="19780"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="43441"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="12019"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="6256"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="5763"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="1007801"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="510823"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-2951"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="494027"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="28396"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-1704"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="520718"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-165125"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="355594"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-876"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="355917"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-121828"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="234089"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="12635"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="8191"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="4444"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="314424"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="149561"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="164864"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="291931"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="135538"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="156393"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="46907"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="33344"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="13564"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="103066"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="51281"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="51785"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="271496"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="170294"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="101202"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="61149"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="37986"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="23163"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="33703"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="6274"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="27429"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="96157"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="37165"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="58992"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="69381"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="21610"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="47771"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="11383"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="5323"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="6061"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="1020302"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="521028"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-2426"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="496848"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="29724"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-1843"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="524729"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-133977"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="390752"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-884"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="390996"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-129109"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="261886"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="001"/>
+    <s v="Agriculture, forestry and fishing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="13678"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="002"/>
+    <s v="Agriculture, forestry and fishing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="7931"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="003"/>
+    <s v="46.1. Agriculture, forestry and fishing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="5747"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="004"/>
+    <s v="Industry excluding construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="349023"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="005"/>
+    <s v="Industry excluding construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="174053"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="006"/>
+    <s v="46.2. Industry excluding construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="174970"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="007"/>
+    <s v="Industry of which manufacturing - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="325070"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="008"/>
+    <s v="Industry of which manufacturing - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="158680"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="009"/>
+    <s v="46.3. Industry of which manufacturing - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="166390"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="010"/>
+    <s v="Construction - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="48067"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="011"/>
+    <s v="Construction - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="33755"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="012"/>
+    <s v="46.4. Construction - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="14312"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="013"/>
+    <s v="Distribution, transport, hotels and restaurants - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="107829"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="014"/>
+    <s v="Distribution, transport, hotels and restaurants - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="55049"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="015"/>
+    <s v="46.5. Distribution, transport, hotels and restaurants - Gross value added at basic prices B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="52780"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="016"/>
+    <s v="Information and communication - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="319575"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="017"/>
+    <s v="Information and communication - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="208360"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="018"/>
+    <s v="46.6. Information and communication - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="111215"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="019"/>
+    <s v="Financial and insurance activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="67932"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="020"/>
+    <s v="Financial and insurance activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="40850"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="021"/>
+    <s v="46.7. Financial and insurance activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="27082"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="022"/>
+    <s v="Real estate activities - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="36139"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="023"/>
+    <s v="Real estate activities - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="5371"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="024"/>
+    <s v="46.8. Real estate activities - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="30768"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="025"/>
+    <s v="Professional, administration and support services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="101004"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="026"/>
+    <s v="Professional, administration and support services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="38608"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="027"/>
+    <s v="46.9. Professional, administration and support services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="62396"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="028"/>
+    <s v="Public administration, education and health - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="73331"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="029"/>
+    <s v="Public administration, education and health - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="22611"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="030"/>
+    <s v="46.10. Public administration, education and health - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="50720"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="031"/>
+    <s v="Arts, entertainment and other services - Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="11293"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="032"/>
+    <s v="Arts, entertainment and other services - Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="5406"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="033"/>
+    <s v="46.11. Arts, entertainment and other services - Gross value added at basic prices - ESA code B.1g (=P.1-P.2)"/>
+    <s v="Euro Million"/>
+    <n v="5888"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="034"/>
+    <s v="Total Output - ESA code (P.1)"/>
+    <s v="Euro Million"/>
+    <n v="1127871"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="035"/>
+    <s v="Total Intermediate consumption - ESA code (P.2)"/>
+    <s v="Euro Million"/>
+    <n v="591994"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="036"/>
+    <s v="47. Statistical discrepancy"/>
+    <s v="Euro Million"/>
+    <n v="-2804"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="037"/>
+    <s v="51. Gross value added at basic prices - ESA code (B.1g)"/>
+    <s v="Euro Million"/>
+    <n v="533074"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="038"/>
+    <s v="52. Product taxes - ESA code (D.21)"/>
+    <s v="Euro Million"/>
+    <n v="31702"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="039"/>
+    <s v="53. Product subsidies - ESA code (D.31)"/>
+    <s v="Euro Million"/>
+    <n v="-1981"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="040"/>
+    <s v="54. Gross domestic product at current market prices - ESA code (B.1*g)"/>
+    <s v="Euro Million"/>
+    <n v="562794"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="041"/>
+    <s v="55. Net factor income from the rest of the world - ESA code (D.1 &amp; D.4) (net to abroad)"/>
+    <s v="Euro Million"/>
+    <n v="-140608"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="042"/>
+    <s v="56. Gross national product at current market prices"/>
+    <s v="Euro Million"/>
+    <n v="422186"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="043"/>
+    <s v="57. EU subsidies - ESA code (D.3)"/>
+    <s v="Euro Million"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="044"/>
+    <s v="58. EU taxes - ESA code (D.2)"/>
+    <s v="Euro Million"/>
+    <n v="-589"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="045"/>
+    <s v="59. Gross national income at current market prices - ESA code (B.5*g)"/>
+    <s v="Euro Million"/>
+    <n v="422827"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="046"/>
+    <s v="60. Provision for depreciation - ESA code (P.51c)"/>
+    <s v="Euro Million"/>
+    <n v="-134949"/>
+  </r>
+  <r>
+    <s v="NA005C01"/>
+    <s v="Gross Value Added at Basic Prices by Sector of Origin and Gross National Income at Current Market Prices"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="047"/>
+    <s v="61. Net National Income at current market prices - ESA code (B.5*n)"/>
+    <s v="Euro Million"/>
+    <n v="287878"/>
+  </r>
+</pivotCacheRecords>
 </file>