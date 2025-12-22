--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R718cd986d51c4910" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/64eb0fbaba254e0a91dc979664e36d26.psmdcp" Id="R2a56ee076af9496f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R148fb77cb2384080" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51fcd7d6694041739e840a42dbb0630d.psmdcp" Id="R07760cfe42d541a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>MWC01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Average and Median Domestic Metered Public Water Consumption</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/20/2023 11:00:00 AM</x:t>
+    <x:t>20/11/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/MWC01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>MWC</x:t>
   </x:si>
   <x:si>
     <x:t>Domestic Metered Water Consumption</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Josh O'Driscoll</x:t>
   </x:si>
@@ -664,579 +664,212 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...527 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03815V04565" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="48">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+      </items>
+    </pivotField>
+    <pivotField name="All Counties and Dublin Postal Districts" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="48">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H673" totalsRowShown="0">
   <x:autoFilter ref="A1:H673"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03815V04565"/>
     <x:tableColumn id="6" name="All Counties and Dublin Postal Districts"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1505,51 +1138,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/MWC01/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1736,51 +1369,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H673"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="43.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="37.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -19266,51 +18899,51 @@
       <x:c r="E673" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F673" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H673" s="0">
         <x:v>300</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -19327,51 +18960,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H673" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="MWC01C01"/>
         <x:s v="MWC01C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Mean consumption in litres per meter per day"/>
         <x:s v="Median consumption in litres per meter per day"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="7">
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
       </x:sharedItems>
     </x:cacheField>
@@ -19715,27 +19348,6748 @@
         <x:n v="281"/>
         <x:n v="260"/>
         <x:n v="267"/>
         <x:n v="221"/>
         <x:n v="219"/>
         <x:n v="288"/>
         <x:n v="285"/>
         <x:n v="240"/>
         <x:n v="280"/>
         <x:n v="271"/>
         <x:n v="269"/>
         <x:n v="321"/>
         <x:n v="239"/>
         <x:n v="303"/>
         <x:n v="317"/>
         <x:n v="301"/>
         <x:n v="208"/>
         <x:n v="222"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="litres"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="litres"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="litres"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="litres"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="litres"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="litres"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DNC"/>
+    <s v="Co. Dublin"/>
+    <s v="litres"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="litres"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="litres"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="litres"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="litres"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="litres"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="litres"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="litres"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="litres"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="litres"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="litres"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="litres"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="litres"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="litres"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="litres"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="litres"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="litres"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="litres"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="litres"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="litres"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="litres"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN01"/>
+    <s v="Dublin 1"/>
+    <s v="litres"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN02"/>
+    <s v="Dublin 2"/>
+    <s v="litres"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN03"/>
+    <s v="Dublin 3"/>
+    <s v="litres"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN04"/>
+    <s v="Dublin 4"/>
+    <s v="litres"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN05"/>
+    <s v="Dublin 5"/>
+    <s v="litres"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN06"/>
+    <s v="Dublin 6"/>
+    <s v="litres"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN06W"/>
+    <s v="Dublin 6W"/>
+    <s v="litres"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN07"/>
+    <s v="Dublin 7"/>
+    <s v="litres"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN08"/>
+    <s v="Dublin 8"/>
+    <s v="litres"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN09"/>
+    <s v="Dublin 9"/>
+    <s v="litres"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN11"/>
+    <s v="Dublin 11"/>
+    <s v="litres"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN12"/>
+    <s v="Dublin 12"/>
+    <s v="litres"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN13"/>
+    <s v="Dublin 13"/>
+    <s v="litres"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN14"/>
+    <s v="Dublin 14"/>
+    <s v="litres"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN15"/>
+    <s v="Dublin 15"/>
+    <s v="litres"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN16"/>
+    <s v="Dublin 16"/>
+    <s v="litres"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN17"/>
+    <s v="Dublin 17"/>
+    <s v="litres"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN18"/>
+    <s v="Dublin 18"/>
+    <s v="litres"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN20"/>
+    <s v="Dublin 20"/>
+    <s v="litres"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN22"/>
+    <s v="Dublin 22"/>
+    <s v="litres"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN24"/>
+    <s v="Dublin 24"/>
+    <s v="litres"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="litres"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="litres"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="litres"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="litres"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="litres"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="litres"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DNC"/>
+    <s v="Co. Dublin"/>
+    <s v="litres"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="litres"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="litres"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="litres"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="litres"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="litres"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="litres"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="litres"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="litres"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="litres"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="litres"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="litres"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="litres"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="litres"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="litres"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="litres"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="litres"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="litres"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="litres"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="litres"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="litres"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN01"/>
+    <s v="Dublin 1"/>
+    <s v="litres"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN02"/>
+    <s v="Dublin 2"/>
+    <s v="litres"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN03"/>
+    <s v="Dublin 3"/>
+    <s v="litres"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN04"/>
+    <s v="Dublin 4"/>
+    <s v="litres"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN05"/>
+    <s v="Dublin 5"/>
+    <s v="litres"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN06"/>
+    <s v="Dublin 6"/>
+    <s v="litres"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN06W"/>
+    <s v="Dublin 6W"/>
+    <s v="litres"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN07"/>
+    <s v="Dublin 7"/>
+    <s v="litres"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN08"/>
+    <s v="Dublin 8"/>
+    <s v="litres"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN09"/>
+    <s v="Dublin 9"/>
+    <s v="litres"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN11"/>
+    <s v="Dublin 11"/>
+    <s v="litres"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN12"/>
+    <s v="Dublin 12"/>
+    <s v="litres"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN13"/>
+    <s v="Dublin 13"/>
+    <s v="litres"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN14"/>
+    <s v="Dublin 14"/>
+    <s v="litres"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN15"/>
+    <s v="Dublin 15"/>
+    <s v="litres"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN16"/>
+    <s v="Dublin 16"/>
+    <s v="litres"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN17"/>
+    <s v="Dublin 17"/>
+    <s v="litres"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN18"/>
+    <s v="Dublin 18"/>
+    <s v="litres"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN20"/>
+    <s v="Dublin 20"/>
+    <s v="litres"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN22"/>
+    <s v="Dublin 22"/>
+    <s v="litres"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN24"/>
+    <s v="Dublin 24"/>
+    <s v="litres"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="litres"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="litres"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="litres"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="litres"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="litres"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="litres"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DNC"/>
+    <s v="Co. Dublin"/>
+    <s v="litres"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="litres"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="litres"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="litres"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="litres"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="litres"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="litres"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="litres"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="litres"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="litres"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="litres"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="litres"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="litres"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="litres"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="litres"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="litres"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="litres"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="litres"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="litres"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="litres"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="litres"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN01"/>
+    <s v="Dublin 1"/>
+    <s v="litres"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN02"/>
+    <s v="Dublin 2"/>
+    <s v="litres"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN03"/>
+    <s v="Dublin 3"/>
+    <s v="litres"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN04"/>
+    <s v="Dublin 4"/>
+    <s v="litres"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN05"/>
+    <s v="Dublin 5"/>
+    <s v="litres"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN06"/>
+    <s v="Dublin 6"/>
+    <s v="litres"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN06W"/>
+    <s v="Dublin 6W"/>
+    <s v="litres"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN07"/>
+    <s v="Dublin 7"/>
+    <s v="litres"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN08"/>
+    <s v="Dublin 8"/>
+    <s v="litres"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN09"/>
+    <s v="Dublin 9"/>
+    <s v="litres"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN11"/>
+    <s v="Dublin 11"/>
+    <s v="litres"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN12"/>
+    <s v="Dublin 12"/>
+    <s v="litres"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN13"/>
+    <s v="Dublin 13"/>
+    <s v="litres"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN14"/>
+    <s v="Dublin 14"/>
+    <s v="litres"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN15"/>
+    <s v="Dublin 15"/>
+    <s v="litres"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN16"/>
+    <s v="Dublin 16"/>
+    <s v="litres"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN17"/>
+    <s v="Dublin 17"/>
+    <s v="litres"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN18"/>
+    <s v="Dublin 18"/>
+    <s v="litres"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN20"/>
+    <s v="Dublin 20"/>
+    <s v="litres"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN22"/>
+    <s v="Dublin 22"/>
+    <s v="litres"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN24"/>
+    <s v="Dublin 24"/>
+    <s v="litres"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="litres"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="litres"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="litres"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="litres"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="litres"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="litres"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DNC"/>
+    <s v="Co. Dublin"/>
+    <s v="litres"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="litres"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="litres"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="litres"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="litres"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="litres"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="litres"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="litres"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="litres"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="litres"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="litres"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="litres"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="litres"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="litres"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="litres"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="litres"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="litres"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="litres"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="litres"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="litres"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="litres"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN01"/>
+    <s v="Dublin 1"/>
+    <s v="litres"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN02"/>
+    <s v="Dublin 2"/>
+    <s v="litres"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN03"/>
+    <s v="Dublin 3"/>
+    <s v="litres"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN04"/>
+    <s v="Dublin 4"/>
+    <s v="litres"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN05"/>
+    <s v="Dublin 5"/>
+    <s v="litres"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN06"/>
+    <s v="Dublin 6"/>
+    <s v="litres"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN06W"/>
+    <s v="Dublin 6W"/>
+    <s v="litres"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN07"/>
+    <s v="Dublin 7"/>
+    <s v="litres"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN08"/>
+    <s v="Dublin 8"/>
+    <s v="litres"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN09"/>
+    <s v="Dublin 9"/>
+    <s v="litres"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN11"/>
+    <s v="Dublin 11"/>
+    <s v="litres"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN12"/>
+    <s v="Dublin 12"/>
+    <s v="litres"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN13"/>
+    <s v="Dublin 13"/>
+    <s v="litres"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN14"/>
+    <s v="Dublin 14"/>
+    <s v="litres"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN15"/>
+    <s v="Dublin 15"/>
+    <s v="litres"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN16"/>
+    <s v="Dublin 16"/>
+    <s v="litres"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN17"/>
+    <s v="Dublin 17"/>
+    <s v="litres"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN18"/>
+    <s v="Dublin 18"/>
+    <s v="litres"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN20"/>
+    <s v="Dublin 20"/>
+    <s v="litres"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN22"/>
+    <s v="Dublin 22"/>
+    <s v="litres"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN24"/>
+    <s v="Dublin 24"/>
+    <s v="litres"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="litres"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="litres"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="litres"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="litres"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="litres"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="litres"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DNC"/>
+    <s v="Co. Dublin"/>
+    <s v="litres"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="litres"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="litres"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="litres"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="litres"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="litres"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="litres"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="litres"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="litres"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="litres"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="litres"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="litres"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="litres"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="litres"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="litres"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="litres"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="litres"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="litres"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="litres"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="litres"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="litres"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN01"/>
+    <s v="Dublin 1"/>
+    <s v="litres"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN02"/>
+    <s v="Dublin 2"/>
+    <s v="litres"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN03"/>
+    <s v="Dublin 3"/>
+    <s v="litres"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN04"/>
+    <s v="Dublin 4"/>
+    <s v="litres"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN05"/>
+    <s v="Dublin 5"/>
+    <s v="litres"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN06"/>
+    <s v="Dublin 6"/>
+    <s v="litres"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN06W"/>
+    <s v="Dublin 6W"/>
+    <s v="litres"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN07"/>
+    <s v="Dublin 7"/>
+    <s v="litres"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN08"/>
+    <s v="Dublin 8"/>
+    <s v="litres"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN09"/>
+    <s v="Dublin 9"/>
+    <s v="litres"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN11"/>
+    <s v="Dublin 11"/>
+    <s v="litres"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN12"/>
+    <s v="Dublin 12"/>
+    <s v="litres"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN13"/>
+    <s v="Dublin 13"/>
+    <s v="litres"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN14"/>
+    <s v="Dublin 14"/>
+    <s v="litres"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN15"/>
+    <s v="Dublin 15"/>
+    <s v="litres"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN16"/>
+    <s v="Dublin 16"/>
+    <s v="litres"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN17"/>
+    <s v="Dublin 17"/>
+    <s v="litres"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN18"/>
+    <s v="Dublin 18"/>
+    <s v="litres"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN20"/>
+    <s v="Dublin 20"/>
+    <s v="litres"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN22"/>
+    <s v="Dublin 22"/>
+    <s v="litres"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN24"/>
+    <s v="Dublin 24"/>
+    <s v="litres"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="litres"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="litres"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="litres"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="litres"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="litres"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="litres"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DNC"/>
+    <s v="Co. Dublin"/>
+    <s v="litres"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="litres"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="litres"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="litres"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="litres"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="litres"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="litres"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="litres"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="litres"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="litres"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="litres"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="litres"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="litres"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="litres"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="litres"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="litres"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="litres"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="litres"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="litres"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="litres"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="litres"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN01"/>
+    <s v="Dublin 1"/>
+    <s v="litres"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN02"/>
+    <s v="Dublin 2"/>
+    <s v="litres"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN03"/>
+    <s v="Dublin 3"/>
+    <s v="litres"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN04"/>
+    <s v="Dublin 4"/>
+    <s v="litres"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN05"/>
+    <s v="Dublin 5"/>
+    <s v="litres"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN06"/>
+    <s v="Dublin 6"/>
+    <s v="litres"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN06W"/>
+    <s v="Dublin 6W"/>
+    <s v="litres"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN07"/>
+    <s v="Dublin 7"/>
+    <s v="litres"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN08"/>
+    <s v="Dublin 8"/>
+    <s v="litres"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN09"/>
+    <s v="Dublin 9"/>
+    <s v="litres"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN11"/>
+    <s v="Dublin 11"/>
+    <s v="litres"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN12"/>
+    <s v="Dublin 12"/>
+    <s v="litres"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN13"/>
+    <s v="Dublin 13"/>
+    <s v="litres"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN14"/>
+    <s v="Dublin 14"/>
+    <s v="litres"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN15"/>
+    <s v="Dublin 15"/>
+    <s v="litres"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN16"/>
+    <s v="Dublin 16"/>
+    <s v="litres"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN17"/>
+    <s v="Dublin 17"/>
+    <s v="litres"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN18"/>
+    <s v="Dublin 18"/>
+    <s v="litres"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN20"/>
+    <s v="Dublin 20"/>
+    <s v="litres"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN22"/>
+    <s v="Dublin 22"/>
+    <s v="litres"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN24"/>
+    <s v="Dublin 24"/>
+    <s v="litres"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="litres"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="litres"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="litres"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="litres"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="litres"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="litres"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DNC"/>
+    <s v="Co. Dublin"/>
+    <s v="litres"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="litres"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="litres"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="litres"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="litres"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="litres"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="litres"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="litres"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="litres"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="litres"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="litres"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="litres"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="litres"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="litres"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="litres"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="litres"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="litres"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="litres"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="litres"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="litres"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="litres"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN01"/>
+    <s v="Dublin 1"/>
+    <s v="litres"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN02"/>
+    <s v="Dublin 2"/>
+    <s v="litres"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN03"/>
+    <s v="Dublin 3"/>
+    <s v="litres"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN04"/>
+    <s v="Dublin 4"/>
+    <s v="litres"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN05"/>
+    <s v="Dublin 5"/>
+    <s v="litres"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN06"/>
+    <s v="Dublin 6"/>
+    <s v="litres"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN06W"/>
+    <s v="Dublin 6W"/>
+    <s v="litres"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN07"/>
+    <s v="Dublin 7"/>
+    <s v="litres"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN08"/>
+    <s v="Dublin 8"/>
+    <s v="litres"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN09"/>
+    <s v="Dublin 9"/>
+    <s v="litres"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN11"/>
+    <s v="Dublin 11"/>
+    <s v="litres"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN12"/>
+    <s v="Dublin 12"/>
+    <s v="litres"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN13"/>
+    <s v="Dublin 13"/>
+    <s v="litres"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN14"/>
+    <s v="Dublin 14"/>
+    <s v="litres"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN15"/>
+    <s v="Dublin 15"/>
+    <s v="litres"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN16"/>
+    <s v="Dublin 16"/>
+    <s v="litres"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN17"/>
+    <s v="Dublin 17"/>
+    <s v="litres"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN18"/>
+    <s v="Dublin 18"/>
+    <s v="litres"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN20"/>
+    <s v="Dublin 20"/>
+    <s v="litres"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN22"/>
+    <s v="Dublin 22"/>
+    <s v="litres"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="MWC01C01"/>
+    <s v="Mean consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN24"/>
+    <s v="Dublin 24"/>
+    <s v="litres"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="litres"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="litres"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="litres"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="litres"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="litres"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="litres"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DNC"/>
+    <s v="Co. Dublin"/>
+    <s v="litres"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="litres"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="litres"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="litres"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="litres"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="litres"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="litres"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="litres"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="litres"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="litres"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="litres"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="litres"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="litres"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="litres"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="litres"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="litres"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="litres"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="litres"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="litres"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="litres"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="litres"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN01"/>
+    <s v="Dublin 1"/>
+    <s v="litres"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN02"/>
+    <s v="Dublin 2"/>
+    <s v="litres"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN03"/>
+    <s v="Dublin 3"/>
+    <s v="litres"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN04"/>
+    <s v="Dublin 4"/>
+    <s v="litres"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN05"/>
+    <s v="Dublin 5"/>
+    <s v="litres"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN06"/>
+    <s v="Dublin 6"/>
+    <s v="litres"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN06W"/>
+    <s v="Dublin 6W"/>
+    <s v="litres"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN07"/>
+    <s v="Dublin 7"/>
+    <s v="litres"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN08"/>
+    <s v="Dublin 8"/>
+    <s v="litres"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN09"/>
+    <s v="Dublin 9"/>
+    <s v="litres"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN11"/>
+    <s v="Dublin 11"/>
+    <s v="litres"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN12"/>
+    <s v="Dublin 12"/>
+    <s v="litres"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN13"/>
+    <s v="Dublin 13"/>
+    <s v="litres"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN14"/>
+    <s v="Dublin 14"/>
+    <s v="litres"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN15"/>
+    <s v="Dublin 15"/>
+    <s v="litres"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN16"/>
+    <s v="Dublin 16"/>
+    <s v="litres"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN17"/>
+    <s v="Dublin 17"/>
+    <s v="litres"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN18"/>
+    <s v="Dublin 18"/>
+    <s v="litres"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN20"/>
+    <s v="Dublin 20"/>
+    <s v="litres"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN22"/>
+    <s v="Dublin 22"/>
+    <s v="litres"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="DN24"/>
+    <s v="Dublin 24"/>
+    <s v="litres"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="litres"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="litres"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="litres"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="litres"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="litres"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="litres"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DNC"/>
+    <s v="Co. Dublin"/>
+    <s v="litres"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="litres"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="litres"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="litres"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="litres"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="litres"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="litres"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="litres"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="litres"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="litres"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="litres"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="litres"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="litres"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="litres"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="litres"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="litres"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="litres"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="litres"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="litres"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="litres"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="litres"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN01"/>
+    <s v="Dublin 1"/>
+    <s v="litres"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN02"/>
+    <s v="Dublin 2"/>
+    <s v="litres"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN03"/>
+    <s v="Dublin 3"/>
+    <s v="litres"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN04"/>
+    <s v="Dublin 4"/>
+    <s v="litres"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN05"/>
+    <s v="Dublin 5"/>
+    <s v="litres"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN06"/>
+    <s v="Dublin 6"/>
+    <s v="litres"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN06W"/>
+    <s v="Dublin 6W"/>
+    <s v="litres"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN07"/>
+    <s v="Dublin 7"/>
+    <s v="litres"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN08"/>
+    <s v="Dublin 8"/>
+    <s v="litres"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN09"/>
+    <s v="Dublin 9"/>
+    <s v="litres"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN11"/>
+    <s v="Dublin 11"/>
+    <s v="litres"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN12"/>
+    <s v="Dublin 12"/>
+    <s v="litres"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN13"/>
+    <s v="Dublin 13"/>
+    <s v="litres"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN14"/>
+    <s v="Dublin 14"/>
+    <s v="litres"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN15"/>
+    <s v="Dublin 15"/>
+    <s v="litres"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN16"/>
+    <s v="Dublin 16"/>
+    <s v="litres"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN17"/>
+    <s v="Dublin 17"/>
+    <s v="litres"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN18"/>
+    <s v="Dublin 18"/>
+    <s v="litres"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN20"/>
+    <s v="Dublin 20"/>
+    <s v="litres"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN22"/>
+    <s v="Dublin 22"/>
+    <s v="litres"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DN24"/>
+    <s v="Dublin 24"/>
+    <s v="litres"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="litres"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="litres"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="litres"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="litres"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="litres"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="litres"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DNC"/>
+    <s v="Co. Dublin"/>
+    <s v="litres"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="litres"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="litres"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="litres"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="litres"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="litres"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="litres"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="litres"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="litres"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="litres"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="litres"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="litres"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="litres"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="litres"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="litres"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="litres"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="litres"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="litres"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="litres"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="litres"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="litres"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN01"/>
+    <s v="Dublin 1"/>
+    <s v="litres"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN02"/>
+    <s v="Dublin 2"/>
+    <s v="litres"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN03"/>
+    <s v="Dublin 3"/>
+    <s v="litres"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN04"/>
+    <s v="Dublin 4"/>
+    <s v="litres"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN05"/>
+    <s v="Dublin 5"/>
+    <s v="litres"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN06"/>
+    <s v="Dublin 6"/>
+    <s v="litres"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN06W"/>
+    <s v="Dublin 6W"/>
+    <s v="litres"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN07"/>
+    <s v="Dublin 7"/>
+    <s v="litres"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN08"/>
+    <s v="Dublin 8"/>
+    <s v="litres"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN09"/>
+    <s v="Dublin 9"/>
+    <s v="litres"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN11"/>
+    <s v="Dublin 11"/>
+    <s v="litres"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN12"/>
+    <s v="Dublin 12"/>
+    <s v="litres"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN13"/>
+    <s v="Dublin 13"/>
+    <s v="litres"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN14"/>
+    <s v="Dublin 14"/>
+    <s v="litres"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN15"/>
+    <s v="Dublin 15"/>
+    <s v="litres"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN16"/>
+    <s v="Dublin 16"/>
+    <s v="litres"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN17"/>
+    <s v="Dublin 17"/>
+    <s v="litres"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN18"/>
+    <s v="Dublin 18"/>
+    <s v="litres"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN20"/>
+    <s v="Dublin 20"/>
+    <s v="litres"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN22"/>
+    <s v="Dublin 22"/>
+    <s v="litres"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DN24"/>
+    <s v="Dublin 24"/>
+    <s v="litres"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="litres"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="litres"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="litres"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="litres"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="litres"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="litres"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DNC"/>
+    <s v="Co. Dublin"/>
+    <s v="litres"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="litres"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="litres"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="litres"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="litres"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="litres"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="litres"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="litres"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="litres"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="litres"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="litres"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="litres"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="litres"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="litres"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="litres"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="litres"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="litres"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="litres"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="litres"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="litres"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="litres"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN01"/>
+    <s v="Dublin 1"/>
+    <s v="litres"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN02"/>
+    <s v="Dublin 2"/>
+    <s v="litres"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN03"/>
+    <s v="Dublin 3"/>
+    <s v="litres"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN04"/>
+    <s v="Dublin 4"/>
+    <s v="litres"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN05"/>
+    <s v="Dublin 5"/>
+    <s v="litres"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN06"/>
+    <s v="Dublin 6"/>
+    <s v="litres"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN06W"/>
+    <s v="Dublin 6W"/>
+    <s v="litres"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN07"/>
+    <s v="Dublin 7"/>
+    <s v="litres"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN08"/>
+    <s v="Dublin 8"/>
+    <s v="litres"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN09"/>
+    <s v="Dublin 9"/>
+    <s v="litres"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN11"/>
+    <s v="Dublin 11"/>
+    <s v="litres"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN12"/>
+    <s v="Dublin 12"/>
+    <s v="litres"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN13"/>
+    <s v="Dublin 13"/>
+    <s v="litres"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN14"/>
+    <s v="Dublin 14"/>
+    <s v="litres"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN15"/>
+    <s v="Dublin 15"/>
+    <s v="litres"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN16"/>
+    <s v="Dublin 16"/>
+    <s v="litres"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN17"/>
+    <s v="Dublin 17"/>
+    <s v="litres"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN18"/>
+    <s v="Dublin 18"/>
+    <s v="litres"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN20"/>
+    <s v="Dublin 20"/>
+    <s v="litres"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN22"/>
+    <s v="Dublin 22"/>
+    <s v="litres"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DN24"/>
+    <s v="Dublin 24"/>
+    <s v="litres"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="litres"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="litres"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="litres"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="litres"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="litres"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="litres"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DNC"/>
+    <s v="Co. Dublin"/>
+    <s v="litres"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="litres"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="litres"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="litres"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="litres"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="litres"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="litres"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="litres"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="litres"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="litres"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="litres"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="litres"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="litres"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="litres"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="litres"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="litres"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="litres"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="litres"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="litres"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="litres"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="litres"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN01"/>
+    <s v="Dublin 1"/>
+    <s v="litres"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN02"/>
+    <s v="Dublin 2"/>
+    <s v="litres"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN03"/>
+    <s v="Dublin 3"/>
+    <s v="litres"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN04"/>
+    <s v="Dublin 4"/>
+    <s v="litres"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN05"/>
+    <s v="Dublin 5"/>
+    <s v="litres"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN06"/>
+    <s v="Dublin 6"/>
+    <s v="litres"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN06W"/>
+    <s v="Dublin 6W"/>
+    <s v="litres"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN07"/>
+    <s v="Dublin 7"/>
+    <s v="litres"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN08"/>
+    <s v="Dublin 8"/>
+    <s v="litres"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN09"/>
+    <s v="Dublin 9"/>
+    <s v="litres"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN11"/>
+    <s v="Dublin 11"/>
+    <s v="litres"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN12"/>
+    <s v="Dublin 12"/>
+    <s v="litres"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN13"/>
+    <s v="Dublin 13"/>
+    <s v="litres"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN14"/>
+    <s v="Dublin 14"/>
+    <s v="litres"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN15"/>
+    <s v="Dublin 15"/>
+    <s v="litres"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN16"/>
+    <s v="Dublin 16"/>
+    <s v="litres"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN17"/>
+    <s v="Dublin 17"/>
+    <s v="litres"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN18"/>
+    <s v="Dublin 18"/>
+    <s v="litres"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN20"/>
+    <s v="Dublin 20"/>
+    <s v="litres"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN22"/>
+    <s v="Dublin 22"/>
+    <s v="litres"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DN24"/>
+    <s v="Dublin 24"/>
+    <s v="litres"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="litres"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="litres"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="litres"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="litres"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="litres"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="litres"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DNC"/>
+    <s v="Co. Dublin"/>
+    <s v="litres"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="litres"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="litres"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="litres"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="litres"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="litres"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="litres"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="litres"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="litres"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="litres"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="litres"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="litres"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="litres"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="litres"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="litres"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="litres"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="litres"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="litres"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="litres"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="litres"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="litres"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN01"/>
+    <s v="Dublin 1"/>
+    <s v="litres"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN02"/>
+    <s v="Dublin 2"/>
+    <s v="litres"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN03"/>
+    <s v="Dublin 3"/>
+    <s v="litres"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN04"/>
+    <s v="Dublin 4"/>
+    <s v="litres"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN05"/>
+    <s v="Dublin 5"/>
+    <s v="litres"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN06"/>
+    <s v="Dublin 6"/>
+    <s v="litres"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN06W"/>
+    <s v="Dublin 6W"/>
+    <s v="litres"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN07"/>
+    <s v="Dublin 7"/>
+    <s v="litres"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN08"/>
+    <s v="Dublin 8"/>
+    <s v="litres"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN09"/>
+    <s v="Dublin 9"/>
+    <s v="litres"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN11"/>
+    <s v="Dublin 11"/>
+    <s v="litres"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN12"/>
+    <s v="Dublin 12"/>
+    <s v="litres"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN13"/>
+    <s v="Dublin 13"/>
+    <s v="litres"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN14"/>
+    <s v="Dublin 14"/>
+    <s v="litres"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN15"/>
+    <s v="Dublin 15"/>
+    <s v="litres"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN16"/>
+    <s v="Dublin 16"/>
+    <s v="litres"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN17"/>
+    <s v="Dublin 17"/>
+    <s v="litres"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN18"/>
+    <s v="Dublin 18"/>
+    <s v="litres"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN20"/>
+    <s v="Dublin 20"/>
+    <s v="litres"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN22"/>
+    <s v="Dublin 22"/>
+    <s v="litres"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DN24"/>
+    <s v="Dublin 24"/>
+    <s v="litres"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All Counties"/>
+    <s v="litres"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="litres"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="litres"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="litres"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="litres"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="litres"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DNC"/>
+    <s v="Co. Dublin"/>
+    <s v="litres"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="litres"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="litres"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="litres"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="litres"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="litres"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="litres"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="litres"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="litres"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="litres"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="litres"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="litres"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="litres"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="litres"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="litres"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="litres"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="litres"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="litres"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="litres"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="litres"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="litres"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN01"/>
+    <s v="Dublin 1"/>
+    <s v="litres"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN02"/>
+    <s v="Dublin 2"/>
+    <s v="litres"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN03"/>
+    <s v="Dublin 3"/>
+    <s v="litres"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN04"/>
+    <s v="Dublin 4"/>
+    <s v="litres"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN05"/>
+    <s v="Dublin 5"/>
+    <s v="litres"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN06"/>
+    <s v="Dublin 6"/>
+    <s v="litres"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN06W"/>
+    <s v="Dublin 6W"/>
+    <s v="litres"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN07"/>
+    <s v="Dublin 7"/>
+    <s v="litres"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN08"/>
+    <s v="Dublin 8"/>
+    <s v="litres"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN09"/>
+    <s v="Dublin 9"/>
+    <s v="litres"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN11"/>
+    <s v="Dublin 11"/>
+    <s v="litres"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN12"/>
+    <s v="Dublin 12"/>
+    <s v="litres"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN13"/>
+    <s v="Dublin 13"/>
+    <s v="litres"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN14"/>
+    <s v="Dublin 14"/>
+    <s v="litres"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN15"/>
+    <s v="Dublin 15"/>
+    <s v="litres"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN16"/>
+    <s v="Dublin 16"/>
+    <s v="litres"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN17"/>
+    <s v="Dublin 17"/>
+    <s v="litres"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN18"/>
+    <s v="Dublin 18"/>
+    <s v="litres"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN20"/>
+    <s v="Dublin 20"/>
+    <s v="litres"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN22"/>
+    <s v="Dublin 22"/>
+    <s v="litres"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="MWC01C02"/>
+    <s v="Median consumption in litres per meter per day"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DN24"/>
+    <s v="Dublin 24"/>
+    <s v="litres"/>
+    <n v="300"/>
+  </r>
+</pivotCacheRecords>
 </file>