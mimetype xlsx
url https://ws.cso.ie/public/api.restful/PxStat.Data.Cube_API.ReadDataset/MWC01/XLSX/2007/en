--- v1 (2025-12-22)
+++ v2 (2026-02-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R148fb77cb2384080" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51fcd7d6694041739e840a42dbb0630d.psmdcp" Id="R07760cfe42d541a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a6008d1fa044ea7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0d8572e76dda442c9c94da0fbc945135.psmdcp" Id="R18b6e0c08e734078" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>