--- v2 (2026-02-06)
+++ v3 (2026-03-25)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a6008d1fa044ea7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0d8572e76dda442c9c94da0fbc945135.psmdcp" Id="R18b6e0c08e734078" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdc32df6f7a24755" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2917a4b11d0a4a86a37628b6446cab79.psmdcp" Id="Rdf5cc746308d4096" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>