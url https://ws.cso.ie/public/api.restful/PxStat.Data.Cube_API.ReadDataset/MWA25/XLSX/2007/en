--- v0 (2025-10-05)
+++ v1 (2025-12-04)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6224e38c852e4cba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/05f1f6f77cd94660ac7f6ea8005b731d.psmdcp" Id="Rc8de1c647f7c483a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07d7a3a066e64648" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/606b8ac14fb24608a11c45935a7ec2c2.psmdcp" Id="Rc6a58f9fb49949aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>MWA25</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Employees aged 15 years and over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>12/1/2020 11:00:00 AM</x:t>
+    <x:t>01/12/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/MWA25/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>LFSNMW</x:t>
   </x:si>
   <x:si>
     <x:t>Labour Force Survey National Minimum Wage Estimates</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Colin Hanley</x:t>
   </x:si>
@@ -308,50 +308,53 @@
   <x:si>
     <x:t>07</x:t>
   </x:si>
   <x:si>
     <x:t>Total employees</x:t>
   </x:si>
   <x:si>
     <x:t>01</x:t>
   </x:si>
   <x:si>
     <x:t>Irish nationals</x:t>
   </x:si>
   <x:si>
     <x:t>02</x:t>
   </x:si>
   <x:si>
     <x:t>Non-Irish nationals</x:t>
   </x:si>
   <x:si>
     <x:t>03</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>EU 15 excl. Irl. &amp; UK</x:t>
   </x:si>
   <x:si>
     <x:t>EU15 to EU28</x:t>
   </x:si>
   <x:si>
     <x:t>Other nationals</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -496,355 +499,162 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02524V03056" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03554V04291" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="NMW earnings status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J421" totalsRowShown="0">
   <x:autoFilter ref="A1:J421"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02524V03056"/>
     <x:tableColumn id="4" name="Nationality"/>
     <x:tableColumn id="5" name="C03554V04291"/>
     <x:tableColumn id="6" name="NMW earnings status"/>
     <x:tableColumn id="7" name="TLIST(Q1)"/>
     <x:tableColumn id="8" name="Quarter"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1115,51 +925,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/MWA25/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1346,51 +1156,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J421"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="31.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="18.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="59.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.853482" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -7188,456 +6998,501 @@
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H182" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I182" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J182" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="183" spans="1:10">
       <x:c r="A183" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J183" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="184" spans="1:10">
       <x:c r="A184" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J184" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="185" spans="1:10">
       <x:c r="A185" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J185" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="186" spans="1:10">
       <x:c r="A186" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H186" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J186" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="187" spans="1:10">
       <x:c r="A187" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J187" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="188" spans="1:10">
       <x:c r="A188" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J188" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="189" spans="1:10">
       <x:c r="A189" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J189" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="190" spans="1:10">
       <x:c r="A190" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H190" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J190" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="191" spans="1:10">
       <x:c r="A191" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J191" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="192" spans="1:10">
       <x:c r="A192" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H192" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I192" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J192" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="193" spans="1:10">
       <x:c r="A193" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J193" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="194" spans="1:10">
       <x:c r="A194" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H194" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J194" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="195" spans="1:10">
       <x:c r="A195" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I195" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J195" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="196" spans="1:10">
       <x:c r="A196" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J196" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="197" spans="1:10">
       <x:c r="A197" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>53</x:v>
@@ -8135,427 +7990,469 @@
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I213" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J213" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="214" spans="1:10">
       <x:c r="A214" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I214" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J214" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="215" spans="1:10">
       <x:c r="A215" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I215" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J215" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="216" spans="1:10">
       <x:c r="A216" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I216" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J216" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="217" spans="1:10">
       <x:c r="A217" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J217" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="218" spans="1:10">
       <x:c r="A218" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J218" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="219" spans="1:10">
       <x:c r="A219" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J219" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="220" spans="1:10">
       <x:c r="A220" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J220" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="221" spans="1:10">
       <x:c r="A221" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J221" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="222" spans="1:10">
       <x:c r="A222" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I222" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J222" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="223" spans="1:10">
       <x:c r="A223" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J223" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="224" spans="1:10">
       <x:c r="A224" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J224" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="225" spans="1:10">
       <x:c r="A225" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J225" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="226" spans="1:10">
       <x:c r="A226" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I226" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J226" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="227" spans="1:10">
       <x:c r="A227" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>53</x:v>
@@ -9004,5725 +8901,5812 @@
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I241" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J241" s="0">
         <x:v>51.3</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:10">
       <x:c r="A242" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H242" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I242" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J242" s="0">
         <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:10">
       <x:c r="A243" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I243" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J243" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="244" spans="1:10">
       <x:c r="A244" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H244" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I244" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J244" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="245" spans="1:10">
       <x:c r="A245" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I245" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J245" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="246" spans="1:10">
       <x:c r="A246" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H246" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I246" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J246" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="247" spans="1:10">
       <x:c r="A247" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I247" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J247" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="248" spans="1:10">
       <x:c r="A248" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H248" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I248" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J248" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="249" spans="1:10">
       <x:c r="A249" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I249" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J249" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="250" spans="1:10">
       <x:c r="A250" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H250" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I250" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J250" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="251" spans="1:10">
       <x:c r="A251" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I251" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J251" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="252" spans="1:10">
       <x:c r="A252" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H252" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I252" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J252" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="253" spans="1:10">
       <x:c r="A253" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I253" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J253" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="254" spans="1:10">
       <x:c r="A254" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H254" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I254" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J254" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="255" spans="1:10">
       <x:c r="A255" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I255" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J255" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="256" spans="1:10">
       <x:c r="A256" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H256" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I256" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J256" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="257" spans="1:10">
       <x:c r="A257" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I257" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J257" s="0">
         <x:v>33.2</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:10">
       <x:c r="A258" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H258" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I258" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J258" s="0">
         <x:v>34.1</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:10">
       <x:c r="A259" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I259" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J259" s="0">
         <x:v>33.8</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:10">
       <x:c r="A260" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H260" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I260" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J260" s="0">
         <x:v>36.9</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:10">
       <x:c r="A261" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I261" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J261" s="0">
         <x:v>38.1</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:10">
       <x:c r="A262" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H262" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I262" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J262" s="0">
         <x:v>39.2</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:10">
       <x:c r="A263" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I263" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J263" s="0">
         <x:v>40.9</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:10">
       <x:c r="A264" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H264" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I264" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J264" s="0">
         <x:v>42.3</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:10">
       <x:c r="A265" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I265" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J265" s="0">
         <x:v>46.4</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:10">
       <x:c r="A266" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I266" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J266" s="0">
         <x:v>48.4</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:10">
       <x:c r="A267" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I267" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J267" s="0">
         <x:v>52.4</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:10">
       <x:c r="A268" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H268" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I268" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J268" s="0">
         <x:v>48.8</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:10">
       <x:c r="A269" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I269" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J269" s="0">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:10">
       <x:c r="A270" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H270" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I270" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J270" s="0">
         <x:v>51.5</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:10">
       <x:c r="A271" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J271" s="0">
         <x:v>52.2</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:10">
       <x:c r="A272" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H272" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I272" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J272" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="273" spans="1:10">
       <x:c r="A273" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I273" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J273" s="0">
         <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:10">
       <x:c r="A274" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H274" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I274" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J274" s="0">
         <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:10">
       <x:c r="A275" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I275" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J275" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="276" spans="1:10">
       <x:c r="A276" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H276" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I276" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J276" s="0">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:10">
       <x:c r="A277" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I277" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J277" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="278" spans="1:10">
       <x:c r="A278" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H278" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I278" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J278" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="279" spans="1:10">
       <x:c r="A279" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I279" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J279" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="280" spans="1:10">
       <x:c r="A280" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H280" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I280" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J280" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="281" spans="1:10">
       <x:c r="A281" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I281" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J281" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="282" spans="1:10">
       <x:c r="A282" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H282" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I282" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J282" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="283" spans="1:10">
       <x:c r="A283" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I283" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J283" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="284" spans="1:10">
       <x:c r="A284" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H284" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I284" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J284" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="285" spans="1:10">
       <x:c r="A285" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I285" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J285" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="286" spans="1:10">
       <x:c r="A286" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H286" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I286" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J286" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="287" spans="1:10">
       <x:c r="A287" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I287" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J287" s="0">
         <x:v>41.1</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:10">
       <x:c r="A288" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H288" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I288" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J288" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:10">
       <x:c r="A289" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I289" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J289" s="0">
         <x:v>41.6</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:10">
       <x:c r="A290" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H290" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I290" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J290" s="0">
         <x:v>43.4</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:10">
       <x:c r="A291" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I291" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J291" s="0">
         <x:v>45.9</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:10">
       <x:c r="A292" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H292" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I292" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J292" s="0">
         <x:v>45.8</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:10">
       <x:c r="A293" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I293" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J293" s="0">
         <x:v>48.6</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:10">
       <x:c r="A294" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H294" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I294" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J294" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:10">
       <x:c r="A295" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I295" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J295" s="0">
         <x:v>52.5</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:10">
       <x:c r="A296" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H296" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I296" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J296" s="0">
         <x:v>51.9</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:10">
       <x:c r="A297" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I297" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J297" s="0">
         <x:v>57.7</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:10">
       <x:c r="A298" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H298" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I298" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J298" s="0">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:10">
       <x:c r="A299" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I299" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J299" s="0">
         <x:v>54.6</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:10">
       <x:c r="A300" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H300" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I300" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J300" s="0">
         <x:v>54.4</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:10">
       <x:c r="A301" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I301" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J301" s="0">
         <x:v>57.6</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:10">
       <x:c r="A302" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H302" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I302" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J302" s="0">
         <x:v>22.6</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:10">
       <x:c r="A303" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I303" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J303" s="0">
         <x:v>18.9</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:10">
       <x:c r="A304" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H304" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I304" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J304" s="0">
         <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:10">
       <x:c r="A305" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I305" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J305" s="0">
         <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:10">
       <x:c r="A306" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H306" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I306" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J306" s="0">
         <x:v>14.5</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:10">
       <x:c r="A307" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I307" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J307" s="0">
         <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:10">
       <x:c r="A308" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H308" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I308" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J308" s="0">
         <x:v>14.1</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:10">
       <x:c r="A309" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I309" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J309" s="0">
         <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:10">
       <x:c r="A310" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H310" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I310" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J310" s="0">
         <x:v>14.6</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:10">
       <x:c r="A311" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I311" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J311" s="0">
         <x:v>14.4</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:10">
       <x:c r="A312" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H312" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I312" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J312" s="0">
         <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:10">
       <x:c r="A313" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I313" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J313" s="0">
         <x:v>13.1</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:10">
       <x:c r="A314" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H314" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I314" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J314" s="0">
         <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:10">
       <x:c r="A315" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I315" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J315" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:10">
       <x:c r="A316" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H316" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I316" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J316" s="0">
         <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:10">
       <x:c r="A317" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I317" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J317" s="0">
         <x:v>87.6</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:10">
       <x:c r="A318" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H318" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I318" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J318" s="0">
         <x:v>88.5</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:10">
       <x:c r="A319" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I319" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J319" s="0">
         <x:v>93.3</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:10">
       <x:c r="A320" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H320" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I320" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J320" s="0">
         <x:v>91.8</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:10">
       <x:c r="A321" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I321" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J321" s="0">
         <x:v>96.4</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:10">
       <x:c r="A322" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H322" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I322" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J322" s="0">
         <x:v>98.8</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:10">
       <x:c r="A323" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I323" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J323" s="0">
         <x:v>96.8</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:10">
       <x:c r="A324" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H324" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I324" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J324" s="0">
         <x:v>95.1</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:10">
       <x:c r="A325" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I325" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J325" s="0">
         <x:v>99.8</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:10">
       <x:c r="A326" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H326" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I326" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J326" s="0">
         <x:v>98.8</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:10">
       <x:c r="A327" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I327" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J327" s="0">
         <x:v>102.9</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:10">
       <x:c r="A328" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H328" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I328" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J328" s="0">
         <x:v>95.6</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:10">
       <x:c r="A329" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I329" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J329" s="0">
         <x:v>98.2</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:10">
       <x:c r="A330" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H330" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I330" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J330" s="0">
         <x:v>108.3</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:10">
       <x:c r="A331" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I331" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J331" s="0">
         <x:v>112.1</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:10">
       <x:c r="A332" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H332" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I332" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J332" s="0">
         <x:v>12.7</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:10">
       <x:c r="A333" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I333" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J333" s="0">
         <x:v>15.7</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:10">
       <x:c r="A334" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H334" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I334" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J334" s="0">
         <x:v>13.3</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:10">
       <x:c r="A335" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I335" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J335" s="0">
         <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:10">
       <x:c r="A336" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H336" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I336" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J336" s="0">
         <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:10">
       <x:c r="A337" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I337" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J337" s="0">
         <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:10">
       <x:c r="A338" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H338" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I338" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J338" s="0">
         <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:10">
       <x:c r="A339" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I339" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J339" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:10">
       <x:c r="A340" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H340" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I340" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J340" s="0">
         <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:10">
       <x:c r="A341" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I341" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J341" s="0">
         <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:10">
       <x:c r="A342" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H342" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I342" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J342" s="0">
         <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:10">
       <x:c r="A343" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I343" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J343" s="0">
         <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:10">
       <x:c r="A344" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H344" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I344" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J344" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="345" spans="1:10">
       <x:c r="A345" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I345" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J345" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:10">
       <x:c r="A346" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H346" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I346" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J346" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="347" spans="1:10">
       <x:c r="A347" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I347" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J347" s="0">
         <x:v>122.9</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:10">
       <x:c r="A348" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H348" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I348" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J348" s="0">
         <x:v>123.1</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:10">
       <x:c r="A349" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I349" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J349" s="0">
         <x:v>124.3</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:10">
       <x:c r="A350" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H350" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I350" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J350" s="0">
         <x:v>122.3</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:10">
       <x:c r="A351" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I351" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J351" s="0">
         <x:v>121.8</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:10">
       <x:c r="A352" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H352" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I352" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J352" s="0">
         <x:v>124.4</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:10">
       <x:c r="A353" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I353" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J353" s="0">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:10">
       <x:c r="A354" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H354" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I354" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J354" s="0">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:10">
       <x:c r="A355" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I355" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J355" s="0">
         <x:v>121.9</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:10">
       <x:c r="A356" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H356" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I356" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J356" s="0">
         <x:v>123.5</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:10">
       <x:c r="A357" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I357" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J357" s="0">
         <x:v>121.9</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:10">
       <x:c r="A358" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H358" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I358" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J358" s="0">
         <x:v>119.1</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:10">
       <x:c r="A359" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I359" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J359" s="0">
         <x:v>112.8</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:10">
       <x:c r="A360" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H360" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I360" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J360" s="0">
         <x:v>123.3</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:10">
       <x:c r="A361" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I361" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J361" s="0">
         <x:v>123.2</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:10">
       <x:c r="A362" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H362" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I362" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J362" s="0">
         <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:10">
       <x:c r="A363" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I363" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J363" s="0">
         <x:v>16.3</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:10">
       <x:c r="A364" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H364" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I364" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J364" s="0">
         <x:v>15.7</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:10">
       <x:c r="A365" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I365" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J365" s="0">
         <x:v>12.5</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:10">
       <x:c r="A366" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H366" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I366" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J366" s="0">
         <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:10">
       <x:c r="A367" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I367" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J367" s="0">
         <x:v>14.7</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:10">
       <x:c r="A368" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H368" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I368" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J368" s="0">
         <x:v>15.7</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:10">
       <x:c r="A369" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I369" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J369" s="0">
         <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:10">
       <x:c r="A370" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H370" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I370" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J370" s="0">
         <x:v>9.7</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:10">
       <x:c r="A371" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I371" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J371" s="0">
         <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:10">
       <x:c r="A372" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H372" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I372" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J372" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:10">
       <x:c r="A373" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I373" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J373" s="0">
         <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:10">
       <x:c r="A374" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H374" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I374" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J374" s="0">
         <x:v>14.1</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:10">
       <x:c r="A375" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I375" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J375" s="0">
         <x:v>12.4</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:10">
       <x:c r="A376" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H376" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I376" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J376" s="0">
         <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:10">
       <x:c r="A377" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I377" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J377" s="0">
         <x:v>53.8</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:10">
       <x:c r="A378" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H378" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I378" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J378" s="0">
         <x:v>59.2</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:10">
       <x:c r="A379" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I379" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J379" s="0">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:10">
       <x:c r="A380" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H380" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I380" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J380" s="0">
         <x:v>68.8</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:10">
       <x:c r="A381" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I381" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J381" s="0">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:10">
       <x:c r="A382" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H382" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I382" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J382" s="0">
         <x:v>85.1</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:10">
       <x:c r="A383" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I383" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J383" s="0">
         <x:v>76.7</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:10">
       <x:c r="A384" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H384" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I384" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J384" s="0">
         <x:v>75.9</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:10">
       <x:c r="A385" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I385" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J385" s="0">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:10">
       <x:c r="A386" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H386" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I386" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J386" s="0">
         <x:v>90.1</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:10">
       <x:c r="A387" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I387" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J387" s="0">
         <x:v>96.4</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:10">
       <x:c r="A388" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H388" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I388" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J388" s="0">
         <x:v>99.5</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:10">
       <x:c r="A389" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I389" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J389" s="0">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:10">
       <x:c r="A390" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H390" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I390" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J390" s="0">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:10">
       <x:c r="A391" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I391" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J391" s="0">
         <x:v>113.7</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:10">
       <x:c r="A392" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H392" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I392" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J392" s="0">
         <x:v>10.7</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:10">
       <x:c r="A393" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I393" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J393" s="0">
         <x:v>11.2</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:10">
       <x:c r="A394" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H394" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I394" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J394" s="0">
         <x:v>13.3</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:10">
       <x:c r="A395" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I395" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J395" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:10">
       <x:c r="A396" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H396" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I396" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J396" s="0">
         <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:10">
       <x:c r="A397" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I397" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J397" s="0">
         <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:10">
       <x:c r="A398" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H398" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I398" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J398" s="0">
         <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:10">
       <x:c r="A399" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I399" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J399" s="0">
         <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:10">
       <x:c r="A400" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H400" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I400" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J400" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:10">
       <x:c r="A401" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I401" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J401" s="0">
         <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:10">
       <x:c r="A402" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H402" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I402" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J402" s="0">
         <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:10">
       <x:c r="A403" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I403" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J403" s="0">
         <x:v>12.4</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:10">
       <x:c r="A404" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H404" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I404" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J404" s="0">
         <x:v>9.7</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:10">
       <x:c r="A405" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I405" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J405" s="0">
         <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:10">
       <x:c r="A406" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H406" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I406" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J406" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="407" spans="1:10">
       <x:c r="A407" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I407" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J407" s="0">
         <x:v>82.9</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:10">
       <x:c r="A408" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H408" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I408" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J408" s="0">
         <x:v>86.8</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:10">
       <x:c r="A409" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I409" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J409" s="0">
         <x:v>88.9</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:10">
       <x:c r="A410" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H410" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I410" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J410" s="0">
         <x:v>91.4</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:10">
       <x:c r="A411" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I411" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J411" s="0">
         <x:v>93.3</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:10">
       <x:c r="A412" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H412" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I412" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J412" s="0">
         <x:v>110.6</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:10">
       <x:c r="A413" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I413" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J413" s="0">
         <x:v>100.5</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:10">
       <x:c r="A414" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H414" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I414" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J414" s="0">
         <x:v>103.2</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:10">
       <x:c r="A415" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I415" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J415" s="0">
         <x:v>109.7</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:10">
       <x:c r="A416" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H416" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I416" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J416" s="0">
         <x:v>116.8</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:10">
       <x:c r="A417" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I417" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J417" s="0">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:10">
       <x:c r="A418" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H418" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I418" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J418" s="0">
         <x:v>121.2</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:10">
       <x:c r="A419" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I419" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J419" s="0">
         <x:v>129.7</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:10">
       <x:c r="A420" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H420" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I420" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J420" s="0">
         <x:v>132.8</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:10">
       <x:c r="A421" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I421" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J421" s="0">
         <x:v>128.3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14739,51 +14723,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J421" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="MWA25"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Employees aged 15 years and over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02524V03056">
       <x:sharedItems count="7">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Nationality">
       <x:sharedItems count="7">
@@ -15177,27 +15161,5068 @@
         <x:n v="11.7"/>
         <x:n v="8.1"/>
         <x:n v="9.6"/>
         <x:n v="6.6"/>
         <x:n v="82.9"/>
         <x:n v="86.8"/>
         <x:n v="88.9"/>
         <x:n v="91.4"/>
         <x:n v="110.6"/>
         <x:n v="100.5"/>
         <x:n v="103.2"/>
         <x:n v="109.7"/>
         <x:n v="116.8"/>
         <x:n v="118"/>
         <x:n v="121.2"/>
         <x:n v="129.7"/>
         <x:n v="132.8"/>
         <x:n v="128.3"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="196.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="183.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="154.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="140.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="131.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="166.5"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="150.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="174.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="141.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="152.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="137.2"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="152.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="132.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="132.2"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="122.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="1419.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="1453.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="1502.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="1533.5"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="1544.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="1569.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="1596.2"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="1559.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="1613.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="1648.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="1679.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="1672.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="1713.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="1787.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="160.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="173.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="163.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="153.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="165.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="136.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="133.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="157.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="141.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="133.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="142.2"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="123.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="113.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="107.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="1776.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="1809.5"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="1820.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="1827.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="1841.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="1868.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="1883.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="1867.5"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="1913.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="1942.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="1950.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="1966.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="1969.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="1997.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Total Persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="2018.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="147.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="141.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="116.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="103.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="126.5"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="115.5"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="133.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="116.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="122.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="104.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="108.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="1214.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="1237.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="1280.2"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="1299.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="1303.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="1308.2"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="1341.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="1306.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="1338.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="1373.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="1386.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="1385.5"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="1416.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="1434.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="1463.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="129.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="138.2"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="129.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="126.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="134.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="107.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="110.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="107.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="131.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="114.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="111.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="112.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="95.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="91.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="1491.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="1517.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="1526.2"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="1538.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="1542.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="1567.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="1547.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="1582.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="1604.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="1604.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="1620.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="1623.2"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="01"/>
+    <s v="Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="1657.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="49.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="37.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="31.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="40.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="205.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="215.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="222.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="233.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="240.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="261.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="254.5"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="253.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="274.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="275.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="293.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="286.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="317.2"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="323.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="34.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="25.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="26.2"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="285.2"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="291.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="294.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="298.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="303.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="315.2"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="320.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="330.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="338.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="346.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="346.2"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="358.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="02"/>
+    <s v="Non-Irish nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="360.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="40.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="37.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="41.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="43.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="44.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="45.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="39.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="39.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="41.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="45.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="44.2"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="45.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="46.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="46.2"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="48.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="50.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="49.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="03"/>
+    <s v="United Kingdom"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="51.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="39.2"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="46.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="48.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="52.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="48.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="51.5"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="52.2"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="41.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="41.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="43.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="45.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="45.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="48.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="52.5"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="51.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="57.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="54.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="04"/>
+    <s v="EU 15 excl. Irl. &amp; UK"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="57.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="87.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="93.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="91.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="96.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="96.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="95.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="102.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="95.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="98.2"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="108.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="112.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="122.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="123.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="124.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="122.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="121.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="124.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="121.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="123.5"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="121.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="119.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="112.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="123.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="05"/>
+    <s v="EU15 to EU28"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="123.2"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="53.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="59.2"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="68.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="85.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="76.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="75.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="90.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="96.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="113.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="82.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="86.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="88.9"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="91.4"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="93.3"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="110.6"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="109.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="116.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="121.2"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="129.7"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="132.8"/>
+  </r>
+  <r>
+    <s v="MWA25"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="06"/>
+    <s v="Other nationals"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="128.3"/>
+  </r>
+</pivotCacheRecords>
 </file>