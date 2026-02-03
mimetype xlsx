--- v1 (2025-12-04)
+++ v2 (2026-02-03)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07d7a3a066e64648" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/606b8ac14fb24608a11c45935a7ec2c2.psmdcp" Id="Rc6a58f9fb49949aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R918af20b02814e61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c81d8f3b024044da8c01e9c1cde7aa9a.psmdcp" Id="R780151177e83489b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>