--- v0 (2025-10-06)
+++ v1 (2025-12-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb42842bb5cb8404c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/061c3258767c40cc9da9b708aa6b51ec.psmdcp" Id="R055faa9aa2c64e76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e25ee43ee8a44e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f8fafd1abfa24f02bdcd97b866f31ac9.psmdcp" Id="Rf8a131ad44fa4a82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>MWA21</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Employees aged 15 years and over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>12/1/2020 11:00:00 AM</x:t>
+    <x:t>01/12/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/MWA21/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>LFSNMW</x:t>
   </x:si>
   <x:si>
     <x:t>Labour Force Survey National Minimum Wage Estimates</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Colin Hanley</x:t>
   </x:si>
@@ -322,50 +322,53 @@
   </x:si>
   <x:si>
     <x:t>Not stated</x:t>
   </x:si>
   <x:si>
     <x:t>07</x:t>
   </x:si>
   <x:si>
     <x:t>Total employees</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>Person is a supervisor</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>Person is not a supervisor</x:t>
   </x:si>
   <x:si>
     <x:t>3</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -502,355 +505,162 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03277V03950" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Supervisory Duties" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03554V04291" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="NMW earnings status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J289" totalsRowShown="0">
   <x:autoFilter ref="A1:J289"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C03277V03950"/>
     <x:tableColumn id="4" name="Type of Supervisory Duties"/>
     <x:tableColumn id="5" name="C03554V04291"/>
     <x:tableColumn id="6" name="NMW earnings status"/>
     <x:tableColumn id="7" name="TLIST(Q1)"/>
     <x:tableColumn id="8" name="Quarter"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1121,51 +931,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/MWA21/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1352,51 +1162,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J289"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="31.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="27.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="59.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.853482" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -8346,688 +8156,757 @@
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J218" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="219" spans="1:10">
       <x:c r="A219" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J219" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="220" spans="1:10">
       <x:c r="A220" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J220" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="221" spans="1:10">
       <x:c r="A221" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J221" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="222" spans="1:10">
       <x:c r="A222" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I222" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J222" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="223" spans="1:10">
       <x:c r="A223" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J223" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="224" spans="1:10">
       <x:c r="A224" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J224" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="225" spans="1:10">
       <x:c r="A225" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J225" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="226" spans="1:10">
       <x:c r="A226" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I226" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J226" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="227" spans="1:10">
       <x:c r="A227" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I227" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J227" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="228" spans="1:10">
       <x:c r="A228" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I228" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J228" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="229" spans="1:10">
       <x:c r="A229" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I229" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J229" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="230" spans="1:10">
       <x:c r="A230" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H230" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I230" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J230" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="231" spans="1:10">
       <x:c r="A231" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J231" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="232" spans="1:10">
       <x:c r="A232" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I232" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J232" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="233" spans="1:10">
       <x:c r="A233" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I233" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J233" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="234" spans="1:10">
       <x:c r="A234" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H234" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I234" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J234" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="235" spans="1:10">
       <x:c r="A235" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I235" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J235" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="236" spans="1:10">
       <x:c r="A236" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H236" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I236" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J236" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="237" spans="1:10">
       <x:c r="A237" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I237" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J237" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="238" spans="1:10">
       <x:c r="A238" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H238" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I238" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J238" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="239" spans="1:10">
       <x:c r="A239" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I239" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J239" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="240" spans="1:10">
       <x:c r="A240" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H240" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I240" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J240" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="241" spans="1:10">
       <x:c r="A241" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>64</x:v>
@@ -9365,79 +9244,85 @@
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H252" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I252" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J252" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="253" spans="1:10">
       <x:c r="A253" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I253" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J253" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="254" spans="1:10">
       <x:c r="A254" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H254" s="0" t="s">
         <x:v>53</x:v>
@@ -9615,79 +9500,85 @@
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H260" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I260" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J260" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="261" spans="1:10">
       <x:c r="A261" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I261" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J261" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="262" spans="1:10">
       <x:c r="A262" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H262" s="0" t="s">
         <x:v>70</x:v>
@@ -9737,252 +9628,276 @@
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H264" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I264" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J264" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="265" spans="1:10">
       <x:c r="A265" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I265" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J265" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="266" spans="1:10">
       <x:c r="A266" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I266" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J266" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="267" spans="1:10">
       <x:c r="A267" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I267" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J267" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="268" spans="1:10">
       <x:c r="A268" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H268" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I268" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J268" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="269" spans="1:10">
       <x:c r="A269" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I269" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J269" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="270" spans="1:10">
       <x:c r="A270" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H270" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I270" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J270" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="271" spans="1:10">
       <x:c r="A271" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s">
         <x:v>54</x:v>
+      </x:c>
+      <x:c r="J271" s="0" t="s">
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:10">
       <x:c r="A272" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H272" s="0" t="s">
@@ -10529,51 +10444,51 @@
       <x:c r="G289" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I289" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J289" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10590,51 +10505,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J289" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="MWA21"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Employees aged 15 years and over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03277V03950">
       <x:sharedItems count="4">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
         <x:s v="3"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Supervisory Duties">
       <x:sharedItems count="4">
         <x:s v="All persons"/>
         <x:s v="Person is a supervisor"/>
         <x:s v="Person is not a supervisor"/>
@@ -10929,27 +10844,3484 @@
         <x:n v="16.5"/>
         <x:n v="19"/>
         <x:n v="6.1"/>
         <x:n v="5"/>
         <x:n v="6.7"/>
         <x:n v="26.3"/>
         <x:n v="23.6"/>
         <x:n v="23.2"/>
         <x:n v="18.3"/>
         <x:n v="29.6"/>
         <x:n v="15.6"/>
         <x:n v="12.7"/>
         <x:n v="11.3"/>
         <x:n v="13.3"/>
         <x:n v="15.5"/>
         <x:n v="14.7"/>
         <x:n v="13.2"/>
         <x:n v="9"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="196.4"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="183.1"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="154.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="140.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="131.7"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="166.5"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="150.7"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="174.7"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="141.7"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="152.4"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="137.2"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="152.4"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="132.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="132.2"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="122.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Thousand"/>
+    <n v="124.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Thousand"/>
+    <n v="139.4"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Thousand"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="1419.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="1453.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="1502.7"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="1533.5"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="1544.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="1569.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="1596.2"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="1559.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="1613.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="1648.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="1679.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="1672.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="1713.4"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="1787.4"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Thousand"/>
+    <n v="1789.4"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Thousand"/>
+    <n v="1600.5"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Thousand"/>
+    <n v="1705.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="160.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="173.1"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="163.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="153.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="165.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="136.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="133.1"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="157.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="141.4"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="133.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="142.2"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="123.4"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="113.4"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="107.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Thousand"/>
+    <n v="95.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Thousand"/>
+    <n v="158.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Thousand"/>
+    <n v="112.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="1776.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="1809.5"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="1820.7"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="1827.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="1841.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="1868.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="1883.1"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="1867.5"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="1913.1"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="1942.7"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="1950.1"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="1966.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="1969.4"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="1997.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="2018.1"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Thousand"/>
+    <n v="2009.2"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Thousand"/>
+    <n v="1898.5"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Thousand"/>
+    <n v="1968.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Thousand"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Thousand"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Thousand"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="453.1"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="466.1"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="479.7"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="488.7"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="489.7"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="535.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="519.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="528.1"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="533.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="550.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="557.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="561.4"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="572.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="582.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Thousand"/>
+    <n v="598.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Thousand"/>
+    <n v="556.2"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Thousand"/>
+    <n v="549.4"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="19.4"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Thousand"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Thousand"/>
+    <n v="33.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Thousand"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="483.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="499.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="506.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="512.4"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="568.5"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="575.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="562.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="562.4"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="580.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="585.4"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="588.2"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="595.7"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="603.1"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Thousand"/>
+    <n v="619.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Thousand"/>
+    <n v="603.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Person is a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Thousand"/>
+    <n v="577.5"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="185.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="173.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="147.1"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="134.7"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="139.4"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="161.5"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="132.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="142.7"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="128.7"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="141.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="122.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="114.2"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Thousand"/>
+    <n v="115.7"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Thousand"/>
+    <n v="125.2"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Thousand"/>
+    <n v="138.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="985.2"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="1020.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="1042.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="1052.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="1012.2"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="1042.7"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="1030.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="1078.5"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="1109.5"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="1121.5"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="1107.4"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="1143.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="1168.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="1194.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Thousand"/>
+    <n v="1180.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Thousand"/>
+    <n v="1039.7"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Thousand"/>
+    <n v="1150.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="116.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="127.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="122.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="119.2"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="117.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="109.4"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="107.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="125.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="115.4"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="107.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="120.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="94.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="91.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Thousand"/>
+    <n v="79.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Thousand"/>
+    <n v="123.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Thousand"/>
+    <n v="93.1"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="1266.7"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="1286.4"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="1290.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="1296.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="1296.2"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="1270.2"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="1291.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="1300.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="1367.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="1370.1"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="1367.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="1386.5"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="1400.2"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Thousand"/>
+    <n v="1376.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Thousand"/>
+    <n v="1288.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Person is not a supervisor"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Thousand"/>
+    <n v="1382.5"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Employees reporting earning National Minimum Wage or less"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Thousand"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="24.5"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Thousand"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Thousand"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="MWA21"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="3"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Thousand"/>
+    <n v="9"/>
+  </r>
+</pivotCacheRecords>
 </file>