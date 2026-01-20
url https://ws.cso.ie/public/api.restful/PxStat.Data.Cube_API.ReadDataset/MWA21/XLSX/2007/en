--- v1 (2025-12-05)
+++ v2 (2026-01-20)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e25ee43ee8a44e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f8fafd1abfa24f02bdcd97b866f31ac9.psmdcp" Id="Rf8a131ad44fa4a82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf799029e6cbd4fb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2198e6f61c80423592b063074c81bf7b.psmdcp" Id="R4be59f846c00498e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>