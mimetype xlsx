--- v2 (2026-01-20)
+++ v3 (2026-03-07)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf799029e6cbd4fb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2198e6f61c80423592b063074c81bf7b.psmdcp" Id="R4be59f846c00498e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffeb61a14d244cf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fc4679e10672435597b6f5f8e978f6e1.psmdcp" Id="Re4be0e00c13d4f7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>