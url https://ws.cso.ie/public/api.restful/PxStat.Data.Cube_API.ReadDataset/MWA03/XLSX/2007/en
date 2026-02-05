--- v0 (2025-10-05)
+++ v1 (2026-02-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f3995eada794b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/caf12a385fe345e6aa79d0b239107fed.psmdcp" Id="R32e6c6da4fa44fa0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ed032050c6f45da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/016816ca3e79479587f5b44519e80eb4.psmdcp" Id="Re977435e3a9d472a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>MWA03</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Employees aged 15 years and over reporting earnings less than National Minimum Wage</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/21/2024 11:00:00 AM</x:t>
+    <x:t>21/10/2024 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>LFS estimates were updated on 22/02/2024 to incorporate updated population estimates for the period 2016 Q3 to 2023 Q3, based on the results of Census 2022. LFS results are updated in this way following each Census of Population.&lt;br&gt;For further information see Background Notes.(https://www.cso.ie/en/releasesandpublications/ep/p-lfs/labourforcesurveyquarter12024/backgroundnotes/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/MWA03/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>LFSNMW</x:t>
   </x:si>
   <x:si>
     <x:t>Labour Force Survey National Minimum Wage Estimates</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -204,50 +204,53 @@
     <x:t>Thousand</x:t>
   </x:si>
   <x:si>
     <x:t>02</x:t>
   </x:si>
   <x:si>
     <x:t>An age-related rate</x:t>
   </x:si>
   <x:si>
     <x:t>03</x:t>
   </x:si>
   <x:si>
     <x:t>A first job over 18 rate</x:t>
   </x:si>
   <x:si>
     <x:t>04</x:t>
   </x:si>
   <x:si>
     <x:t>Other reason (before Q3 2019)</x:t>
   </x:si>
   <x:si>
     <x:t>05</x:t>
   </x:si>
   <x:si>
     <x:t>Not stated</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>06</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>
     <x:t>07</x:t>
   </x:si>
   <x:si>
     <x:t>On an age based rate that is aged 19 or younger</x:t>
   </x:si>
   <x:si>
     <x:t>08</x:t>
   </x:si>
   <x:si>
     <x:t>Employed by an immediate relative including spouse or siblings or parents or grandparents</x:t>
   </x:si>
   <x:si>
     <x:t>09</x:t>
   </x:si>
   <x:si>
     <x:t>Participating in an apprentice programme</x:t>
   </x:si>
@@ -607,475 +610,186 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...423 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="33">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="33">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03553V04290" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Reason Why" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H331" totalsRowShown="0">
   <x:autoFilter ref="A1:H331"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C03553V04290"/>
     <x:tableColumn id="6" name="Reason Why"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1344,51 +1058,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/MWA03/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1577,51 +1291,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H331"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="80.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="82.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="9.853482" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -1749,7872 +1463,8517 @@
         <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H6" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H7" s="0">
         <x:v>35.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H8" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H9" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H10" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H11" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H12" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H13" s="0">
         <x:v>12.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H14" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H15" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H16" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H17" s="0">
         <x:v>31.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H18" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H19" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H20" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="D21" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="E21" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F21" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="D21" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H22" s="0">
         <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H23" s="0">
         <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H24" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H25" s="0">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H26" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H27" s="0">
         <x:v>22.1</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H28" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H29" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H30" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H31" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H32" s="0">
         <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H33" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H34" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H35" s="0">
         <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H36" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H37" s="0">
         <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H38" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H40" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H41" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H42" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H43" s="0">
         <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H44" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H45" s="0">
         <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H46" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H47" s="0">
         <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H48" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H49" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H50" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H51" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H52" s="0">
         <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H53" s="0">
         <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H54" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H55" s="0">
         <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H56" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H57" s="0">
         <x:v>29.3</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H58" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H59" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H60" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H61" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H62" s="0">
         <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H63" s="0">
         <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H64" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H65" s="0">
         <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H66" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H67" s="0">
         <x:v>24.4</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H68" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H69" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H70" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H71" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H72" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H73" s="0">
         <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H74" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H75" s="0">
         <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H76" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H77" s="0">
         <x:v>28.4</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H78" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H79" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H80" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H81" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H82" s="0">
         <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H83" s="0">
         <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H84" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H85" s="0">
         <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H86" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H87" s="0">
         <x:v>23.5</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H88" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H89" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H90" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H91" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H92" s="0">
         <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H93" s="0">
         <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H94" s="0">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H95" s="0">
         <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H96" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H97" s="0">
         <x:v>29.8</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H98" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H99" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H100" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H101" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H102" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H103" s="0">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H104" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H105" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H106" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H107" s="0">
         <x:v>24.7</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H108" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H109" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H110" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H111" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H112" s="0">
         <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H113" s="0">
         <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H114" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H115" s="0">
         <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H116" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H117" s="0">
         <x:v>29.4</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H118" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H119" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H120" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H121" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H122" s="0">
         <x:v>6.8</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H123" s="0">
         <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H124" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H125" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H126" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H127" s="0">
         <x:v>24.8</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H128" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H129" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H130" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H131" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H132" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H133" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H134" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H135" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H136" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H137" s="0">
         <x:v>27.5</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H138" s="0">
         <x:v>12.4</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H139" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H140" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H141" s="0">
         <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H142" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H143" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H144" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H145" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H146" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H147" s="0">
         <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H148" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H149" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H150" s="0">
         <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H151" s="0">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H152" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H153" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H154" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H155" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H156" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H157" s="0">
         <x:v>23.9</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H158" s="0">
         <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H159" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H160" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H161" s="0">
         <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H162" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H163" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H164" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H165" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H166" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H167" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H168" s="0">
         <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H169" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H170" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H171" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H172" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H173" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H174" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H175" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H176" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H177" s="0">
         <x:v>23.2</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H178" s="0">
         <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H179" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H180" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H181" s="0">
         <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H182" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H183" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H184" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H185" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H186" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H187" s="0">
         <x:v>21.9</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H188" s="0">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H189" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H190" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H191" s="0">
         <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H192" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H193" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H194" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H195" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H196" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H197" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H198" s="0">
         <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H199" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H200" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H201" s="0">
         <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H202" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H203" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H204" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H205" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H206" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H207" s="0">
         <x:v>24.1</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H208" s="0">
         <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H209" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H210" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H211" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H212" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H213" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H214" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H215" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H216" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H217" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H218" s="0">
         <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H219" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H220" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H221" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H222" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H223" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H224" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H225" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H226" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H227" s="0">
         <x:v>27.3</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H228" s="0">
         <x:v>15.2</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H229" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H230" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H231" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H232" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H233" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H234" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H235" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H236" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H237" s="0">
         <x:v>32.9</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H238" s="0">
         <x:v>15.8</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H239" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H240" s="0">
         <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H241" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H242" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H243" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H244" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H245" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H246" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H247" s="0">
         <x:v>35.1</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H248" s="0">
         <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H249" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H250" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H251" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H252" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H253" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H254" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H255" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H256" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H257" s="0">
         <x:v>30.3</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H258" s="0">
         <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H259" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H260" s="0">
         <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H261" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H262" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H263" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H264" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H265" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H266" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H267" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H268" s="0">
         <x:v>12.2</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H269" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H270" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H271" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H272" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H273" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H274" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H275" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H276" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H277" s="0">
         <x:v>43.3</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H278" s="0">
         <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H279" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H280" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H281" s="0">
         <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H282" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H283" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H284" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H285" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H286" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H287" s="0">
         <x:v>39.2</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H288" s="0">
         <x:v>27.2</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H289" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H290" s="0">
         <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H291" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H292" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H293" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H294" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H295" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H296" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H297" s="0">
         <x:v>40.5</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H298" s="0">
         <x:v>24.9</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H299" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H300" s="0">
         <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H301" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H302" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H303" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H304" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H305" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H306" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H307" s="0">
         <x:v>35.1</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H308" s="0">
         <x:v>19.7</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H309" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H310" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H311" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H312" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H313" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H314" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H315" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H316" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H317" s="0">
         <x:v>45.7</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H318" s="0">
         <x:v>22.8</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H319" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H320" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H321" s="0">
         <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H322" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H323" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H324" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H325" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H326" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H327" s="0">
         <x:v>38.2</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H328" s="0">
         <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H329" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H330" s="0">
         <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H331" s="0">
         <x:v>6.3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9631,51 +9990,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H331" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="MWA03"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
       <x:sharedItems count="33">
         <x:s v="20162"/>
         <x:s v="20163"/>
         <x:s v="20164"/>
         <x:s v="20171"/>
         <x:s v="20172"/>
         <x:s v="20173"/>
         <x:s v="20174"/>
         <x:s v="20181"/>
         <x:s v="20182"/>
         <x:s v="20183"/>
         <x:s v="20184"/>
@@ -9850,27 +10209,3328 @@
         <x:n v="15.8"/>
         <x:n v="35.1"/>
         <x:n v="19.2"/>
         <x:n v="30.3"/>
         <x:n v="17.9"/>
         <x:n v="22"/>
         <x:n v="43.3"/>
         <x:n v="21.3"/>
         <x:n v="9"/>
         <x:n v="39.2"/>
         <x:n v="27.2"/>
         <x:n v="40.5"/>
         <x:n v="24.9"/>
         <x:n v="19.7"/>
         <x:n v="45.7"/>
         <x:n v="22.8"/>
         <x:n v="8.9"/>
         <x:n v="38.2"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="43.3"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="39.2"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="40.5"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="45.7"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="01"/>
+    <s v="A special training rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="02"/>
+    <s v="An age-related rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="03"/>
+    <s v="A first job over 18 rate"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="04"/>
+    <s v="Other reason (before Q3 2019)"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="06"/>
+    <s v="Total"/>
+    <s v="Thousand"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="07"/>
+    <s v="On an age based rate that is aged 19 or younger"/>
+    <s v="Thousand"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="08"/>
+    <s v="Employed by an immediate relative including spouse or siblings or parents or grandparents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="09"/>
+    <s v="Participating in an apprentice programme"/>
+    <s v="Thousand"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="MWA03"/>
+    <s v="Employees aged 15 years and over reporting earnings less than National Minimum Wage "/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="10"/>
+    <s v="Other reason (from Q3 2019)"/>
+    <s v="Thousand"/>
+    <n v="6.3"/>
+  </r>
+</pivotCacheRecords>
 </file>