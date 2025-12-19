--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf36c115a7c664f4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a00fc8008c0044658b12d6aaeac3c8f9.psmdcp" Id="R1f3e8c056fe8464b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd11777a397a44bea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6fa094a888a84139b9cc1a4a865ec970.psmdcp" Id="Ra5de9d1af9c24ae3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>MWA01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Employees aged 15 years and over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/21/2024 11:00:00 AM</x:t>
+    <x:t>21/10/2024 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>LFS estimates were updated on 22/02/2024 to incorporate updated population estimates for the period 2016 Q3 to 2023 Q3, based on the results of Census 2022. LFS results are updated in this way following each Census of Population.&lt;br&gt;For further information seeBackground Notes.(https://www.cso.ie/en/releasesandpublications/ep/p-lfs/labourforcesurveyquarter12024/backgroundnotes/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/MWA01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>LFSNMW</x:t>
   </x:si>
   <x:si>
     <x:t>Labour Force Survey National Minimum Wage Estimates</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -580,443 +580,178 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...391 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="33">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="33">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03554V04291" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="NMW earnings status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H199" totalsRowShown="0">
   <x:autoFilter ref="A1:H199"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C03554V04291"/>
     <x:tableColumn id="6" name="NMW earnings status"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1285,51 +1020,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/MWA01/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1518,51 +1253,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H199"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="31.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="60.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="9.853482" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -6724,51 +6459,51 @@
       <x:c r="E199" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H199" s="0">
         <x:v>2388.1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -6785,51 +6520,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H199" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="MWA01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Employees aged 15 years and over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
       <x:sharedItems count="33">
         <x:s v="20162"/>
         <x:s v="20163"/>
         <x:s v="20164"/>
         <x:s v="20171"/>
         <x:s v="20172"/>
         <x:s v="20173"/>
         <x:s v="20174"/>
         <x:s v="20181"/>
         <x:s v="20182"/>
         <x:s v="20183"/>
         <x:s v="20184"/>
@@ -7100,27 +6835,2008 @@
         <x:n v="72.7"/>
         <x:n v="2319.6"/>
         <x:n v="126.3"/>
         <x:n v="161.4"/>
         <x:n v="2107.2"/>
         <x:n v="69.9"/>
         <x:n v="2338.5"/>
         <x:n v="45.7"/>
         <x:n v="190.3"/>
         <x:n v="235.9"/>
         <x:n v="1989.7"/>
         <x:n v="2337.4"/>
         <x:n v="38.2"/>
         <x:n v="157.1"/>
         <x:n v="195.3"/>
         <x:n v="2115.6"/>
         <x:n v="77.1"/>
         <x:n v="2388.1"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="160.9"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="196.2"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="1418.9"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="159.7"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="1774.8"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="183.2"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="1453.8"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="175.7"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="1812.7"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="132.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="154.7"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="1504.3"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="164.4"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="1823.4"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="121.5"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="140.9"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="1536.9"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="154.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="1832.5"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="111.7"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="132.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="1550.1"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="165.7"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="1848.4"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="137.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="166.8"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="1573.8"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="132.2"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="1872.8"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="125.9"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="150.4"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="1598.4"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="136.8"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="1885.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="146.8"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="175.2"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="1561.8"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="133.4"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="1870.4"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="118.8"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="142.3"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="1617.7"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="1917.9"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="123.7"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="153.5"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="1655"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="141.8"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="1950.3"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="115.4"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="140.1"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="1682.3"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="133.2"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="1955.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="123.2"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="152.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="1679.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="143.4"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="1975.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="109.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="134.4"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="1720"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="124.3"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="1978.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="106.2"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="133.7"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="1762.2"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="113.8"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="2009.8"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="123.4"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="1798.8"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="109.3"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="2031.5"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="125.3"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="1799.5"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="95.7"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="2020.5"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="107.9"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="128.9"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="1553.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="1833.5"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="121.9"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="145.1"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="1690.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="109.1"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="1944.8"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="122.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="1744.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="94.2"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="1961.4"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="159.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="184.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="1657.5"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="104.4"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="1946.4"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="134.7"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="158.8"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="1794.2"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="95.4"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="2048.4"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="142.3"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="179.3"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="1886.7"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="86.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="2152.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="115.5"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="142.8"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="1971.4"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="78.4"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="2192.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="135.7"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="168.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="1930.1"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="103.5"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="2202.2"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="123.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="158.7"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="1987.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="82.7"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="2229"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="111.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="2006.4"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="88.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="2034"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="92.2"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="2254.2"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="43.3"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="174.5"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="217.7"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="1961.1"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="106.1"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="2284.9"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="39.2"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="126.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="165.8"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="2076.9"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="2318.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="40.5"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="134.3"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="174.8"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="2072.1"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="72.7"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="2319.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="126.3"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="161.4"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="2107.2"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="2338.5"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="45.7"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="190.3"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="235.9"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="1989.7"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="111.7"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="2337.4"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="01"/>
+    <s v="Employees reporting earning less than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="02"/>
+    <s v="Employees reporting earning National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="157.1"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="03"/>
+    <s v="Total employees reporting earning National Minimum Wage or less"/>
+    <s v="Thousand"/>
+    <n v="195.3"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="05"/>
+    <s v="Employees reporting earning more than National Minimum Wage"/>
+    <s v="Thousand"/>
+    <n v="2115.6"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="77.1"/>
+  </r>
+  <r>
+    <s v="MWA01"/>
+    <s v="Employees aged 15 years and over"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="07"/>
+    <s v="Total employees"/>
+    <s v="Thousand"/>
+    <n v="2388.1"/>
+  </r>
+</pivotCacheRecords>
 </file>