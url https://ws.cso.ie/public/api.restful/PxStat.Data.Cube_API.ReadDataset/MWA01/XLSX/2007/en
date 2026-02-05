--- v1 (2025-12-19)
+++ v2 (2026-02-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd11777a397a44bea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6fa094a888a84139b9cc1a4a865ec970.psmdcp" Id="Ra5de9d1af9c24ae3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0644029e1f0a40ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cace82ead73c48dc8a01270551c920b7.psmdcp" Id="Raf4630b30b2b495b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>