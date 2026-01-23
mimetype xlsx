--- v0 (2025-10-01)
+++ v1 (2026-01-23)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f7f02270c9d43d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9b4c12b5273a4b3993c0f91cdad44a00.psmdcp" Id="R1db6c5a5a62f459b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42461381bf66419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ba3c5edddf504ce3a7895d6208662016.psmdcp" Id="R351ed1197677436d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>MUM02</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Covid-19 Adjusted Monthly Unemployment Estimates</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>4/6/2022 11:00:00 AM</x:t>
+    <x:t>06/04/2022 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>As the PUP scheme has ceased, the COVID-19 Adjusted Measure of Unemployment (previously published in PxStat Series MUM02) is no longer applicable</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/MUM02/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>MUE</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly Unemployment</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -565,427 +565,186 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...375 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(M1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="24">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+      </items>
+    </pivotField>
+    <pivotField name="Month" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="24">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V02508" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03606V04346" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Lower and Upper Bound" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L865" totalsRowShown="0">
   <x:autoFilter ref="A1:L865"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(M1)"/>
     <x:tableColumn id="4" name="Month"/>
     <x:tableColumn id="5" name="C02076V02508"/>
     <x:tableColumn id="6" name="Age Group"/>
     <x:tableColumn id="7" name="C02199V02655"/>
     <x:tableColumn id="8" name="Sex"/>
     <x:tableColumn id="9" name="C03606V04346"/>
     <x:tableColumn id="10" name="Lower and Upper Bound"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1258,51 +1017,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/MUM02/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1491,51 +1250,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L865"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.996339" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="9.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="12.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="36.710625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -34397,51 +34156,51 @@
       <x:c r="I865" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J865" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K865" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L865" s="0">
         <x:v>5.8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -34458,51 +34217,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L865" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="MUM02C01"/>
         <x:s v="MUM02C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Number of persons out of work"/>
         <x:s v="Monthly Unemployment Rate"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(M1)">
       <x:sharedItems count="24">
         <x:s v="202003"/>
         <x:s v="202004"/>
         <x:s v="202005"/>
         <x:s v="202006"/>
         <x:s v="202007"/>
         <x:s v="202008"/>
         <x:s v="202009"/>
         <x:s v="202010"/>
         <x:s v="202011"/>
@@ -35244,27 +35003,12124 @@
         <x:n v="12.8"/>
         <x:n v="9.5"/>
         <x:n v="7.9"/>
         <x:n v="8.1"/>
         <x:n v="7"/>
         <x:n v="10.2"/>
         <x:n v="11.4"/>
         <x:n v="10.7"/>
         <x:n v="12.3"/>
         <x:n v="9.6"/>
         <x:n v="10.5"/>
         <x:n v="11.2"/>
         <x:n v="13.8"/>
         <x:n v="9.9"/>
         <x:n v="12"/>
         <x:n v="7.8"/>
         <x:n v="14.3"/>
         <x:n v="13.7"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="32712"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="123637"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="18566"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="59566"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="14146"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="64071"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="115401"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="509774"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="64052"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="259489"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="51349"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="250285"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="82689"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="386137"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="45486"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="199923"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="37203"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="186214"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="34448"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="157386"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="16179"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="79861"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="18269"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="77525"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="107480"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="713141"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="60654"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="406704"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="46826"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="306437"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="73032"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="555755"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="44475"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="326843"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="28557"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="228912"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="40118"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="155479"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="17039"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="75040"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="23079"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="80439"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="116820"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="661692"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="63997"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="361196"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="52823"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="300496"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="76702"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="506213"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="46958"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="286156"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="29744"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="220057"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="50223"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="146450"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="22283"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="68583"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="27940"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="77867"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="138933"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="578826"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="73152"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="298777"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="65781"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="280049"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="88710"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="432376"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="50869"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="230194"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="37841"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="202182"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="62764"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="119536"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="32122"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="61441"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="30642"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="58095"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="177081"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="453142"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="88631"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="235610"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="88450"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="217532"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="114317"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="333606"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="56509"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="174169"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="57808"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="159437"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="65099"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="111894"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="35318"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="59480"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="29781"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="52414"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="187919"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="414892"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="95232"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="214027"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="92687"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="200865"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="122820"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="302998"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="59914"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="154547"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="62906"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="148451"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="57237"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="104773"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="31607"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="56472"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="25630"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="48301"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="172616"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="389903"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="91286"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="209198"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="81330"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="180705"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="115379"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="285130"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="59679"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="152726"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="55700"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="132404"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="41712"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="129182"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="21772"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="62158"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="19940"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="67024"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="144638"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="490374"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="79311"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="250594"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="65327"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="239780"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="102926"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="361192"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="57539"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="188436"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="45387"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="172756"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="35918"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="125884"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="17430"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="59231"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="18488"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="66653"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="137490"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="491411"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="76897"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="252996"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="60593"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="238415"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="101572"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="365527"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="59467"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="193765"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="42105"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="171762"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="32397"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="126331"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="14865"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="59924"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="17532"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="66407"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="143017"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="518241"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="80077"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="274611"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="62940"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="243630"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="110620"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="391910"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="65212"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="214687"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="45408"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="177223"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="31849"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="147486"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="14319"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="72464"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="17530"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="75022"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="156409"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="642360"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="86784"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="356135"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="69625"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="286225"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="124560"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="494874"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="72465"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="283671"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="52095"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="211203"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="38215"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="150153"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="17702"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="73563"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="20513"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="76590"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="172159"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="643524"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="94146"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="353516"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="78013"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="290008"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="133944"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="493371"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="76444"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="279953"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="57500"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="213418"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="49702"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="155112"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="24407"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="76557"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="25295"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="78555"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="182835"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="618573"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="99595"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="336734"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="83240"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="281839"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="133133"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="463461"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="75188"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="260177"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="57945"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="203284"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="65540"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="161332"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="33715"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="79899"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="31825"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="81433"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="190077"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="576672"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="102994"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="305168"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="87083"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="271504"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="124537"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="415340"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="69279"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="225269"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="55258"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="190071"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="69047"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="149558"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="36385"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="76168"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="32662"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="73390"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="185577"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="495987"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="100618"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="266951"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="84959"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="229036"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="116530"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="346429"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="64233"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="190783"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="52297"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="155646"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="65485"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="118199"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="34415"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="61722"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="31070"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="56477"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="176647"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="406047"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="94820"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="219758"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="81827"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="186289"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="111162"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="287848"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="60405"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="158036"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="50757"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="129812"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="52778"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="84582"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="27112"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="43819"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="25666"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="40763"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="165295"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="329291"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="85786"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="172656"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="79509"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="156635"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="112517"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="244709"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="58674"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="128837"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="53843"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="115872"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="43752"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="70079"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="22195"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="36459"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="21557"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="33620"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="151215"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="295140"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="78645"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="155889"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="72570"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="139251"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="107463"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="225061"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="56450"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="119430"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="51013"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="105631"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="35420"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="45691"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="18698"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="24678"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="16722"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="21013"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="130811"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="232482"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="71397"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="127160"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="59414"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="105322"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="95391"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="186791"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="52699"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="102482"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="42692"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="84309"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="34835"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="41716"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="18230"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="22342"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="16605"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="19374"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="127836"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="205804"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="68724"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="112246"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="59112"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="93558"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="93001"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="164088"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="50494"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="89904"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="42507"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="74184"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="34631"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="38791"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="17994"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="20606"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="16637"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="18185"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="125849"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="180841"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="67141"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="98923"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="58708"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="81918"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="91218"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="142050"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="49147"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="78317"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="42071"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="63733"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="35412"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="43307"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="18411"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="22693"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="17001"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="20614"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="128412"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="195311"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="68522"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="107976"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="59890"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="87335"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="93000"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="152004"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="50111"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="85283"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="42889"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="66721"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="35755"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="47667"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="18505"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="24602"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="17250"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="23065"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="126614"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="202024"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="67538"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="111237"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="59076"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="90787"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="90859"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="154357"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="49033"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="86635"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="41826"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="67722"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="37372"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="42993"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="18312"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="21400"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="19060"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="21593"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="127039"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="180745"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="66466"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="98082"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="60573"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="82663"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="89667"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="137752"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="48154"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="76682"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="Number"/>
+    <n v="41513"/>
+  </r>
+  <r>
+    <s v="MUM02C01"/>
+    <s v="Number of persons out of work"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="Number"/>
+    <n v="61070"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="45.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="41.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="49.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202003"/>
+    <s v="2020M03"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="19.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="67.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="65.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="69.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="31.5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="29.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202004"/>
+    <s v="2020M04"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="25.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="69.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="65.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="73.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202005"/>
+    <s v="2020M05"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="60.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="56.5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="25.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202006"/>
+    <s v="2020M06"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="22.5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="41.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="42.5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="41.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202007"/>
+    <s v="2020M07"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="36.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="38.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202008"/>
+    <s v="2020M08"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202009"/>
+    <s v="2020M09"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="47.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="44.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="50.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="20.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202010"/>
+    <s v="2020M10"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="49.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="44.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="53.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202011"/>
+    <s v="2020M11"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="51.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="46.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="55.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202012"/>
+    <s v="2020M12"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="60.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="27.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="26.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202101"/>
+    <s v="2021M01"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="59.5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="55.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="63.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202102"/>
+    <s v="2021M02"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="57.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="54.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="61.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="25.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="22.5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202103"/>
+    <s v="2021M03"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="54.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="51.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="57.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202104"/>
+    <s v="2021M04"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="47.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="46.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="48.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202105"/>
+    <s v="2021M05"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="19.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="34.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="34.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202106"/>
+    <s v="2021M06"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202107"/>
+    <s v="2021M07"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="19.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202108"/>
+    <s v="2021M08"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202109"/>
+    <s v="2021M09"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202110"/>
+    <s v="2021M10"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202111"/>
+    <s v="2021M11"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202112"/>
+    <s v="2021M12"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202201"/>
+    <s v="2022M01"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="316"/>
+    <s v="15 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Lower Bound (Traditional MUR)"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="MUM02C02"/>
+    <s v="Monthly Unemployment Rate"/>
+    <s v="202202"/>
+    <s v="2022M02"/>
+    <s v="4350"/>
+    <s v="25 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Upper Bound (COVID-19 Adjusted MUR)"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+</pivotCacheRecords>
 </file>