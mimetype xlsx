--- v1 (2026-01-23)
+++ v2 (2026-03-11)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42461381bf66419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ba3c5edddf504ce3a7895d6208662016.psmdcp" Id="R351ed1197677436d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ee5e510603546ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/78deacb92baf43ec8af8d1834834f734.psmdcp" Id="Ra6448573d9a94c5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>