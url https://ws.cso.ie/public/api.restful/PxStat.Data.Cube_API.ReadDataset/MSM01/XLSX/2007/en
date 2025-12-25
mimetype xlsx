--- v0 (2025-11-04)
+++ v1 (2025-12-25)
@@ -1,136 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f2090609a07456f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8102df7407884b1ca0bed594c56d7356.psmdcp" Id="R75e08bd7cb9847f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3965bd58af94e8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b76e95c2f0d6448484d698eeacba1bd7.psmdcp" Id="R83843b88fbd4427b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>MSM01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Electricity Output</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/9/2025 11:00:00 AM</x:t>
+    <x:t>09/12/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Gross Electricity Output- this represents the amount of electricity that passes through the National Grid (excluding imports). It also includes electricity that is manufactured and consumed by manufacturers of electricity. This series is dis-continued from January 2009 onwards. Net Electricity Output - this represents the amount of electricity that passes through the National Grid (excluding imports). It does not include the manufacture and use of electricity by manufacturers of electricity. See background notes&lt;br&gt;(https://www.cso.ie/en/methods/industry/industrialproductionturnover/)&lt;br&gt;10 September 2025 - Updated data for 2024 provided by respondents.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/MSM01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>IPTE</x:t>
   </x:si>
   <x:si>
     <x:t>Industrial Production Volume and Turnover Indices - Electricity</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Mairead McCarthy</x:t>
+    <x:t>Colin Cotter</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
-    <x:t>business_stats@cso.ie</x:t>
+    <x:t>enterprise_stats@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 21 453 5562</x:t>
+    <x:t>(+353) 21 453 5770</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -2630,50 +2630,53 @@
   <x:si>
     <x:t>200810</x:t>
   </x:si>
   <x:si>
     <x:t>2008 October</x:t>
   </x:si>
   <x:si>
     <x:t>200811</x:t>
   </x:si>
   <x:si>
     <x:t>2008 November</x:t>
   </x:si>
   <x:si>
     <x:t>200812</x:t>
   </x:si>
   <x:si>
     <x:t>2008 December</x:t>
   </x:si>
   <x:si>
     <x:t>200901</x:t>
   </x:si>
   <x:si>
     <x:t>2009 January</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>200902</x:t>
   </x:si>
   <x:si>
     <x:t>2009 February</x:t>
   </x:si>
   <x:si>
     <x:t>200903</x:t>
   </x:si>
   <x:si>
     <x:t>2009 March</x:t>
   </x:si>
   <x:si>
     <x:t>200904</x:t>
   </x:si>
   <x:si>
     <x:t>2009 April</x:t>
   </x:si>
   <x:si>
     <x:t>200905</x:t>
   </x:si>
   <x:si>
     <x:t>2009 May</x:t>
   </x:si>
   <x:si>
     <x:t>200906</x:t>
@@ -3822,50 +3825,62 @@
     <x:t>2025 April</x:t>
   </x:si>
   <x:si>
     <x:t>202505</x:t>
   </x:si>
   <x:si>
     <x:t>2025 May</x:t>
   </x:si>
   <x:si>
     <x:t>202506</x:t>
   </x:si>
   <x:si>
     <x:t>2025 June</x:t>
   </x:si>
   <x:si>
     <x:t>202507</x:t>
   </x:si>
   <x:si>
     <x:t>2025 July</x:t>
   </x:si>
   <x:si>
     <x:t>202508</x:t>
   </x:si>
   <x:si>
     <x:t>2025 August</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 September</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 October</x:t>
   </x:si>
   <x:si>
     <x:t>MSM01C2</x:t>
   </x:si>
   <x:si>
     <x:t>Net Electricity Output</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -4009,5016 +4024,1329 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...4959 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(M1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="610">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+        <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+        <item x="200"/>
+        <item x="201"/>
+        <item x="202"/>
+        <item x="203"/>
+        <item x="204"/>
+        <item x="205"/>
+        <item x="206"/>
+        <item x="207"/>
+        <item x="208"/>
+        <item x="209"/>
+        <item x="210"/>
+        <item x="211"/>
+        <item x="212"/>
+        <item x="213"/>
+        <item x="214"/>
+        <item x="215"/>
+        <item x="216"/>
+        <item x="217"/>
+        <item x="218"/>
+        <item x="219"/>
+        <item x="220"/>
+        <item x="221"/>
+        <item x="222"/>
+        <item x="223"/>
+        <item x="224"/>
+        <item x="225"/>
+        <item x="226"/>
+        <item x="227"/>
+        <item x="228"/>
+        <item x="229"/>
+        <item x="230"/>
+        <item x="231"/>
+        <item x="232"/>
+        <item x="233"/>
+        <item x="234"/>
+        <item x="235"/>
+        <item x="236"/>
+        <item x="237"/>
+        <item x="238"/>
+        <item x="239"/>
+        <item x="240"/>
+        <item x="241"/>
+        <item x="242"/>
+        <item x="243"/>
+        <item x="244"/>
+        <item x="245"/>
+        <item x="246"/>
+        <item x="247"/>
+        <item x="248"/>
+        <item x="249"/>
+        <item x="250"/>
+        <item x="251"/>
+        <item x="252"/>
+        <item x="253"/>
+        <item x="254"/>
+        <item x="255"/>
+        <item x="256"/>
+        <item x="257"/>
+        <item x="258"/>
+        <item x="259"/>
+        <item x="260"/>
+        <item x="261"/>
+        <item x="262"/>
+        <item x="263"/>
+        <item x="264"/>
+        <item x="265"/>
+        <item x="266"/>
+        <item x="267"/>
+        <item x="268"/>
+        <item x="269"/>
+        <item x="270"/>
+        <item x="271"/>
+        <item x="272"/>
+        <item x="273"/>
+        <item x="274"/>
+        <item x="275"/>
+        <item x="276"/>
+        <item x="277"/>
+        <item x="278"/>
+        <item x="279"/>
+        <item x="280"/>
+        <item x="281"/>
+        <item x="282"/>
+        <item x="283"/>
+        <item x="284"/>
+        <item x="285"/>
+        <item x="286"/>
+        <item x="287"/>
+        <item x="288"/>
+        <item x="289"/>
+        <item x="290"/>
+        <item x="291"/>
+        <item x="292"/>
+        <item x="293"/>
+        <item x="294"/>
+        <item x="295"/>
+        <item x="296"/>
+        <item x="297"/>
+        <item x="298"/>
+        <item x="299"/>
+        <item x="300"/>
+        <item x="301"/>
+        <item x="302"/>
+        <item x="303"/>
+        <item x="304"/>
+        <item x="305"/>
+        <item x="306"/>
+        <item x="307"/>
+        <item x="308"/>
+        <item x="309"/>
+        <item x="310"/>
+        <item x="311"/>
+        <item x="312"/>
+        <item x="313"/>
+        <item x="314"/>
+        <item x="315"/>
+        <item x="316"/>
+        <item x="317"/>
+        <item x="318"/>
+        <item x="319"/>
+        <item x="320"/>
+        <item x="321"/>
+        <item x="322"/>
+        <item x="323"/>
+        <item x="324"/>
+        <item x="325"/>
+        <item x="326"/>
+        <item x="327"/>
+        <item x="328"/>
+        <item x="329"/>
+        <item x="330"/>
+        <item x="331"/>
+        <item x="332"/>
+        <item x="333"/>
+        <item x="334"/>
+        <item x="335"/>
+        <item x="336"/>
+        <item x="337"/>
+        <item x="338"/>
+        <item x="339"/>
+        <item x="340"/>
+        <item x="341"/>
+        <item x="342"/>
+        <item x="343"/>
+        <item x="344"/>
+        <item x="345"/>
+        <item x="346"/>
+        <item x="347"/>
+        <item x="348"/>
+        <item x="349"/>
+        <item x="350"/>
+        <item x="351"/>
+        <item x="352"/>
+        <item x="353"/>
+        <item x="354"/>
+        <item x="355"/>
+        <item x="356"/>
+        <item x="357"/>
+        <item x="358"/>
+        <item x="359"/>
+        <item x="360"/>
+        <item x="361"/>
+        <item x="362"/>
+        <item x="363"/>
+        <item x="364"/>
+        <item x="365"/>
+        <item x="366"/>
+        <item x="367"/>
+        <item x="368"/>
+        <item x="369"/>
+        <item x="370"/>
+        <item x="371"/>
+        <item x="372"/>
+        <item x="373"/>
+        <item x="374"/>
+        <item x="375"/>
+        <item x="376"/>
+        <item x="377"/>
+        <item x="378"/>
+        <item x="379"/>
+        <item x="380"/>
+        <item x="381"/>
+        <item x="382"/>
+        <item x="383"/>
+        <item x="384"/>
+        <item x="385"/>
+        <item x="386"/>
+        <item x="387"/>
+        <item x="388"/>
+        <item x="389"/>
+        <item x="390"/>
+        <item x="391"/>
+        <item x="392"/>
+        <item x="393"/>
+        <item x="394"/>
+        <item x="395"/>
+        <item x="396"/>
+        <item x="397"/>
+        <item x="398"/>
+        <item x="399"/>
+        <item x="400"/>
+        <item x="401"/>
+        <item x="402"/>
+        <item x="403"/>
+        <item x="404"/>
+        <item x="405"/>
+        <item x="406"/>
+        <item x="407"/>
+        <item x="408"/>
+        <item x="409"/>
+        <item x="410"/>
+        <item x="411"/>
+        <item x="412"/>
+        <item x="413"/>
+        <item x="414"/>
+        <item x="415"/>
+        <item x="416"/>
+        <item x="417"/>
+        <item x="418"/>
+        <item x="419"/>
+        <item x="420"/>
+        <item x="421"/>
+        <item x="422"/>
+        <item x="423"/>
+        <item x="424"/>
+        <item x="425"/>
+        <item x="426"/>
+        <item x="427"/>
+        <item x="428"/>
+        <item x="429"/>
+        <item x="430"/>
+        <item x="431"/>
+        <item x="432"/>
+        <item x="433"/>
+        <item x="434"/>
+        <item x="435"/>
+        <item x="436"/>
+        <item x="437"/>
+        <item x="438"/>
+        <item x="439"/>
+        <item x="440"/>
+        <item x="441"/>
+        <item x="442"/>
+        <item x="443"/>
+        <item x="444"/>
+        <item x="445"/>
+        <item x="446"/>
+        <item x="447"/>
+        <item x="448"/>
+        <item x="449"/>
+        <item x="450"/>
+        <item x="451"/>
+        <item x="452"/>
+        <item x="453"/>
+        <item x="454"/>
+        <item x="455"/>
+        <item x="456"/>
+        <item x="457"/>
+        <item x="458"/>
+        <item x="459"/>
+        <item x="460"/>
+        <item x="461"/>
+        <item x="462"/>
+        <item x="463"/>
+        <item x="464"/>
+        <item x="465"/>
+        <item x="466"/>
+        <item x="467"/>
+        <item x="468"/>
+        <item x="469"/>
+        <item x="470"/>
+        <item x="471"/>
+        <item x="472"/>
+        <item x="473"/>
+        <item x="474"/>
+        <item x="475"/>
+        <item x="476"/>
+        <item x="477"/>
+        <item x="478"/>
+        <item x="479"/>
+        <item x="480"/>
+        <item x="481"/>
+        <item x="482"/>
+        <item x="483"/>
+        <item x="484"/>
+        <item x="485"/>
+        <item x="486"/>
+        <item x="487"/>
+        <item x="488"/>
+        <item x="489"/>
+        <item x="490"/>
+        <item x="491"/>
+        <item x="492"/>
+        <item x="493"/>
+        <item x="494"/>
+        <item x="495"/>
+        <item x="496"/>
+        <item x="497"/>
+        <item x="498"/>
+        <item x="499"/>
+        <item x="500"/>
+        <item x="501"/>
+        <item x="502"/>
+        <item x="503"/>
+        <item x="504"/>
+        <item x="505"/>
+        <item x="506"/>
+        <item x="507"/>
+        <item x="508"/>
+        <item x="509"/>
+        <item x="510"/>
+        <item x="511"/>
+        <item x="512"/>
+        <item x="513"/>
+        <item x="514"/>
+        <item x="515"/>
+        <item x="516"/>
+        <item x="517"/>
+        <item x="518"/>
+        <item x="519"/>
+        <item x="520"/>
+        <item x="521"/>
+        <item x="522"/>
+        <item x="523"/>
+        <item x="524"/>
+        <item x="525"/>
+        <item x="526"/>
+        <item x="527"/>
+        <item x="528"/>
+        <item x="529"/>
+        <item x="530"/>
+        <item x="531"/>
+        <item x="532"/>
+        <item x="533"/>
+        <item x="534"/>
+        <item x="535"/>
+        <item x="536"/>
+        <item x="537"/>
+        <item x="538"/>
+        <item x="539"/>
+        <item x="540"/>
+        <item x="541"/>
+        <item x="542"/>
+        <item x="543"/>
+        <item x="544"/>
+        <item x="545"/>
+        <item x="546"/>
+        <item x="547"/>
+        <item x="548"/>
+        <item x="549"/>
+        <item x="550"/>
+        <item x="551"/>
+        <item x="552"/>
+        <item x="553"/>
+        <item x="554"/>
+        <item x="555"/>
+        <item x="556"/>
+        <item x="557"/>
+        <item x="558"/>
+        <item x="559"/>
+        <item x="560"/>
+        <item x="561"/>
+        <item x="562"/>
+        <item x="563"/>
+        <item x="564"/>
+        <item x="565"/>
+        <item x="566"/>
+        <item x="567"/>
+        <item x="568"/>
+        <item x="569"/>
+        <item x="570"/>
+        <item x="571"/>
+        <item x="572"/>
+        <item x="573"/>
+        <item x="574"/>
+        <item x="575"/>
+        <item x="576"/>
+        <item x="577"/>
+        <item x="578"/>
+        <item x="579"/>
+        <item x="580"/>
+        <item x="581"/>
+        <item x="582"/>
+        <item x="583"/>
+        <item x="584"/>
+        <item x="585"/>
+        <item x="586"/>
+        <item x="587"/>
+        <item x="588"/>
+        <item x="589"/>
+        <item x="590"/>
+        <item x="591"/>
+        <item x="592"/>
+        <item x="593"/>
+        <item x="594"/>
+        <item x="595"/>
+        <item x="596"/>
+        <item x="597"/>
+        <item x="598"/>
+        <item x="599"/>
+        <item x="600"/>
+        <item x="601"/>
+        <item x="602"/>
+        <item x="603"/>
+        <item x="604"/>
+        <item x="605"/>
+        <item x="606"/>
+        <item x="607"/>
+        <item x="608"/>
+        <item x="609"/>
+      </items>
+    </pivotField>
+    <pivotField name="Month" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="610">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+        <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+        <item x="200"/>
+        <item x="201"/>
+        <item x="202"/>
+        <item x="203"/>
+        <item x="204"/>
+        <item x="205"/>
+        <item x="206"/>
+        <item x="207"/>
+        <item x="208"/>
+        <item x="209"/>
+        <item x="210"/>
+        <item x="211"/>
+        <item x="212"/>
+        <item x="213"/>
+        <item x="214"/>
+        <item x="215"/>
+        <item x="216"/>
+        <item x="217"/>
+        <item x="218"/>
+        <item x="219"/>
+        <item x="220"/>
+        <item x="221"/>
+        <item x="222"/>
+        <item x="223"/>
+        <item x="224"/>
+        <item x="225"/>
+        <item x="226"/>
+        <item x="227"/>
+        <item x="228"/>
+        <item x="229"/>
+        <item x="230"/>
+        <item x="231"/>
+        <item x="232"/>
+        <item x="233"/>
+        <item x="234"/>
+        <item x="235"/>
+        <item x="236"/>
+        <item x="237"/>
+        <item x="238"/>
+        <item x="239"/>
+        <item x="240"/>
+        <item x="241"/>
+        <item x="242"/>
+        <item x="243"/>
+        <item x="244"/>
+        <item x="245"/>
+        <item x="246"/>
+        <item x="247"/>
+        <item x="248"/>
+        <item x="249"/>
+        <item x="250"/>
+        <item x="251"/>
+        <item x="252"/>
+        <item x="253"/>
+        <item x="254"/>
+        <item x="255"/>
+        <item x="256"/>
+        <item x="257"/>
+        <item x="258"/>
+        <item x="259"/>
+        <item x="260"/>
+        <item x="261"/>
+        <item x="262"/>
+        <item x="263"/>
+        <item x="264"/>
+        <item x="265"/>
+        <item x="266"/>
+        <item x="267"/>
+        <item x="268"/>
+        <item x="269"/>
+        <item x="270"/>
+        <item x="271"/>
+        <item x="272"/>
+        <item x="273"/>
+        <item x="274"/>
+        <item x="275"/>
+        <item x="276"/>
+        <item x="277"/>
+        <item x="278"/>
+        <item x="279"/>
+        <item x="280"/>
+        <item x="281"/>
+        <item x="282"/>
+        <item x="283"/>
+        <item x="284"/>
+        <item x="285"/>
+        <item x="286"/>
+        <item x="287"/>
+        <item x="288"/>
+        <item x="289"/>
+        <item x="290"/>
+        <item x="291"/>
+        <item x="292"/>
+        <item x="293"/>
+        <item x="294"/>
+        <item x="295"/>
+        <item x="296"/>
+        <item x="297"/>
+        <item x="298"/>
+        <item x="299"/>
+        <item x="300"/>
+        <item x="301"/>
+        <item x="302"/>
+        <item x="303"/>
+        <item x="304"/>
+        <item x="305"/>
+        <item x="306"/>
+        <item x="307"/>
+        <item x="308"/>
+        <item x="309"/>
+        <item x="310"/>
+        <item x="311"/>
+        <item x="312"/>
+        <item x="313"/>
+        <item x="314"/>
+        <item x="315"/>
+        <item x="316"/>
+        <item x="317"/>
+        <item x="318"/>
+        <item x="319"/>
+        <item x="320"/>
+        <item x="321"/>
+        <item x="322"/>
+        <item x="323"/>
+        <item x="324"/>
+        <item x="325"/>
+        <item x="326"/>
+        <item x="327"/>
+        <item x="328"/>
+        <item x="329"/>
+        <item x="330"/>
+        <item x="331"/>
+        <item x="332"/>
+        <item x="333"/>
+        <item x="334"/>
+        <item x="335"/>
+        <item x="336"/>
+        <item x="337"/>
+        <item x="338"/>
+        <item x="339"/>
+        <item x="340"/>
+        <item x="341"/>
+        <item x="342"/>
+        <item x="343"/>
+        <item x="344"/>
+        <item x="345"/>
+        <item x="346"/>
+        <item x="347"/>
+        <item x="348"/>
+        <item x="349"/>
+        <item x="350"/>
+        <item x="351"/>
+        <item x="352"/>
+        <item x="353"/>
+        <item x="354"/>
+        <item x="355"/>
+        <item x="356"/>
+        <item x="357"/>
+        <item x="358"/>
+        <item x="359"/>
+        <item x="360"/>
+        <item x="361"/>
+        <item x="362"/>
+        <item x="363"/>
+        <item x="364"/>
+        <item x="365"/>
+        <item x="366"/>
+        <item x="367"/>
+        <item x="368"/>
+        <item x="369"/>
+        <item x="370"/>
+        <item x="371"/>
+        <item x="372"/>
+        <item x="373"/>
+        <item x="374"/>
+        <item x="375"/>
+        <item x="376"/>
+        <item x="377"/>
+        <item x="378"/>
+        <item x="379"/>
+        <item x="380"/>
+        <item x="381"/>
+        <item x="382"/>
+        <item x="383"/>
+        <item x="384"/>
+        <item x="385"/>
+        <item x="386"/>
+        <item x="387"/>
+        <item x="388"/>
+        <item x="389"/>
+        <item x="390"/>
+        <item x="391"/>
+        <item x="392"/>
+        <item x="393"/>
+        <item x="394"/>
+        <item x="395"/>
+        <item x="396"/>
+        <item x="397"/>
+        <item x="398"/>
+        <item x="399"/>
+        <item x="400"/>
+        <item x="401"/>
+        <item x="402"/>
+        <item x="403"/>
+        <item x="404"/>
+        <item x="405"/>
+        <item x="406"/>
+        <item x="407"/>
+        <item x="408"/>
+        <item x="409"/>
+        <item x="410"/>
+        <item x="411"/>
+        <item x="412"/>
+        <item x="413"/>
+        <item x="414"/>
+        <item x="415"/>
+        <item x="416"/>
+        <item x="417"/>
+        <item x="418"/>
+        <item x="419"/>
+        <item x="420"/>
+        <item x="421"/>
+        <item x="422"/>
+        <item x="423"/>
+        <item x="424"/>
+        <item x="425"/>
+        <item x="426"/>
+        <item x="427"/>
+        <item x="428"/>
+        <item x="429"/>
+        <item x="430"/>
+        <item x="431"/>
+        <item x="432"/>
+        <item x="433"/>
+        <item x="434"/>
+        <item x="435"/>
+        <item x="436"/>
+        <item x="437"/>
+        <item x="438"/>
+        <item x="439"/>
+        <item x="440"/>
+        <item x="441"/>
+        <item x="442"/>
+        <item x="443"/>
+        <item x="444"/>
+        <item x="445"/>
+        <item x="446"/>
+        <item x="447"/>
+        <item x="448"/>
+        <item x="449"/>
+        <item x="450"/>
+        <item x="451"/>
+        <item x="452"/>
+        <item x="453"/>
+        <item x="454"/>
+        <item x="455"/>
+        <item x="456"/>
+        <item x="457"/>
+        <item x="458"/>
+        <item x="459"/>
+        <item x="460"/>
+        <item x="461"/>
+        <item x="462"/>
+        <item x="463"/>
+        <item x="464"/>
+        <item x="465"/>
+        <item x="466"/>
+        <item x="467"/>
+        <item x="468"/>
+        <item x="469"/>
+        <item x="470"/>
+        <item x="471"/>
+        <item x="472"/>
+        <item x="473"/>
+        <item x="474"/>
+        <item x="475"/>
+        <item x="476"/>
+        <item x="477"/>
+        <item x="478"/>
+        <item x="479"/>
+        <item x="480"/>
+        <item x="481"/>
+        <item x="482"/>
+        <item x="483"/>
+        <item x="484"/>
+        <item x="485"/>
+        <item x="486"/>
+        <item x="487"/>
+        <item x="488"/>
+        <item x="489"/>
+        <item x="490"/>
+        <item x="491"/>
+        <item x="492"/>
+        <item x="493"/>
+        <item x="494"/>
+        <item x="495"/>
+        <item x="496"/>
+        <item x="497"/>
+        <item x="498"/>
+        <item x="499"/>
+        <item x="500"/>
+        <item x="501"/>
+        <item x="502"/>
+        <item x="503"/>
+        <item x="504"/>
+        <item x="505"/>
+        <item x="506"/>
+        <item x="507"/>
+        <item x="508"/>
+        <item x="509"/>
+        <item x="510"/>
+        <item x="511"/>
+        <item x="512"/>
+        <item x="513"/>
+        <item x="514"/>
+        <item x="515"/>
+        <item x="516"/>
+        <item x="517"/>
+        <item x="518"/>
+        <item x="519"/>
+        <item x="520"/>
+        <item x="521"/>
+        <item x="522"/>
+        <item x="523"/>
+        <item x="524"/>
+        <item x="525"/>
+        <item x="526"/>
+        <item x="527"/>
+        <item x="528"/>
+        <item x="529"/>
+        <item x="530"/>
+        <item x="531"/>
+        <item x="532"/>
+        <item x="533"/>
+        <item x="534"/>
+        <item x="535"/>
+        <item x="536"/>
+        <item x="537"/>
+        <item x="538"/>
+        <item x="539"/>
+        <item x="540"/>
+        <item x="541"/>
+        <item x="542"/>
+        <item x="543"/>
+        <item x="544"/>
+        <item x="545"/>
+        <item x="546"/>
+        <item x="547"/>
+        <item x="548"/>
+        <item x="549"/>
+        <item x="550"/>
+        <item x="551"/>
+        <item x="552"/>
+        <item x="553"/>
+        <item x="554"/>
+        <item x="555"/>
+        <item x="556"/>
+        <item x="557"/>
+        <item x="558"/>
+        <item x="559"/>
+        <item x="560"/>
+        <item x="561"/>
+        <item x="562"/>
+        <item x="563"/>
+        <item x="564"/>
+        <item x="565"/>
+        <item x="566"/>
+        <item x="567"/>
+        <item x="568"/>
+        <item x="569"/>
+        <item x="570"/>
+        <item x="571"/>
+        <item x="572"/>
+        <item x="573"/>
+        <item x="574"/>
+        <item x="575"/>
+        <item x="576"/>
+        <item x="577"/>
+        <item x="578"/>
+        <item x="579"/>
+        <item x="580"/>
+        <item x="581"/>
+        <item x="582"/>
+        <item x="583"/>
+        <item x="584"/>
+        <item x="585"/>
+        <item x="586"/>
+        <item x="587"/>
+        <item x="588"/>
+        <item x="589"/>
+        <item x="590"/>
+        <item x="591"/>
+        <item x="592"/>
+        <item x="593"/>
+        <item x="594"/>
+        <item x="595"/>
+        <item x="596"/>
+        <item x="597"/>
+        <item x="598"/>
+        <item x="599"/>
+        <item x="600"/>
+        <item x="601"/>
+        <item x="602"/>
+        <item x="603"/>
+        <item x="604"/>
+        <item x="605"/>
+        <item x="606"/>
+        <item x="607"/>
+        <item x="608"/>
+        <item x="609"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1217" totalsRowShown="0">
-  <x:autoFilter ref="A1:H1217"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1221" totalsRowShown="0">
+  <x:autoFilter ref="A1:H1221"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(M1)"/>
     <x:tableColumn id="4" name="Month"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="State"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -9282,51 +5610,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/MSM01/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -9515,55 +5843,55 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H1217"/>
+  <x:dimension ref="A1:H1221"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="21.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.996339" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="15.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="7.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="14.710625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -20191,19297 +16519,21153 @@
         <x:v>2657</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H410" s="0" t="s">
+        <x:v>869</x:v>
+      </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H411" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
-        <x:v>872</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H412" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
-        <x:v>873</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H413" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
-        <x:v>875</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H414" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
-        <x:v>877</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
-        <x:v>878</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H415" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H416" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
-        <x:v>881</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
-        <x:v>882</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H417" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
-        <x:v>883</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
-        <x:v>884</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H418" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
-        <x:v>885</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
-        <x:v>886</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H419" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
-        <x:v>887</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
-        <x:v>888</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H420" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
-        <x:v>889</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H421" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
-        <x:v>891</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
-        <x:v>892</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H422" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
-        <x:v>893</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
-        <x:v>894</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H423" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
-        <x:v>895</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
-        <x:v>896</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H424" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
-        <x:v>897</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
-        <x:v>898</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H425" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
-        <x:v>899</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
-        <x:v>900</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H426" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
-        <x:v>901</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
-        <x:v>902</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H427" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
-        <x:v>903</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
-        <x:v>904</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H428" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
-        <x:v>905</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
-        <x:v>906</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H429" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
-        <x:v>907</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
-        <x:v>908</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H430" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
-        <x:v>909</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
-        <x:v>910</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H431" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
-        <x:v>911</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
-        <x:v>912</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H432" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
-        <x:v>914</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H433" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
-        <x:v>916</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H434" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
-        <x:v>917</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
-        <x:v>918</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H435" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
-        <x:v>920</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H436" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
-        <x:v>921</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
-        <x:v>922</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H437" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
-        <x:v>923</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
-        <x:v>924</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H438" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
-        <x:v>925</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
-        <x:v>926</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F439" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H439" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
-        <x:v>927</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
-        <x:v>928</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H440" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
-        <x:v>929</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H441" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
-        <x:v>931</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
-        <x:v>932</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H442" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
-        <x:v>933</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
-        <x:v>934</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H443" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
-        <x:v>935</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
-        <x:v>936</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H444" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
-        <x:v>937</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
-        <x:v>938</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H445" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
-        <x:v>939</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
-        <x:v>940</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H446" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
-        <x:v>941</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
-        <x:v>942</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H447" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
-        <x:v>943</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
-        <x:v>944</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H448" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
-        <x:v>945</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
-        <x:v>946</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H449" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
-        <x:v>947</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
-        <x:v>948</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F450" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H450" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
-        <x:v>949</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
-        <x:v>950</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F451" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H451" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
-        <x:v>951</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
-        <x:v>952</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H452" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
-        <x:v>954</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H453" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
-        <x:v>956</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H454" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
-        <x:v>957</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
-        <x:v>958</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F455" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H455" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
-        <x:v>959</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
-        <x:v>960</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F456" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H456" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
-        <x:v>961</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
-        <x:v>962</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H457" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
-        <x:v>963</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
-        <x:v>964</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F458" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H458" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
-        <x:v>965</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
-        <x:v>966</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F459" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H459" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
-        <x:v>967</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
-        <x:v>968</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F460" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H460" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
-        <x:v>969</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
-        <x:v>970</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H461" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
-        <x:v>971</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
-        <x:v>972</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F462" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H462" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
-        <x:v>973</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
-        <x:v>974</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F463" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H463" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
-        <x:v>975</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
-        <x:v>976</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="E464" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F464" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G464" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H464" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
-        <x:v>977</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
-        <x:v>978</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F465" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H465" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C466" s="0" t="s">
-        <x:v>979</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
-        <x:v>980</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="E466" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F466" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G466" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H466" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
-        <x:v>981</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
-        <x:v>982</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="E467" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F467" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H467" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C468" s="0" t="s">
-        <x:v>983</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
-        <x:v>984</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="E468" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F468" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G468" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H468" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
-        <x:v>985</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
-        <x:v>986</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F469" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H469" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
-        <x:v>987</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
-        <x:v>988</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F470" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H470" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
-        <x:v>989</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
-        <x:v>990</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F471" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H471" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
-        <x:v>991</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
-        <x:v>992</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F472" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H472" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C473" s="0" t="s">
-        <x:v>993</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
-        <x:v>994</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="E473" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F473" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H473" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
-        <x:v>995</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
-        <x:v>996</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="E474" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F474" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G474" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H474" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
-        <x:v>997</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
-        <x:v>998</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F475" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H475" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
-        <x:v>999</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
-        <x:v>1000</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F476" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H476" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
-        <x:v>1001</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
-        <x:v>1002</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H477" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
-        <x:v>1003</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
-        <x:v>1004</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F478" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H478" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
-        <x:v>1005</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
-        <x:v>1006</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="E479" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F479" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H479" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
-        <x:v>1007</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
-        <x:v>1008</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="E480" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F480" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G480" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H480" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C481" s="0" t="s">
-        <x:v>1009</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="D481" s="0" t="s">
-        <x:v>1010</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="E481" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F481" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H481" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C482" s="0" t="s">
-        <x:v>1011</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="D482" s="0" t="s">
-        <x:v>1012</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="E482" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F482" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G482" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H482" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C483" s="0" t="s">
-        <x:v>1013</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="D483" s="0" t="s">
-        <x:v>1014</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="E483" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F483" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H483" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C484" s="0" t="s">
-        <x:v>1015</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="D484" s="0" t="s">
-        <x:v>1016</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="E484" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F484" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G484" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H484" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C485" s="0" t="s">
-        <x:v>1017</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="D485" s="0" t="s">
-        <x:v>1018</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="E485" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F485" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H485" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C486" s="0" t="s">
-        <x:v>1019</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="D486" s="0" t="s">
-        <x:v>1020</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="E486" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F486" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H486" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
-        <x:v>1021</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
-        <x:v>1022</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F487" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H487" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C488" s="0" t="s">
-        <x:v>1023</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
-        <x:v>1024</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="E488" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F488" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H488" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
-        <x:v>1025</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
-        <x:v>1026</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F489" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H489" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
-        <x:v>1027</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
-        <x:v>1028</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F490" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H490" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
-        <x:v>1029</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
-        <x:v>1030</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="E491" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F491" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H491" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
-        <x:v>1031</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
-        <x:v>1032</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F492" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H492" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
-        <x:v>1033</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
-        <x:v>1034</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="E493" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F493" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H493" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
-        <x:v>1035</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
-        <x:v>1036</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="E494" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F494" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G494" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H494" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
-        <x:v>1037</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
-        <x:v>1038</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="E495" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F495" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H495" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
-        <x:v>1039</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
-        <x:v>1040</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="E496" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H496" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
-        <x:v>1041</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
-        <x:v>1042</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F497" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H497" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
-        <x:v>1043</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
-        <x:v>1044</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H498" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
-        <x:v>1045</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
-        <x:v>1046</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F499" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H499" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
-        <x:v>1047</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
-        <x:v>1048</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F500" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H500" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
-        <x:v>1049</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
-        <x:v>1050</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H501" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C502" s="0" t="s">
-        <x:v>1051</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
-        <x:v>1052</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F502" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H502" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C503" s="0" t="s">
-        <x:v>1053</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
-        <x:v>1054</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F503" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H503" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C504" s="0" t="s">
-        <x:v>1055</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="D504" s="0" t="s">
-        <x:v>1056</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="E504" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F504" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H504" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C505" s="0" t="s">
-        <x:v>1057</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="D505" s="0" t="s">
-        <x:v>1058</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="E505" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F505" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H505" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C506" s="0" t="s">
-        <x:v>1059</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="D506" s="0" t="s">
-        <x:v>1060</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F506" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H506" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
-        <x:v>1061</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
-        <x:v>1062</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H507" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C508" s="0" t="s">
-        <x:v>1063</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="D508" s="0" t="s">
-        <x:v>1064</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F508" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G508" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H508" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C509" s="0" t="s">
-        <x:v>1065</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="D509" s="0" t="s">
-        <x:v>1066</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="E509" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F509" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H509" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C510" s="0" t="s">
-        <x:v>1067</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="D510" s="0" t="s">
-        <x:v>1068</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="E510" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F510" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G510" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H510" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C511" s="0" t="s">
-        <x:v>1069</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="D511" s="0" t="s">
-        <x:v>1070</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="E511" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F511" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H511" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C512" s="0" t="s">
-        <x:v>1071</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="D512" s="0" t="s">
-        <x:v>1072</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="E512" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F512" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H512" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="D513" s="0" t="s">
-        <x:v>1074</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F513" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H513" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:8">
       <x:c r="A514" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
-        <x:v>1075</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
-        <x:v>1076</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F514" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H514" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C515" s="0" t="s">
-        <x:v>1077</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="D515" s="0" t="s">
-        <x:v>1078</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="E515" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F515" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H515" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C516" s="0" t="s">
-        <x:v>1079</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="D516" s="0" t="s">
-        <x:v>1080</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="E516" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F516" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H516" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C517" s="0" t="s">
-        <x:v>1081</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
-        <x:v>1082</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H517" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C518" s="0" t="s">
-        <x:v>1083</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
-        <x:v>1084</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="E518" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F518" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G518" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H518" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C519" s="0" t="s">
-        <x:v>1085</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="D519" s="0" t="s">
-        <x:v>1086</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="E519" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F519" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H519" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C520" s="0" t="s">
-        <x:v>1087</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="D520" s="0" t="s">
-        <x:v>1088</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="E520" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F520" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G520" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H520" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C521" s="0" t="s">
-        <x:v>1089</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="D521" s="0" t="s">
-        <x:v>1090</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="E521" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F521" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H521" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C522" s="0" t="s">
-        <x:v>1091</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
-        <x:v>1092</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F522" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H522" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
-        <x:v>1093</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
-        <x:v>1094</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H523" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
-        <x:v>1095</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
-        <x:v>1096</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F524" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H524" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
-        <x:v>1097</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
-        <x:v>1098</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F525" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H525" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C526" s="0" t="s">
-        <x:v>1099</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="D526" s="0" t="s">
-        <x:v>1100</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="E526" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F526" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G526" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H526" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C527" s="0" t="s">
-        <x:v>1101</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="D527" s="0" t="s">
-        <x:v>1102</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="E527" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F527" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H527" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C528" s="0" t="s">
-        <x:v>1103</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="D528" s="0" t="s">
-        <x:v>1104</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="E528" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F528" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G528" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H528" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C529" s="0" t="s">
-        <x:v>1105</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="D529" s="0" t="s">
-        <x:v>1106</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="E529" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F529" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H529" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C530" s="0" t="s">
-        <x:v>1107</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="D530" s="0" t="s">
-        <x:v>1108</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="E530" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F530" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G530" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H530" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C531" s="0" t="s">
-        <x:v>1109</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="D531" s="0" t="s">
-        <x:v>1110</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="E531" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H531" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C532" s="0" t="s">
-        <x:v>1111</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
-        <x:v>1112</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F532" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H532" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C533" s="0" t="s">
-        <x:v>1113</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="D533" s="0" t="s">
-        <x:v>1114</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="E533" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F533" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H533" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C534" s="0" t="s">
-        <x:v>1115</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="D534" s="0" t="s">
-        <x:v>1116</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="E534" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F534" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G534" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H534" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C535" s="0" t="s">
-        <x:v>1117</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="D535" s="0" t="s">
-        <x:v>1118</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="E535" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F535" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H535" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C536" s="0" t="s">
-        <x:v>1119</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="D536" s="0" t="s">
-        <x:v>1120</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="E536" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F536" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G536" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H536" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C537" s="0" t="s">
-        <x:v>1121</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
-        <x:v>1122</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F537" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H537" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C538" s="0" t="s">
-        <x:v>1123</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="D538" s="0" t="s">
-        <x:v>1124</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="E538" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F538" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G538" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H538" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C539" s="0" t="s">
-        <x:v>1125</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="D539" s="0" t="s">
-        <x:v>1126</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="E539" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F539" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H539" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C540" s="0" t="s">
-        <x:v>1127</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="D540" s="0" t="s">
-        <x:v>1128</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="E540" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F540" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G540" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H540" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C541" s="0" t="s">
-        <x:v>1129</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="D541" s="0" t="s">
-        <x:v>1130</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="E541" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H541" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C542" s="0" t="s">
-        <x:v>1131</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="D542" s="0" t="s">
-        <x:v>1132</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="E542" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F542" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G542" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H542" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C543" s="0" t="s">
-        <x:v>1133</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="D543" s="0" t="s">
-        <x:v>1134</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="E543" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F543" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H543" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C544" s="0" t="s">
-        <x:v>1135</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="D544" s="0" t="s">
-        <x:v>1136</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="E544" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F544" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G544" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H544" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C545" s="0" t="s">
-        <x:v>1137</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="D545" s="0" t="s">
-        <x:v>1138</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E545" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F545" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H545" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C546" s="0" t="s">
-        <x:v>1139</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="D546" s="0" t="s">
-        <x:v>1140</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="E546" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F546" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G546" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H546" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C547" s="0" t="s">
-        <x:v>1141</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="D547" s="0" t="s">
-        <x:v>1142</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="E547" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F547" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H547" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C548" s="0" t="s">
-        <x:v>1143</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="D548" s="0" t="s">
-        <x:v>1144</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="E548" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F548" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G548" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H548" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C549" s="0" t="s">
-        <x:v>1145</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="D549" s="0" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F549" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H549" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C550" s="0" t="s">
-        <x:v>1147</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="D550" s="0" t="s">
-        <x:v>1148</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="E550" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F550" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G550" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H550" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C551" s="0" t="s">
-        <x:v>1149</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="D551" s="0" t="s">
-        <x:v>1150</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="E551" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F551" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H551" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C552" s="0" t="s">
-        <x:v>1151</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="D552" s="0" t="s">
-        <x:v>1152</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="E552" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F552" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G552" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H552" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C553" s="0" t="s">
-        <x:v>1153</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="D553" s="0" t="s">
-        <x:v>1154</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="E553" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F553" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H553" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C554" s="0" t="s">
-        <x:v>1155</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="D554" s="0" t="s">
-        <x:v>1156</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="E554" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F554" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G554" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H554" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C555" s="0" t="s">
-        <x:v>1157</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="D555" s="0" t="s">
-        <x:v>1158</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="E555" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F555" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H555" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C556" s="0" t="s">
-        <x:v>1159</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="D556" s="0" t="s">
-        <x:v>1160</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="E556" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F556" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G556" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H556" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C557" s="0" t="s">
-        <x:v>1161</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="D557" s="0" t="s">
-        <x:v>1162</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="E557" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F557" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H557" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C558" s="0" t="s">
-        <x:v>1163</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="D558" s="0" t="s">
-        <x:v>1164</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="E558" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F558" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G558" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H558" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C559" s="0" t="s">
-        <x:v>1165</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="D559" s="0" t="s">
-        <x:v>1166</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="E559" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F559" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H559" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C560" s="0" t="s">
-        <x:v>1167</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="D560" s="0" t="s">
-        <x:v>1168</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="E560" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F560" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G560" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H560" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C561" s="0" t="s">
-        <x:v>1169</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="D561" s="0" t="s">
-        <x:v>1170</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="E561" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F561" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H561" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C562" s="0" t="s">
-        <x:v>1171</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="D562" s="0" t="s">
-        <x:v>1172</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="E562" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F562" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G562" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H562" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C563" s="0" t="s">
-        <x:v>1173</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="D563" s="0" t="s">
-        <x:v>1174</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="E563" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F563" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H563" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:8">
       <x:c r="A564" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C564" s="0" t="s">
-        <x:v>1175</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="D564" s="0" t="s">
-        <x:v>1176</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="E564" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F564" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G564" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H564" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C565" s="0" t="s">
-        <x:v>1177</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="D565" s="0" t="s">
-        <x:v>1178</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="E565" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F565" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H565" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C566" s="0" t="s">
-        <x:v>1179</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="D566" s="0" t="s">
-        <x:v>1180</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="E566" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F566" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G566" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H566" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C567" s="0" t="s">
-        <x:v>1181</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="D567" s="0" t="s">
-        <x:v>1182</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="E567" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F567" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H567" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C568" s="0" t="s">
-        <x:v>1183</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="D568" s="0" t="s">
-        <x:v>1184</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="E568" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F568" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G568" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H568" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C569" s="0" t="s">
-        <x:v>1185</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="D569" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="E569" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F569" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H569" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C570" s="0" t="s">
-        <x:v>1187</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="D570" s="0" t="s">
-        <x:v>1188</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="E570" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F570" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G570" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H570" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C571" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="D571" s="0" t="s">
-        <x:v>1190</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="E571" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F571" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H571" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C572" s="0" t="s">
-        <x:v>1191</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="D572" s="0" t="s">
-        <x:v>1192</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="E572" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F572" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G572" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H572" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C573" s="0" t="s">
-        <x:v>1193</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="D573" s="0" t="s">
-        <x:v>1194</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="E573" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F573" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H573" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C574" s="0" t="s">
-        <x:v>1195</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="D574" s="0" t="s">
-        <x:v>1196</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="E574" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F574" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G574" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H574" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C575" s="0" t="s">
-        <x:v>1197</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="D575" s="0" t="s">
-        <x:v>1198</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="E575" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F575" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H575" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C576" s="0" t="s">
-        <x:v>1199</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="D576" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="E576" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F576" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G576" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H576" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C577" s="0" t="s">
-        <x:v>1201</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="D577" s="0" t="s">
-        <x:v>1202</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="E577" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F577" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H577" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:8">
       <x:c r="A578" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C578" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="D578" s="0" t="s">
-        <x:v>1204</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="E578" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F578" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G578" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H578" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C579" s="0" t="s">
-        <x:v>1205</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="D579" s="0" t="s">
-        <x:v>1206</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="E579" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F579" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H579" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C580" s="0" t="s">
-        <x:v>1207</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="D580" s="0" t="s">
-        <x:v>1208</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="E580" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F580" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G580" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H580" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:8">
       <x:c r="A581" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C581" s="0" t="s">
-        <x:v>1209</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="D581" s="0" t="s">
-        <x:v>1210</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="E581" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F581" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H581" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:8">
       <x:c r="A582" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C582" s="0" t="s">
-        <x:v>1211</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="D582" s="0" t="s">
-        <x:v>1212</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="E582" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F582" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G582" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H582" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:8">
       <x:c r="A583" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C583" s="0" t="s">
-        <x:v>1213</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="D583" s="0" t="s">
-        <x:v>1214</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="E583" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F583" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H583" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:8">
       <x:c r="A584" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C584" s="0" t="s">
-        <x:v>1215</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="D584" s="0" t="s">
-        <x:v>1216</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="E584" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F584" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G584" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H584" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:8">
       <x:c r="A585" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C585" s="0" t="s">
-        <x:v>1217</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="D585" s="0" t="s">
-        <x:v>1218</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="E585" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F585" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H585" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:8">
       <x:c r="A586" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C586" s="0" t="s">
-        <x:v>1219</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="D586" s="0" t="s">
-        <x:v>1220</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="E586" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F586" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G586" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H586" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:8">
       <x:c r="A587" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C587" s="0" t="s">
-        <x:v>1221</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="D587" s="0" t="s">
-        <x:v>1222</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="E587" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F587" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H587" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:8">
       <x:c r="A588" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C588" s="0" t="s">
-        <x:v>1223</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="D588" s="0" t="s">
-        <x:v>1224</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="E588" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F588" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G588" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H588" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:8">
       <x:c r="A589" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C589" s="0" t="s">
-        <x:v>1225</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="D589" s="0" t="s">
-        <x:v>1226</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="E589" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F589" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H589" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:8">
       <x:c r="A590" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C590" s="0" t="s">
-        <x:v>1227</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="D590" s="0" t="s">
-        <x:v>1228</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="E590" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F590" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G590" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H590" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:8">
       <x:c r="A591" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C591" s="0" t="s">
-        <x:v>1229</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="D591" s="0" t="s">
-        <x:v>1230</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="E591" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F591" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H591" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:8">
       <x:c r="A592" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C592" s="0" t="s">
-        <x:v>1231</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="D592" s="0" t="s">
-        <x:v>1232</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="E592" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F592" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G592" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H592" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:8">
       <x:c r="A593" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C593" s="0" t="s">
-        <x:v>1233</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="D593" s="0" t="s">
-        <x:v>1234</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="E593" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F593" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H593" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:8">
       <x:c r="A594" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C594" s="0" t="s">
-        <x:v>1235</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="D594" s="0" t="s">
-        <x:v>1236</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="E594" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F594" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G594" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H594" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:8">
       <x:c r="A595" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C595" s="0" t="s">
-        <x:v>1237</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="D595" s="0" t="s">
-        <x:v>1238</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="E595" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F595" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H595" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:8">
       <x:c r="A596" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C596" s="0" t="s">
-        <x:v>1239</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="D596" s="0" t="s">
-        <x:v>1240</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="E596" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F596" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G596" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H596" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:8">
       <x:c r="A597" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C597" s="0" t="s">
-        <x:v>1241</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="D597" s="0" t="s">
-        <x:v>1242</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="E597" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F597" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H597" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:8">
       <x:c r="A598" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C598" s="0" t="s">
-        <x:v>1243</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="D598" s="0" t="s">
-        <x:v>1244</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="E598" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F598" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G598" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H598" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:8">
       <x:c r="A599" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C599" s="0" t="s">
-        <x:v>1245</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="D599" s="0" t="s">
-        <x:v>1246</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="E599" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F599" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H599" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:8">
       <x:c r="A600" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C600" s="0" t="s">
-        <x:v>1247</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="D600" s="0" t="s">
-        <x:v>1248</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="E600" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F600" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G600" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H600" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:8">
       <x:c r="A601" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C601" s="0" t="s">
-        <x:v>1249</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="D601" s="0" t="s">
-        <x:v>1250</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="E601" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F601" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H601" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:8">
       <x:c r="A602" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C602" s="0" t="s">
-        <x:v>1251</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="D602" s="0" t="s">
-        <x:v>1252</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="E602" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F602" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G602" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H602" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:8">
       <x:c r="A603" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C603" s="0" t="s">
-        <x:v>1253</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="D603" s="0" t="s">
-        <x:v>1254</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="E603" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F603" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H603" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:8">
       <x:c r="A604" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C604" s="0" t="s">
-        <x:v>1255</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="D604" s="0" t="s">
-        <x:v>1256</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="E604" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F604" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G604" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H604" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:8">
       <x:c r="A605" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C605" s="0" t="s">
-        <x:v>1257</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="D605" s="0" t="s">
-        <x:v>1258</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="E605" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F605" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H605" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:8">
       <x:c r="A606" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C606" s="0" t="s">
-        <x:v>1259</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="D606" s="0" t="s">
-        <x:v>1260</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="E606" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F606" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G606" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H606" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:8">
       <x:c r="A607" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C607" s="0" t="s">
-        <x:v>1261</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="D607" s="0" t="s">
-        <x:v>1262</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="E607" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F607" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H607" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:8">
       <x:c r="A608" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C608" s="0" t="s">
-        <x:v>1263</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="D608" s="0" t="s">
-        <x:v>1264</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="E608" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F608" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G608" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H608" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:8">
       <x:c r="A609" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C609" s="0" t="s">
-        <x:v>1265</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="D609" s="0" t="s">
-        <x:v>1266</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="E609" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F609" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H609" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:8">
       <x:c r="A610" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C610" s="0" t="s">
         <x:v>1268</x:v>
       </x:c>
-      <x:c r="C610" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D610" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="E610" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F610" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G610" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H610" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:8">
       <x:c r="A611" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C611" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="D611" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="E611" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F611" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H611" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:8">
       <x:c r="A612" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C612" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D612" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E612" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F612" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G612" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H612" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:8">
       <x:c r="A613" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C613" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D613" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E613" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F613" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H613" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:8">
       <x:c r="A614" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C614" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D614" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E614" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F614" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G614" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H614" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:8">
       <x:c r="A615" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C615" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D615" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E615" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F615" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H615" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:8">
       <x:c r="A616" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C616" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D616" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E616" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F616" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G616" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H616" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:8">
       <x:c r="A617" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C617" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D617" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E617" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F617" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H617" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:8">
       <x:c r="A618" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C618" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D618" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E618" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F618" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G618" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H618" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:8">
       <x:c r="A619" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C619" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D619" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E619" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F619" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H619" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:8">
       <x:c r="A620" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C620" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D620" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E620" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F620" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G620" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H620" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:8">
       <x:c r="A621" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C621" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D621" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E621" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F621" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H621" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:8">
       <x:c r="A622" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C622" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D622" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E622" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F622" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G622" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H622" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:8">
       <x:c r="A623" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C623" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D623" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E623" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F623" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H623" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:8">
       <x:c r="A624" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C624" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D624" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E624" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F624" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G624" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H624" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:8">
       <x:c r="A625" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C625" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D625" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E625" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F625" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H625" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:8">
       <x:c r="A626" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C626" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D626" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E626" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F626" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G626" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H626" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:8">
       <x:c r="A627" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C627" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D627" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E627" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F627" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H627" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:8">
       <x:c r="A628" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C628" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D628" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E628" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F628" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G628" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H628" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:8">
       <x:c r="A629" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C629" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D629" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E629" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F629" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G629" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H629" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:8">
       <x:c r="A630" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C630" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D630" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E630" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F630" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G630" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H630" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:8">
       <x:c r="A631" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C631" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D631" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E631" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F631" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G631" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H631" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:8">
       <x:c r="A632" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C632" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D632" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E632" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F632" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G632" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H632" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:8">
       <x:c r="A633" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C633" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D633" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E633" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F633" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H633" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:8">
       <x:c r="A634" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C634" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D634" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E634" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F634" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G634" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H634" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:8">
       <x:c r="A635" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C635" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D635" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E635" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F635" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G635" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H635" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:8">
       <x:c r="A636" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C636" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D636" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E636" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F636" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G636" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H636" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:8">
       <x:c r="A637" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C637" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D637" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E637" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F637" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H637" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:8">
       <x:c r="A638" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C638" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D638" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E638" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F638" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G638" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H638" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:8">
       <x:c r="A639" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C639" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D639" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E639" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F639" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H639" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:8">
       <x:c r="A640" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C640" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D640" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E640" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F640" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G640" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H640" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:8">
       <x:c r="A641" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C641" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D641" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E641" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F641" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H641" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:8">
       <x:c r="A642" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C642" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D642" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E642" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F642" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G642" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H642" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:8">
       <x:c r="A643" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C643" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D643" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E643" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F643" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H643" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:8">
       <x:c r="A644" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C644" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D644" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E644" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F644" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G644" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H644" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:8">
       <x:c r="A645" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C645" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D645" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E645" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F645" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G645" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H645" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:8">
       <x:c r="A646" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C646" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D646" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E646" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F646" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G646" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H646" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:8">
       <x:c r="A647" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C647" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D647" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E647" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F647" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G647" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H647" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:8">
       <x:c r="A648" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C648" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D648" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E648" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F648" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G648" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H648" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:8">
       <x:c r="A649" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C649" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D649" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E649" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F649" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G649" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H649" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:8">
       <x:c r="A650" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C650" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D650" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E650" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F650" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G650" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H650" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:8">
       <x:c r="A651" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C651" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D651" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E651" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F651" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H651" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:8">
       <x:c r="A652" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C652" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D652" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E652" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F652" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G652" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H652" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:8">
       <x:c r="A653" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C653" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D653" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E653" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F653" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H653" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:8">
       <x:c r="A654" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C654" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D654" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E654" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F654" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G654" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H654" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:8">
       <x:c r="A655" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C655" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D655" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E655" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F655" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H655" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:8">
       <x:c r="A656" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C656" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D656" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E656" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F656" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G656" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H656" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:8">
       <x:c r="A657" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C657" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D657" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E657" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F657" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G657" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H657" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:8">
       <x:c r="A658" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C658" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D658" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E658" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F658" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G658" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H658" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:8">
       <x:c r="A659" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C659" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D659" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E659" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F659" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G659" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H659" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:8">
       <x:c r="A660" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C660" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D660" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E660" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F660" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G660" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H660" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:8">
       <x:c r="A661" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C661" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D661" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E661" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F661" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H661" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:8">
       <x:c r="A662" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C662" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D662" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E662" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F662" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G662" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H662" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:8">
       <x:c r="A663" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C663" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D663" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E663" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F663" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H663" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:8">
       <x:c r="A664" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C664" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D664" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E664" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F664" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G664" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H664" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:8">
       <x:c r="A665" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C665" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D665" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E665" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F665" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G665" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H665" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:8">
       <x:c r="A666" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C666" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D666" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E666" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F666" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G666" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H666" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:8">
       <x:c r="A667" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C667" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D667" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E667" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F667" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G667" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H667" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:8">
       <x:c r="A668" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C668" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D668" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E668" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F668" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G668" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H668" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:8">
       <x:c r="A669" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C669" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D669" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E669" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F669" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H669" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:8">
       <x:c r="A670" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C670" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D670" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E670" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F670" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G670" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H670" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:8">
       <x:c r="A671" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C671" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D671" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E671" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F671" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H671" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:8">
       <x:c r="A672" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C672" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D672" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E672" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F672" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G672" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H672" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:8">
       <x:c r="A673" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C673" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D673" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E673" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F673" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H673" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:8">
       <x:c r="A674" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C674" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D674" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E674" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F674" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G674" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H674" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:8">
       <x:c r="A675" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C675" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D675" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E675" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F675" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G675" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H675" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:8">
       <x:c r="A676" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C676" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D676" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E676" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F676" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G676" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H676" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:8">
       <x:c r="A677" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C677" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D677" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E677" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F677" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G677" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H677" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:8">
       <x:c r="A678" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C678" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D678" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E678" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F678" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G678" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H678" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:8">
       <x:c r="A679" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C679" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D679" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E679" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F679" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G679" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H679" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:8">
       <x:c r="A680" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C680" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D680" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E680" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F680" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G680" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H680" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:8">
       <x:c r="A681" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C681" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D681" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E681" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F681" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G681" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H681" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:8">
       <x:c r="A682" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C682" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D682" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E682" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F682" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G682" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H682" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:8">
       <x:c r="A683" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C683" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D683" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E683" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F683" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G683" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H683" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:8">
       <x:c r="A684" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C684" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D684" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E684" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F684" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G684" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H684" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:8">
       <x:c r="A685" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C685" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D685" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E685" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F685" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G685" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H685" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:8">
       <x:c r="A686" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C686" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D686" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E686" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F686" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G686" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H686" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:8">
       <x:c r="A687" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C687" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D687" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E687" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F687" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G687" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H687" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:8">
       <x:c r="A688" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B688" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C688" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D688" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E688" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F688" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G688" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H688" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:8">
       <x:c r="A689" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C689" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D689" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E689" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F689" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G689" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H689" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:8">
       <x:c r="A690" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C690" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D690" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E690" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F690" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G690" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H690" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:8">
       <x:c r="A691" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C691" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D691" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E691" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F691" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G691" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H691" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:8">
       <x:c r="A692" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C692" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D692" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E692" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F692" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G692" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H692" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:8">
       <x:c r="A693" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C693" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D693" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E693" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F693" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G693" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H693" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:8">
       <x:c r="A694" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C694" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D694" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E694" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F694" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G694" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H694" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:8">
       <x:c r="A695" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C695" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D695" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E695" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F695" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G695" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H695" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:8">
       <x:c r="A696" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C696" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D696" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E696" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F696" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G696" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H696" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:8">
       <x:c r="A697" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C697" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D697" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E697" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F697" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H697" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:8">
       <x:c r="A698" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C698" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D698" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E698" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F698" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G698" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H698" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:8">
       <x:c r="A699" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C699" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D699" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E699" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F699" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G699" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H699" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:8">
       <x:c r="A700" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B700" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C700" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D700" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E700" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F700" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G700" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H700" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:8">
       <x:c r="A701" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C701" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D701" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E701" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F701" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G701" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H701" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:8">
       <x:c r="A702" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B702" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C702" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D702" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E702" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F702" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G702" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H702" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:8">
       <x:c r="A703" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C703" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D703" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E703" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F703" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G703" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H703" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:8">
       <x:c r="A704" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B704" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C704" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D704" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E704" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F704" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G704" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H704" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:8">
       <x:c r="A705" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C705" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D705" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E705" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F705" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G705" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H705" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:8">
       <x:c r="A706" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B706" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C706" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D706" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E706" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F706" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G706" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H706" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:8">
       <x:c r="A707" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C707" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D707" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E707" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F707" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G707" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H707" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:8">
       <x:c r="A708" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B708" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C708" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D708" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E708" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F708" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G708" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H708" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:8">
       <x:c r="A709" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C709" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D709" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E709" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F709" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G709" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H709" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:8">
       <x:c r="A710" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B710" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C710" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D710" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E710" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F710" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G710" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H710" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:8">
       <x:c r="A711" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C711" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D711" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E711" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F711" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G711" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H711" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:8">
       <x:c r="A712" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B712" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C712" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D712" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E712" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F712" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G712" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H712" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:8">
       <x:c r="A713" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C713" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D713" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E713" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F713" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G713" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H713" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:8">
       <x:c r="A714" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B714" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C714" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D714" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E714" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F714" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G714" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H714" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:8">
       <x:c r="A715" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C715" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D715" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E715" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F715" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G715" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H715" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:8">
       <x:c r="A716" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B716" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C716" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D716" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E716" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F716" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G716" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H716" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:8">
       <x:c r="A717" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C717" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D717" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E717" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F717" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G717" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H717" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:8">
       <x:c r="A718" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B718" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C718" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D718" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E718" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F718" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G718" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H718" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:8">
       <x:c r="A719" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C719" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D719" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E719" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F719" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G719" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H719" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:8">
       <x:c r="A720" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B720" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C720" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D720" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E720" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F720" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G720" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H720" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:8">
       <x:c r="A721" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C721" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D721" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E721" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F721" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G721" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H721" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:8">
       <x:c r="A722" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B722" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C722" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D722" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E722" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F722" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G722" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H722" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:8">
       <x:c r="A723" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C723" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D723" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E723" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F723" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G723" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H723" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:8">
       <x:c r="A724" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B724" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C724" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D724" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E724" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F724" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G724" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H724" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:8">
       <x:c r="A725" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C725" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D725" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E725" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F725" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G725" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H725" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:8">
       <x:c r="A726" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B726" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C726" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D726" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E726" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F726" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G726" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H726" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:8">
       <x:c r="A727" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C727" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D727" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E727" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F727" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G727" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H727" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:8">
       <x:c r="A728" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B728" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C728" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D728" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E728" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F728" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G728" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H728" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:8">
       <x:c r="A729" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C729" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D729" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E729" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F729" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G729" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H729" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:8">
       <x:c r="A730" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B730" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C730" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D730" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E730" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F730" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G730" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H730" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:8">
       <x:c r="A731" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C731" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D731" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E731" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F731" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G731" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H731" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:8">
       <x:c r="A732" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B732" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C732" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D732" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E732" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F732" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G732" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H732" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:8">
       <x:c r="A733" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C733" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D733" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E733" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F733" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G733" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H733" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:8">
       <x:c r="A734" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B734" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C734" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="D734" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E734" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F734" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G734" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H734" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:8">
       <x:c r="A735" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C735" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D735" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E735" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F735" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G735" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H735" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:8">
       <x:c r="A736" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B736" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C736" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D736" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E736" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F736" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G736" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H736" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:8">
       <x:c r="A737" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C737" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D737" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E737" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F737" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G737" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H737" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:8">
       <x:c r="A738" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B738" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C738" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D738" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="E738" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F738" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G738" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H738" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:8">
       <x:c r="A739" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C739" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D739" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E739" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F739" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G739" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H739" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:8">
       <x:c r="A740" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B740" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C740" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D740" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="E740" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F740" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G740" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H740" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:8">
       <x:c r="A741" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C741" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D741" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="E741" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F741" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G741" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H741" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:8">
       <x:c r="A742" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B742" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C742" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D742" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E742" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F742" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G742" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H742" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:8">
       <x:c r="A743" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C743" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D743" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="E743" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F743" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G743" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H743" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:8">
       <x:c r="A744" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B744" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C744" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D744" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E744" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F744" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G744" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H744" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:8">
       <x:c r="A745" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C745" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D745" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E745" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F745" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G745" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H745" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:8">
       <x:c r="A746" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B746" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C746" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="D746" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="E746" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F746" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G746" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H746" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:8">
       <x:c r="A747" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C747" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D747" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E747" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F747" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G747" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H747" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:8">
       <x:c r="A748" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B748" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C748" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D748" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E748" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F748" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G748" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H748" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:8">
       <x:c r="A749" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C749" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D749" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E749" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F749" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G749" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H749" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:8">
       <x:c r="A750" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B750" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C750" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D750" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E750" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F750" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G750" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H750" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:8">
       <x:c r="A751" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C751" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D751" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E751" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F751" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G751" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H751" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:8">
       <x:c r="A752" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B752" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C752" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="D752" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E752" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F752" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G752" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H752" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:8">
       <x:c r="A753" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C753" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D753" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E753" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F753" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G753" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H753" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:8">
       <x:c r="A754" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B754" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C754" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D754" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E754" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F754" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G754" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H754" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:8">
       <x:c r="A755" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C755" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="D755" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="E755" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F755" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G755" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H755" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:8">
       <x:c r="A756" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B756" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C756" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D756" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E756" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F756" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G756" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H756" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:8">
       <x:c r="A757" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C757" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D757" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E757" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F757" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G757" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H757" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:8">
       <x:c r="A758" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B758" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C758" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="D758" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="E758" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F758" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G758" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H758" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:8">
       <x:c r="A759" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C759" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D759" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E759" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F759" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G759" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H759" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:8">
       <x:c r="A760" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B760" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C760" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="D760" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="E760" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F760" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G760" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H760" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:8">
       <x:c r="A761" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C761" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D761" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="E761" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F761" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G761" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H761" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:8">
       <x:c r="A762" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B762" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C762" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D762" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="E762" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F762" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G762" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H762" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:8">
       <x:c r="A763" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C763" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="D763" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="E763" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F763" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G763" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H763" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:8">
       <x:c r="A764" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B764" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C764" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D764" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="E764" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F764" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G764" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H764" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:8">
       <x:c r="A765" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C765" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D765" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E765" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F765" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G765" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H765" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:8">
       <x:c r="A766" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B766" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C766" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="D766" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E766" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F766" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G766" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H766" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:8">
       <x:c r="A767" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B767" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C767" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D767" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="E767" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F767" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G767" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H767" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:8">
       <x:c r="A768" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B768" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C768" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D768" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="E768" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F768" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G768" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H768" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:8">
       <x:c r="A769" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B769" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C769" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="D769" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="E769" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F769" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G769" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H769" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:8">
       <x:c r="A770" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B770" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C770" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="D770" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="E770" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F770" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G770" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H770" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:8">
       <x:c r="A771" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B771" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C771" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D771" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="E771" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F771" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G771" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H771" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:8">
       <x:c r="A772" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B772" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C772" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="D772" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E772" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F772" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G772" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H772" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:8">
       <x:c r="A773" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B773" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C773" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D773" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="E773" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F773" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G773" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H773" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:8">
       <x:c r="A774" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B774" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C774" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="D774" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E774" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F774" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G774" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H774" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:8">
       <x:c r="A775" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B775" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C775" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D775" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="E775" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F775" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G775" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H775" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:8">
       <x:c r="A776" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B776" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C776" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="D776" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="E776" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F776" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G776" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H776" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:8">
       <x:c r="A777" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B777" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C777" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D777" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="E777" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F777" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G777" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H777" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:8">
       <x:c r="A778" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B778" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C778" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="D778" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="E778" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F778" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G778" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H778" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:8">
       <x:c r="A779" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B779" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C779" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="D779" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="E779" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F779" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G779" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H779" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:8">
       <x:c r="A780" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B780" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C780" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D780" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E780" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F780" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G780" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H780" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:8">
       <x:c r="A781" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B781" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C781" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D781" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E781" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F781" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G781" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H781" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:8">
       <x:c r="A782" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B782" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C782" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D782" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="E782" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F782" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G782" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H782" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:8">
       <x:c r="A783" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B783" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C783" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D783" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="E783" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F783" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G783" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H783" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:8">
       <x:c r="A784" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B784" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C784" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D784" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E784" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F784" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G784" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H784" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:8">
       <x:c r="A785" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B785" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C785" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="D785" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="E785" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F785" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G785" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H785" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:8">
       <x:c r="A786" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B786" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C786" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="D786" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="E786" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F786" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G786" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H786" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:8">
       <x:c r="A787" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B787" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C787" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D787" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="E787" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F787" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G787" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H787" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:8">
       <x:c r="A788" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B788" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C788" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D788" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="E788" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F788" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G788" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H788" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:8">
       <x:c r="A789" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B789" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C789" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D789" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="E789" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F789" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G789" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H789" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:8">
       <x:c r="A790" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B790" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C790" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="D790" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="E790" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F790" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G790" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H790" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:8">
       <x:c r="A791" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B791" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C791" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D791" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="E791" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F791" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G791" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H791" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:8">
       <x:c r="A792" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B792" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C792" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D792" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E792" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F792" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G792" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H792" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:8">
       <x:c r="A793" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B793" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C793" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="D793" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="E793" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F793" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G793" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H793" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:8">
       <x:c r="A794" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B794" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C794" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="D794" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E794" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F794" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G794" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H794" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:8">
       <x:c r="A795" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B795" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C795" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="D795" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="E795" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F795" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G795" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H795" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:8">
       <x:c r="A796" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B796" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C796" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D796" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="E796" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F796" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G796" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H796" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:8">
       <x:c r="A797" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B797" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C797" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D797" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E797" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F797" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G797" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H797" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:8">
       <x:c r="A798" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B798" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C798" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D798" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E798" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F798" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G798" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H798" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:8">
       <x:c r="A799" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B799" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C799" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="D799" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="E799" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F799" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G799" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H799" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:8">
       <x:c r="A800" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B800" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C800" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="D800" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="E800" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F800" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G800" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H800" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:8">
       <x:c r="A801" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B801" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C801" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D801" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E801" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F801" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G801" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H801" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:8">
       <x:c r="A802" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B802" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C802" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D802" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E802" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F802" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G802" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H802" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:8">
       <x:c r="A803" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B803" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C803" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="D803" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="E803" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F803" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G803" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H803" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:8">
       <x:c r="A804" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B804" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C804" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="D804" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="E804" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F804" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G804" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H804" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:8">
       <x:c r="A805" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B805" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C805" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="D805" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="E805" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F805" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G805" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H805" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:8">
       <x:c r="A806" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B806" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C806" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="D806" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="E806" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F806" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G806" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H806" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:8">
       <x:c r="A807" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B807" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C807" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="D807" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="E807" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F807" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G807" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H807" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:8">
       <x:c r="A808" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B808" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C808" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="D808" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="E808" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F808" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G808" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H808" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:8">
       <x:c r="A809" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B809" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C809" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="D809" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="E809" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F809" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G809" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H809" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:8">
       <x:c r="A810" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B810" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C810" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="D810" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="E810" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F810" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G810" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H810" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:8">
       <x:c r="A811" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B811" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C811" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="D811" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="E811" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F811" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G811" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H811" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:8">
       <x:c r="A812" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B812" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C812" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="D812" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="E812" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F812" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G812" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H812" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:8">
       <x:c r="A813" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B813" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C813" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D813" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="E813" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F813" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G813" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H813" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:8">
       <x:c r="A814" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B814" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C814" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D814" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E814" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F814" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G814" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H814" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:8">
       <x:c r="A815" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B815" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C815" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D815" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="E815" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F815" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G815" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H815" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:8">
       <x:c r="A816" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B816" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C816" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D816" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="E816" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F816" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G816" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H816" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:8">
       <x:c r="A817" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B817" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C817" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="D817" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E817" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F817" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G817" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H817" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:8">
       <x:c r="A818" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B818" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C818" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="D818" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="E818" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F818" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G818" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H818" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:8">
       <x:c r="A819" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B819" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C819" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="D819" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="E819" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F819" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G819" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H819" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:8">
       <x:c r="A820" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B820" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C820" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="D820" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="E820" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F820" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G820" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H820" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:8">
       <x:c r="A821" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B821" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C821" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="D821" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E821" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F821" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G821" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H821" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:8">
       <x:c r="A822" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B822" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C822" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D822" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="E822" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F822" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G822" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H822" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:8">
       <x:c r="A823" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B823" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C823" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="D823" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="E823" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F823" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G823" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H823" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:8">
       <x:c r="A824" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B824" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C824" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="D824" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="E824" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F824" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G824" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H824" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:8">
       <x:c r="A825" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B825" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C825" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="D825" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E825" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F825" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G825" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H825" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:8">
       <x:c r="A826" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B826" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C826" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D826" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="E826" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F826" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G826" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H826" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:8">
       <x:c r="A827" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B827" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C827" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="D827" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E827" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F827" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G827" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H827" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:8">
       <x:c r="A828" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B828" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C828" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="D828" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="E828" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F828" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G828" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H828" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:8">
       <x:c r="A829" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B829" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C829" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D829" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="E829" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F829" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G829" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H829" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:8">
       <x:c r="A830" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B830" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C830" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="D830" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="E830" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F830" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G830" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H830" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:8">
       <x:c r="A831" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B831" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C831" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="D831" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="E831" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F831" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G831" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H831" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:8">
       <x:c r="A832" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B832" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C832" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D832" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="E832" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F832" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G832" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H832" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:8">
       <x:c r="A833" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B833" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C833" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="D833" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="E833" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F833" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G833" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H833" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:8">
       <x:c r="A834" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B834" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C834" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="D834" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="E834" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F834" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G834" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H834" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:8">
       <x:c r="A835" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B835" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C835" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="D835" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="E835" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F835" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G835" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H835" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:8">
       <x:c r="A836" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B836" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C836" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="D836" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E836" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F836" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G836" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H836" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:8">
       <x:c r="A837" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B837" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C837" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="D837" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="E837" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F837" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G837" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H837" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:8">
       <x:c r="A838" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B838" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C838" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="D838" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="E838" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F838" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G838" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H838" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:8">
       <x:c r="A839" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B839" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C839" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="D839" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="E839" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F839" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G839" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H839" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:8">
       <x:c r="A840" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B840" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C840" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="D840" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="E840" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F840" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G840" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H840" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:8">
       <x:c r="A841" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B841" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C841" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="D841" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="E841" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F841" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G841" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H841" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:8">
       <x:c r="A842" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B842" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C842" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="D842" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="E842" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F842" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G842" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H842" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:8">
       <x:c r="A843" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B843" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C843" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D843" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="E843" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F843" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G843" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H843" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:8">
       <x:c r="A844" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B844" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C844" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="D844" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="E844" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F844" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G844" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H844" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:8">
       <x:c r="A845" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B845" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C845" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D845" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="E845" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F845" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G845" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H845" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:8">
       <x:c r="A846" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B846" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C846" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="D846" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="E846" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F846" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G846" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H846" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:8">
       <x:c r="A847" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B847" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C847" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="D847" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="E847" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F847" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G847" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H847" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:8">
       <x:c r="A848" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B848" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C848" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="D848" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="E848" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F848" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G848" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H848" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:8">
       <x:c r="A849" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B849" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C849" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="D849" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E849" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F849" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G849" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H849" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:8">
       <x:c r="A850" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B850" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C850" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="D850" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="E850" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F850" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G850" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H850" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:8">
       <x:c r="A851" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B851" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C851" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="D851" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="E851" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F851" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G851" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H851" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:8">
       <x:c r="A852" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B852" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C852" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D852" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="E852" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F852" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G852" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H852" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:8">
       <x:c r="A853" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B853" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C853" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="D853" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="E853" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F853" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G853" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H853" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:8">
       <x:c r="A854" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B854" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C854" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="D854" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="E854" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F854" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G854" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H854" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:8">
       <x:c r="A855" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B855" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C855" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="D855" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="E855" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F855" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G855" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H855" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:8">
       <x:c r="A856" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B856" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C856" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="D856" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="E856" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F856" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G856" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H856" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:8">
       <x:c r="A857" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B857" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C857" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D857" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="E857" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F857" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G857" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H857" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:8">
       <x:c r="A858" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B858" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C858" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="D858" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E858" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F858" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G858" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H858" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:8">
       <x:c r="A859" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B859" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C859" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D859" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="E859" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F859" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G859" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H859" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:8">
       <x:c r="A860" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B860" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C860" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="D860" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="E860" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F860" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G860" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H860" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:8">
       <x:c r="A861" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B861" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C861" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D861" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="E861" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F861" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G861" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H861" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="862" spans="1:8">
       <x:c r="A862" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B862" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C862" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="D862" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="E862" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F862" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G862" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H862" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:8">
       <x:c r="A863" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B863" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C863" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="D863" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="E863" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F863" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G863" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H863" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:8">
       <x:c r="A864" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B864" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C864" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D864" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="E864" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F864" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G864" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H864" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:8">
       <x:c r="A865" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B865" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C865" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="D865" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="E865" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F865" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G865" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H865" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:8">
       <x:c r="A866" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B866" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C866" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="D866" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="E866" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F866" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G866" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H866" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:8">
       <x:c r="A867" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B867" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C867" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="D867" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="E867" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F867" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G867" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H867" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="868" spans="1:8">
       <x:c r="A868" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B868" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C868" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D868" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="E868" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F868" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G868" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H868" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="869" spans="1:8">
       <x:c r="A869" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B869" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C869" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="D869" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="E869" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F869" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G869" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H869" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="870" spans="1:8">
       <x:c r="A870" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B870" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C870" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="D870" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="E870" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F870" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G870" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H870" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:8">
       <x:c r="A871" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B871" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C871" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="D871" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="E871" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F871" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G871" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H871" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="872" spans="1:8">
       <x:c r="A872" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B872" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C872" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="D872" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="E872" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F872" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G872" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H872" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:8">
       <x:c r="A873" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B873" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C873" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="D873" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="E873" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F873" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G873" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H873" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="874" spans="1:8">
       <x:c r="A874" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B874" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C874" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="D874" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="E874" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F874" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G874" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H874" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="875" spans="1:8">
       <x:c r="A875" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B875" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C875" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="D875" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="E875" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F875" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G875" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H875" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:8">
       <x:c r="A876" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B876" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C876" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="D876" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="E876" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F876" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G876" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H876" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="877" spans="1:8">
       <x:c r="A877" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B877" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C877" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="D877" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="E877" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F877" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G877" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H877" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:8">
       <x:c r="A878" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B878" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C878" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="D878" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="E878" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F878" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G878" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H878" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:8">
       <x:c r="A879" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B879" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C879" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="D879" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="E879" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F879" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G879" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H879" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="880" spans="1:8">
       <x:c r="A880" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B880" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C880" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="D880" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="E880" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F880" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G880" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H880" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:8">
       <x:c r="A881" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B881" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C881" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="D881" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="E881" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F881" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G881" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H881" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="882" spans="1:8">
       <x:c r="A882" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B882" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C882" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="D882" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="E882" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F882" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G882" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H882" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="883" spans="1:8">
       <x:c r="A883" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B883" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C883" s="0" t="s">
-        <x:v>597</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="D883" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="E883" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F883" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G883" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H883" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="884" spans="1:8">
       <x:c r="A884" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B884" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C884" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="D884" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="E884" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F884" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G884" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H884" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:8">
       <x:c r="A885" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B885" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C885" s="0" t="s">
-        <x:v>601</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="D885" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="E885" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F885" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G885" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H885" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="886" spans="1:8">
       <x:c r="A886" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B886" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C886" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="D886" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="E886" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F886" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G886" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H886" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:8">
       <x:c r="A887" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B887" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C887" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="D887" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="E887" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F887" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G887" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H887" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:8">
       <x:c r="A888" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B888" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C888" s="0" t="s">
-        <x:v>607</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="D888" s="0" t="s">
-        <x:v>608</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="E888" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F888" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G888" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H888" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:8">
       <x:c r="A889" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B889" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C889" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="D889" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="E889" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F889" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G889" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H889" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:8">
       <x:c r="A890" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B890" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C890" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="D890" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="E890" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F890" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G890" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H890" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="891" spans="1:8">
       <x:c r="A891" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B891" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C891" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="D891" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="E891" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F891" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G891" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H891" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="892" spans="1:8">
       <x:c r="A892" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B892" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C892" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="D892" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="E892" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F892" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G892" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H892" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:8">
       <x:c r="A893" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B893" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C893" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="D893" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="E893" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F893" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G893" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H893" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:8">
       <x:c r="A894" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B894" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C894" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="D894" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="E894" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F894" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G894" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H894" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="895" spans="1:8">
       <x:c r="A895" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B895" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C895" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="D895" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="E895" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F895" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G895" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H895" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="896" spans="1:8">
       <x:c r="A896" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B896" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C896" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="D896" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="E896" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F896" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G896" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H896" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="897" spans="1:8">
       <x:c r="A897" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B897" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C897" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="D897" s="0" t="s">
-        <x:v>626</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="E897" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F897" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G897" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H897" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:8">
       <x:c r="A898" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B898" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C898" s="0" t="s">
-        <x:v>627</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="D898" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="E898" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F898" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G898" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H898" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="899" spans="1:8">
       <x:c r="A899" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B899" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C899" s="0" t="s">
-        <x:v>629</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="D899" s="0" t="s">
-        <x:v>630</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="E899" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F899" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G899" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H899" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="900" spans="1:8">
       <x:c r="A900" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B900" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C900" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="D900" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="E900" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F900" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G900" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H900" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:8">
       <x:c r="A901" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B901" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C901" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="D901" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="E901" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F901" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G901" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H901" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="902" spans="1:8">
       <x:c r="A902" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B902" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C902" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="D902" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="E902" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F902" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G902" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H902" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="903" spans="1:8">
       <x:c r="A903" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B903" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C903" s="0" t="s">
-        <x:v>637</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="D903" s="0" t="s">
-        <x:v>638</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="E903" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F903" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G903" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H903" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="904" spans="1:8">
       <x:c r="A904" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B904" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C904" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="D904" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="E904" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F904" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G904" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H904" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="905" spans="1:8">
       <x:c r="A905" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B905" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C905" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="D905" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="E905" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F905" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G905" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H905" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="906" spans="1:8">
       <x:c r="A906" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B906" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C906" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="D906" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="E906" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F906" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G906" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H906" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="907" spans="1:8">
       <x:c r="A907" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B907" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C907" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="D907" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="E907" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F907" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G907" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H907" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="908" spans="1:8">
       <x:c r="A908" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B908" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C908" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="D908" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="E908" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F908" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G908" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H908" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="909" spans="1:8">
       <x:c r="A909" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B909" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C909" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="D909" s="0" t="s">
-        <x:v>650</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="E909" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F909" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G909" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H909" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="910" spans="1:8">
       <x:c r="A910" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B910" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C910" s="0" t="s">
-        <x:v>651</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="D910" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="E910" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F910" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G910" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H910" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="911" spans="1:8">
       <x:c r="A911" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B911" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C911" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="D911" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E911" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F911" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G911" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H911" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="912" spans="1:8">
       <x:c r="A912" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B912" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C912" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="D912" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="E912" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F912" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G912" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H912" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="913" spans="1:8">
       <x:c r="A913" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B913" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C913" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="D913" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="E913" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F913" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G913" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H913" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:8">
       <x:c r="A914" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B914" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C914" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="D914" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="E914" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F914" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G914" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H914" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="915" spans="1:8">
       <x:c r="A915" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B915" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C915" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="D915" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="E915" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F915" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G915" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H915" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="916" spans="1:8">
       <x:c r="A916" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B916" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C916" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="D916" s="0" t="s">
-        <x:v>664</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="E916" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F916" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G916" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H916" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="917" spans="1:8">
       <x:c r="A917" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B917" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C917" s="0" t="s">
-        <x:v>665</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="D917" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="E917" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F917" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G917" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H917" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="918" spans="1:8">
       <x:c r="A918" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B918" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C918" s="0" t="s">
-        <x:v>667</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="D918" s="0" t="s">
-        <x:v>668</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="E918" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F918" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G918" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H918" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="919" spans="1:8">
       <x:c r="A919" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B919" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C919" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="D919" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="E919" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F919" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G919" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H919" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="920" spans="1:8">
       <x:c r="A920" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B920" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C920" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="D920" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="E920" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F920" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G920" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H920" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:8">
       <x:c r="A921" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B921" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C921" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="D921" s="0" t="s">
-        <x:v>674</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="E921" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F921" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G921" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H921" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="922" spans="1:8">
       <x:c r="A922" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B922" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C922" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="D922" s="0" t="s">
-        <x:v>676</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="E922" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F922" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G922" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H922" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="923" spans="1:8">
       <x:c r="A923" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B923" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C923" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="D923" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="E923" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F923" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G923" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H923" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="924" spans="1:8">
       <x:c r="A924" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B924" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C924" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="D924" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="E924" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F924" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G924" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H924" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:8">
       <x:c r="A925" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B925" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C925" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="D925" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="E925" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F925" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G925" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H925" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="926" spans="1:8">
       <x:c r="A926" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B926" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C926" s="0" t="s">
-        <x:v>683</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="D926" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="E926" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F926" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G926" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H926" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:8">
       <x:c r="A927" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B927" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C927" s="0" t="s">
-        <x:v>685</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="D927" s="0" t="s">
-        <x:v>686</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="E927" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F927" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G927" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H927" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="928" spans="1:8">
       <x:c r="A928" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B928" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C928" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="D928" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="E928" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F928" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G928" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H928" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="929" spans="1:8">
       <x:c r="A929" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B929" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C929" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="D929" s="0" t="s">
-        <x:v>690</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="E929" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F929" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G929" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H929" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="930" spans="1:8">
       <x:c r="A930" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B930" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C930" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="D930" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="E930" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F930" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G930" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H930" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="931" spans="1:8">
       <x:c r="A931" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B931" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C931" s="0" t="s">
-        <x:v>693</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="D931" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="E931" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F931" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G931" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H931" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="932" spans="1:8">
       <x:c r="A932" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B932" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C932" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="D932" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="E932" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F932" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G932" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H932" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="933" spans="1:8">
       <x:c r="A933" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B933" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C933" s="0" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="D933" s="0" t="s">
-        <x:v>698</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="E933" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F933" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G933" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H933" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="934" spans="1:8">
       <x:c r="A934" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B934" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C934" s="0" t="s">
-        <x:v>699</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="D934" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="E934" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F934" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G934" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H934" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="935" spans="1:8">
       <x:c r="A935" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B935" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C935" s="0" t="s">
-        <x:v>701</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="D935" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="E935" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F935" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G935" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H935" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="936" spans="1:8">
       <x:c r="A936" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B936" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C936" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="D936" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="E936" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F936" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G936" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H936" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="937" spans="1:8">
       <x:c r="A937" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B937" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C937" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="D937" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="E937" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F937" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G937" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H937" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="938" spans="1:8">
       <x:c r="A938" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B938" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C938" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="D938" s="0" t="s">
-        <x:v>708</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="E938" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F938" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G938" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H938" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="939" spans="1:8">
       <x:c r="A939" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B939" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C939" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="D939" s="0" t="s">
-        <x:v>710</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="E939" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F939" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G939" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H939" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="940" spans="1:8">
       <x:c r="A940" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B940" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C940" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="D940" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="E940" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F940" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G940" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H940" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="941" spans="1:8">
       <x:c r="A941" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B941" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C941" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="D941" s="0" t="s">
-        <x:v>714</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="E941" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F941" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G941" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H941" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="942" spans="1:8">
       <x:c r="A942" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B942" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C942" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="D942" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="E942" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F942" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G942" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H942" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="943" spans="1:8">
       <x:c r="A943" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B943" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C943" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="D943" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="E943" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F943" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G943" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H943" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="944" spans="1:8">
       <x:c r="A944" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B944" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C944" s="0" t="s">
-        <x:v>719</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="D944" s="0" t="s">
-        <x:v>720</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="E944" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F944" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G944" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H944" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="945" spans="1:8">
       <x:c r="A945" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B945" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C945" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="D945" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="E945" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F945" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G945" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H945" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="946" spans="1:8">
       <x:c r="A946" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B946" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C946" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="D946" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="E946" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F946" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G946" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H946" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="947" spans="1:8">
       <x:c r="A947" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B947" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C947" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="D947" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="E947" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F947" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G947" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H947" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="948" spans="1:8">
       <x:c r="A948" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B948" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C948" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="D948" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="E948" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F948" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G948" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H948" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="949" spans="1:8">
       <x:c r="A949" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B949" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C949" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="D949" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="E949" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F949" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G949" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H949" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="950" spans="1:8">
       <x:c r="A950" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B950" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C950" s="0" t="s">
-        <x:v>731</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="D950" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="E950" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F950" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G950" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H950" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="951" spans="1:8">
       <x:c r="A951" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B951" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C951" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="D951" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="E951" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F951" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G951" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H951" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="952" spans="1:8">
       <x:c r="A952" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B952" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C952" s="0" t="s">
-        <x:v>735</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="D952" s="0" t="s">
-        <x:v>736</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="E952" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F952" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G952" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H952" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="953" spans="1:8">
       <x:c r="A953" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B953" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C953" s="0" t="s">
-        <x:v>737</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="D953" s="0" t="s">
-        <x:v>738</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="E953" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F953" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G953" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H953" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="954" spans="1:8">
       <x:c r="A954" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B954" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C954" s="0" t="s">
-        <x:v>739</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="D954" s="0" t="s">
-        <x:v>740</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="E954" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F954" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G954" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H954" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="955" spans="1:8">
       <x:c r="A955" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B955" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C955" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="D955" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="E955" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F955" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G955" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H955" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="956" spans="1:8">
       <x:c r="A956" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B956" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C956" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="D956" s="0" t="s">
-        <x:v>744</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="E956" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F956" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G956" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H956" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="957" spans="1:8">
       <x:c r="A957" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B957" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C957" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="D957" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="E957" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F957" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G957" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H957" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="958" spans="1:8">
       <x:c r="A958" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B958" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C958" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="D958" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="E958" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F958" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G958" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H958" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="959" spans="1:8">
       <x:c r="A959" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B959" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C959" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="D959" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="E959" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F959" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G959" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H959" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="960" spans="1:8">
       <x:c r="A960" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B960" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C960" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="D960" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="E960" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F960" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G960" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H960" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="961" spans="1:8">
       <x:c r="A961" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B961" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C961" s="0" t="s">
-        <x:v>753</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="D961" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="E961" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F961" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G961" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H961" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="962" spans="1:8">
       <x:c r="A962" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B962" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C962" s="0" t="s">
-        <x:v>755</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="D962" s="0" t="s">
-        <x:v>756</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="E962" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F962" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G962" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H962" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="963" spans="1:8">
       <x:c r="A963" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B963" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C963" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="D963" s="0" t="s">
-        <x:v>758</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="E963" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F963" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G963" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H963" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="964" spans="1:8">
       <x:c r="A964" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B964" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C964" s="0" t="s">
-        <x:v>759</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="D964" s="0" t="s">
-        <x:v>760</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="E964" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F964" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G964" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H964" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="965" spans="1:8">
       <x:c r="A965" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B965" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C965" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="D965" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="E965" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F965" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G965" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H965" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="966" spans="1:8">
       <x:c r="A966" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B966" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C966" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="D966" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="E966" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F966" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G966" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H966" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="967" spans="1:8">
       <x:c r="A967" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B967" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C967" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="D967" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="E967" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F967" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G967" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H967" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="968" spans="1:8">
       <x:c r="A968" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B968" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C968" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="D968" s="0" t="s">
-        <x:v>768</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="E968" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F968" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G968" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H968" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="969" spans="1:8">
       <x:c r="A969" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B969" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C969" s="0" t="s">
-        <x:v>769</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="D969" s="0" t="s">
-        <x:v>770</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="E969" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F969" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G969" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H969" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="970" spans="1:8">
       <x:c r="A970" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B970" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C970" s="0" t="s">
-        <x:v>771</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="D970" s="0" t="s">
-        <x:v>772</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="E970" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F970" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G970" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H970" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="971" spans="1:8">
       <x:c r="A971" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B971" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C971" s="0" t="s">
-        <x:v>773</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="D971" s="0" t="s">
-        <x:v>774</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="E971" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F971" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G971" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H971" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="972" spans="1:8">
       <x:c r="A972" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B972" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C972" s="0" t="s">
-        <x:v>775</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="D972" s="0" t="s">
-        <x:v>776</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="E972" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F972" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G972" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H972" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="973" spans="1:8">
       <x:c r="A973" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B973" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C973" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="D973" s="0" t="s">
-        <x:v>778</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="E973" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F973" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G973" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H973" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="974" spans="1:8">
       <x:c r="A974" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B974" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C974" s="0" t="s">
-        <x:v>779</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="D974" s="0" t="s">
-        <x:v>780</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="E974" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F974" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G974" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H974" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="975" spans="1:8">
       <x:c r="A975" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B975" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C975" s="0" t="s">
-        <x:v>781</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="D975" s="0" t="s">
-        <x:v>782</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="E975" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F975" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G975" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H975" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="976" spans="1:8">
       <x:c r="A976" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B976" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C976" s="0" t="s">
-        <x:v>783</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="D976" s="0" t="s">
-        <x:v>784</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="E976" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F976" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G976" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H976" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="977" spans="1:8">
       <x:c r="A977" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B977" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C977" s="0" t="s">
-        <x:v>785</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="D977" s="0" t="s">
-        <x:v>786</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="E977" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F977" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G977" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H977" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="978" spans="1:8">
       <x:c r="A978" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B978" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C978" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="D978" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="E978" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F978" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G978" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H978" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="979" spans="1:8">
       <x:c r="A979" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B979" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C979" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="D979" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="E979" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F979" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G979" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H979" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="980" spans="1:8">
       <x:c r="A980" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B980" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C980" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="D980" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="E980" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F980" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G980" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H980" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="981" spans="1:8">
       <x:c r="A981" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B981" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C981" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="D981" s="0" t="s">
-        <x:v>794</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="E981" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F981" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G981" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H981" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="982" spans="1:8">
       <x:c r="A982" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B982" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C982" s="0" t="s">
-        <x:v>795</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="D982" s="0" t="s">
-        <x:v>796</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="E982" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F982" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G982" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H982" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="983" spans="1:8">
       <x:c r="A983" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B983" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C983" s="0" t="s">
-        <x:v>797</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="D983" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="E983" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F983" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G983" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H983" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="984" spans="1:8">
       <x:c r="A984" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B984" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C984" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="D984" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="E984" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F984" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G984" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H984" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="985" spans="1:8">
       <x:c r="A985" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B985" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C985" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="D985" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="E985" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F985" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G985" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H985" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="986" spans="1:8">
       <x:c r="A986" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B986" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C986" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="D986" s="0" t="s">
-        <x:v>804</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="E986" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F986" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G986" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H986" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="987" spans="1:8">
       <x:c r="A987" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B987" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C987" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="D987" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="E987" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F987" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G987" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H987" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="988" spans="1:8">
       <x:c r="A988" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B988" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C988" s="0" t="s">
-        <x:v>807</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="D988" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="E988" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F988" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G988" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H988" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="989" spans="1:8">
       <x:c r="A989" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B989" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C989" s="0" t="s">
-        <x:v>809</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="D989" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="E989" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F989" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G989" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H989" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="990" spans="1:8">
       <x:c r="A990" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B990" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C990" s="0" t="s">
-        <x:v>811</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="D990" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="E990" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F990" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G990" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H990" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="991" spans="1:8">
       <x:c r="A991" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B991" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C991" s="0" t="s">
-        <x:v>813</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="D991" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="E991" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F991" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G991" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H991" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="992" spans="1:8">
       <x:c r="A992" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B992" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C992" s="0" t="s">
-        <x:v>815</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="D992" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="E992" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F992" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G992" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H992" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="993" spans="1:8">
       <x:c r="A993" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B993" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C993" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="D993" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="E993" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F993" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G993" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H993" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="994" spans="1:8">
       <x:c r="A994" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B994" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C994" s="0" t="s">
-        <x:v>819</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="D994" s="0" t="s">
-        <x:v>820</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="E994" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F994" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G994" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H994" s="0">
-        <x:v>2501</x:v>
+      <x:c r="H994" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="995" spans="1:8">
       <x:c r="A995" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B995" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C995" s="0" t="s">
-        <x:v>821</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="D995" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="E995" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F995" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G995" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H995" s="0">
-        <x:v>2262</x:v>
+      <x:c r="H995" s="0" t="s">
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="996" spans="1:8">
       <x:c r="A996" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B996" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C996" s="0" t="s">
-        <x:v>823</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="D996" s="0" t="s">
-        <x:v>824</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="E996" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F996" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G996" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H996" s="0">
-        <x:v>2377</x:v>
+        <x:v>2501</x:v>
       </x:c>
     </x:row>
     <x:row r="997" spans="1:8">
       <x:c r="A997" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B997" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C997" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="D997" s="0" t="s">
-        <x:v>826</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="E997" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F997" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G997" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H997" s="0">
-        <x:v>1953</x:v>
+        <x:v>2262</x:v>
       </x:c>
     </x:row>
     <x:row r="998" spans="1:8">
       <x:c r="A998" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B998" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C998" s="0" t="s">
-        <x:v>827</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="D998" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="E998" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F998" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G998" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H998" s="0">
-        <x:v>1977</x:v>
+        <x:v>2377</x:v>
       </x:c>
     </x:row>
     <x:row r="999" spans="1:8">
       <x:c r="A999" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B999" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C999" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="D999" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="E999" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F999" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G999" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H999" s="0">
-        <x:v>1909</x:v>
+        <x:v>1953</x:v>
       </x:c>
     </x:row>
     <x:row r="1000" spans="1:8">
       <x:c r="A1000" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1000" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1000" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="D1000" s="0" t="s">
-        <x:v>832</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="E1000" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1000" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1000" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1000" s="0">
-        <x:v>1941</x:v>
+        <x:v>1977</x:v>
       </x:c>
     </x:row>
     <x:row r="1001" spans="1:8">
       <x:c r="A1001" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1001" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1001" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="D1001" s="0" t="s">
-        <x:v>834</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="E1001" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1001" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1001" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1001" s="0">
-        <x:v>2019</x:v>
+        <x:v>1909</x:v>
       </x:c>
     </x:row>
     <x:row r="1002" spans="1:8">
       <x:c r="A1002" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1002" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1002" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="D1002" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="E1002" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1002" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1002" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1002" s="0">
-        <x:v>2087</x:v>
+        <x:v>1941</x:v>
       </x:c>
     </x:row>
     <x:row r="1003" spans="1:8">
       <x:c r="A1003" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1003" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1003" s="0" t="s">
-        <x:v>837</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="D1003" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="E1003" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1003" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1003" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1003" s="0">
-        <x:v>2351</x:v>
+        <x:v>2019</x:v>
       </x:c>
     </x:row>
     <x:row r="1004" spans="1:8">
       <x:c r="A1004" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1004" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1004" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="D1004" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="E1004" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1004" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1004" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1004" s="0">
-        <x:v>2450</x:v>
+        <x:v>2087</x:v>
       </x:c>
     </x:row>
     <x:row r="1005" spans="1:8">
       <x:c r="A1005" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1005" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1005" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="D1005" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="E1005" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1005" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1005" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1005" s="0">
-        <x:v>2580</x:v>
+        <x:v>2351</x:v>
       </x:c>
     </x:row>
     <x:row r="1006" spans="1:8">
       <x:c r="A1006" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1006" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1006" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="D1006" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="E1006" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1006" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1006" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1006" s="0">
-        <x:v>2653</x:v>
+        <x:v>2450</x:v>
       </x:c>
     </x:row>
     <x:row r="1007" spans="1:8">
       <x:c r="A1007" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1007" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1007" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="D1007" s="0" t="s">
-        <x:v>846</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="E1007" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1007" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1007" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1007" s="0">
-        <x:v>2423</x:v>
+        <x:v>2580</x:v>
       </x:c>
     </x:row>
     <x:row r="1008" spans="1:8">
       <x:c r="A1008" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1008" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1008" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="D1008" s="0" t="s">
-        <x:v>848</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="E1008" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1008" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1008" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1008" s="0">
-        <x:v>2418</x:v>
+        <x:v>2653</x:v>
       </x:c>
     </x:row>
     <x:row r="1009" spans="1:8">
       <x:c r="A1009" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1009" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1009" s="0" t="s">
-        <x:v>849</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="D1009" s="0" t="s">
-        <x:v>850</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="E1009" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1009" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1009" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1009" s="0">
-        <x:v>2226</x:v>
+        <x:v>2423</x:v>
       </x:c>
     </x:row>
     <x:row r="1010" spans="1:8">
       <x:c r="A1010" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1010" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1010" s="0" t="s">
-        <x:v>851</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="D1010" s="0" t="s">
-        <x:v>852</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="E1010" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1010" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1010" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1010" s="0">
-        <x:v>2155</x:v>
+        <x:v>2418</x:v>
       </x:c>
     </x:row>
     <x:row r="1011" spans="1:8">
       <x:c r="A1011" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1011" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1011" s="0" t="s">
-        <x:v>853</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="D1011" s="0" t="s">
-        <x:v>854</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="E1011" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1011" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1011" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1011" s="0">
-        <x:v>2111</x:v>
+        <x:v>2226</x:v>
       </x:c>
     </x:row>
     <x:row r="1012" spans="1:8">
       <x:c r="A1012" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1012" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1012" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="D1012" s="0" t="s">
-        <x:v>856</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="E1012" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1012" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1012" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1012" s="0">
-        <x:v>2135</x:v>
+        <x:v>2155</x:v>
       </x:c>
     </x:row>
     <x:row r="1013" spans="1:8">
       <x:c r="A1013" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1013" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1013" s="0" t="s">
-        <x:v>857</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="D1013" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="E1013" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1013" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1013" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1013" s="0">
-        <x:v>2120</x:v>
+        <x:v>2111</x:v>
       </x:c>
     </x:row>
     <x:row r="1014" spans="1:8">
       <x:c r="A1014" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1014" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1014" s="0" t="s">
-        <x:v>859</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="D1014" s="0" t="s">
-        <x:v>860</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="E1014" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1014" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1014" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1014" s="0">
-        <x:v>2144</x:v>
+        <x:v>2135</x:v>
       </x:c>
     </x:row>
     <x:row r="1015" spans="1:8">
       <x:c r="A1015" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1015" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1015" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="D1015" s="0" t="s">
-        <x:v>862</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="E1015" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1015" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1015" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1015" s="0">
-        <x:v>2457</x:v>
+        <x:v>2120</x:v>
       </x:c>
     </x:row>
     <x:row r="1016" spans="1:8">
       <x:c r="A1016" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1016" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1016" s="0" t="s">
-        <x:v>863</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="D1016" s="0" t="s">
-        <x:v>864</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="E1016" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1016" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1016" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1016" s="0">
-        <x:v>2532</x:v>
+        <x:v>2144</x:v>
       </x:c>
     </x:row>
     <x:row r="1017" spans="1:8">
       <x:c r="A1017" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1017" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1017" s="0" t="s">
-        <x:v>865</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="D1017" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="E1017" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1017" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1017" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1017" s="0">
-        <x:v>2518</x:v>
+        <x:v>2457</x:v>
       </x:c>
     </x:row>
     <x:row r="1018" spans="1:8">
       <x:c r="A1018" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1018" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1018" s="0" t="s">
-        <x:v>867</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="D1018" s="0" t="s">
-        <x:v>868</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="E1018" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1018" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1018" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1018" s="0">
-        <x:v>2609</x:v>
+        <x:v>2532</x:v>
       </x:c>
     </x:row>
     <x:row r="1019" spans="1:8">
       <x:c r="A1019" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1019" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1019" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="D1019" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="E1019" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1019" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1019" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1019" s="0">
-        <x:v>2281</x:v>
+        <x:v>2518</x:v>
       </x:c>
     </x:row>
     <x:row r="1020" spans="1:8">
       <x:c r="A1020" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1020" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1020" s="0" t="s">
-        <x:v>871</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="D1020" s="0" t="s">
-        <x:v>872</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="E1020" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1020" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1020" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1020" s="0">
-        <x:v>2293</x:v>
+        <x:v>2609</x:v>
       </x:c>
     </x:row>
     <x:row r="1021" spans="1:8">
       <x:c r="A1021" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1021" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1021" s="0" t="s">
-        <x:v>873</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="D1021" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="E1021" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1021" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1021" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1021" s="0">
-        <x:v>2069</x:v>
+        <x:v>2281</x:v>
       </x:c>
     </x:row>
     <x:row r="1022" spans="1:8">
       <x:c r="A1022" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1022" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1022" s="0" t="s">
-        <x:v>875</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="D1022" s="0" t="s">
-        <x:v>876</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="E1022" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1022" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1022" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1022" s="0">
-        <x:v>2036</x:v>
+        <x:v>2293</x:v>
       </x:c>
     </x:row>
     <x:row r="1023" spans="1:8">
       <x:c r="A1023" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1023" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1023" s="0" t="s">
-        <x:v>877</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="D1023" s="0" t="s">
-        <x:v>878</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="E1023" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1023" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1023" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1023" s="0">
-        <x:v>1916</x:v>
+        <x:v>2069</x:v>
       </x:c>
     </x:row>
     <x:row r="1024" spans="1:8">
       <x:c r="A1024" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1024" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1024" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="D1024" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="E1024" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1024" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1024" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1024" s="0">
-        <x:v>1916</x:v>
+        <x:v>2036</x:v>
       </x:c>
     </x:row>
     <x:row r="1025" spans="1:8">
       <x:c r="A1025" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1025" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1025" s="0" t="s">
-        <x:v>881</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="D1025" s="0" t="s">
-        <x:v>882</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="E1025" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1025" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1025" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1025" s="0">
-        <x:v>1924</x:v>
+        <x:v>1916</x:v>
       </x:c>
     </x:row>
     <x:row r="1026" spans="1:8">
       <x:c r="A1026" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1026" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1026" s="0" t="s">
-        <x:v>883</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="D1026" s="0" t="s">
-        <x:v>884</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="E1026" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1026" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1026" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1026" s="0">
-        <x:v>1977</x:v>
+        <x:v>1916</x:v>
       </x:c>
     </x:row>
     <x:row r="1027" spans="1:8">
       <x:c r="A1027" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1027" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1027" s="0" t="s">
-        <x:v>885</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="D1027" s="0" t="s">
-        <x:v>886</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="E1027" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1027" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1027" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1027" s="0">
-        <x:v>2211</x:v>
+        <x:v>1924</x:v>
       </x:c>
     </x:row>
     <x:row r="1028" spans="1:8">
       <x:c r="A1028" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1028" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1028" s="0" t="s">
-        <x:v>887</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="D1028" s="0" t="s">
-        <x:v>888</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="E1028" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1028" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1028" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1028" s="0">
-        <x:v>2292</x:v>
+        <x:v>1977</x:v>
       </x:c>
     </x:row>
     <x:row r="1029" spans="1:8">
       <x:c r="A1029" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1029" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1029" s="0" t="s">
-        <x:v>889</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="D1029" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="E1029" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1029" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1029" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1029" s="0">
-        <x:v>2453</x:v>
+        <x:v>2211</x:v>
       </x:c>
     </x:row>
     <x:row r="1030" spans="1:8">
       <x:c r="A1030" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1030" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1030" s="0" t="s">
-        <x:v>891</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="D1030" s="0" t="s">
-        <x:v>892</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="E1030" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1030" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1030" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1030" s="0">
-        <x:v>2491</x:v>
+        <x:v>2292</x:v>
       </x:c>
     </x:row>
     <x:row r="1031" spans="1:8">
       <x:c r="A1031" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1031" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1031" s="0" t="s">
-        <x:v>893</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="D1031" s="0" t="s">
-        <x:v>894</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="E1031" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1031" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1031" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1031" s="0">
-        <x:v>2237</x:v>
+        <x:v>2453</x:v>
       </x:c>
     </x:row>
     <x:row r="1032" spans="1:8">
       <x:c r="A1032" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1032" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1032" s="0" t="s">
-        <x:v>895</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="D1032" s="0" t="s">
-        <x:v>896</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="E1032" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1032" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1032" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1032" s="0">
-        <x:v>2371</x:v>
+        <x:v>2491</x:v>
       </x:c>
     </x:row>
     <x:row r="1033" spans="1:8">
       <x:c r="A1033" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1033" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1033" s="0" t="s">
-        <x:v>897</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="D1033" s="0" t="s">
-        <x:v>898</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="E1033" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1033" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1033" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1033" s="0">
-        <x:v>2094</x:v>
+        <x:v>2237</x:v>
       </x:c>
     </x:row>
     <x:row r="1034" spans="1:8">
       <x:c r="A1034" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1034" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1034" s="0" t="s">
-        <x:v>899</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="D1034" s="0" t="s">
-        <x:v>900</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="E1034" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1034" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1034" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1034" s="0">
-        <x:v>1993</x:v>
+        <x:v>2371</x:v>
       </x:c>
     </x:row>
     <x:row r="1035" spans="1:8">
       <x:c r="A1035" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1035" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1035" s="0" t="s">
-        <x:v>901</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="D1035" s="0" t="s">
-        <x:v>902</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="E1035" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1035" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1035" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1035" s="0">
-        <x:v>1957</x:v>
+        <x:v>2094</x:v>
       </x:c>
     </x:row>
     <x:row r="1036" spans="1:8">
       <x:c r="A1036" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1036" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1036" s="0" t="s">
-        <x:v>903</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="D1036" s="0" t="s">
-        <x:v>904</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="E1036" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1036" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1036" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1036" s="0">
-        <x:v>2060</x:v>
+        <x:v>1993</x:v>
       </x:c>
     </x:row>
     <x:row r="1037" spans="1:8">
       <x:c r="A1037" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1037" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1037" s="0" t="s">
-        <x:v>905</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="D1037" s="0" t="s">
-        <x:v>906</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="E1037" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1037" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1037" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1037" s="0">
-        <x:v>1985</x:v>
+        <x:v>1957</x:v>
       </x:c>
     </x:row>
     <x:row r="1038" spans="1:8">
       <x:c r="A1038" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1038" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1038" s="0" t="s">
-        <x:v>907</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="D1038" s="0" t="s">
-        <x:v>908</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="E1038" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1038" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1038" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1038" s="0">
-        <x:v>2128</x:v>
+        <x:v>2060</x:v>
       </x:c>
     </x:row>
     <x:row r="1039" spans="1:8">
       <x:c r="A1039" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1039" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1039" s="0" t="s">
-        <x:v>909</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="D1039" s="0" t="s">
-        <x:v>910</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="E1039" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1039" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1039" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1039" s="0">
-        <x:v>2213</x:v>
+        <x:v>1985</x:v>
       </x:c>
     </x:row>
     <x:row r="1040" spans="1:8">
       <x:c r="A1040" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1040" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1040" s="0" t="s">
-        <x:v>911</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="D1040" s="0" t="s">
-        <x:v>912</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="E1040" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1040" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1040" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1040" s="0">
-        <x:v>2378</x:v>
+        <x:v>2128</x:v>
       </x:c>
     </x:row>
     <x:row r="1041" spans="1:8">
       <x:c r="A1041" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1041" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1041" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="D1041" s="0" t="s">
-        <x:v>914</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="E1041" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1041" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1041" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1041" s="0">
-        <x:v>2570</x:v>
+        <x:v>2213</x:v>
       </x:c>
     </x:row>
     <x:row r="1042" spans="1:8">
       <x:c r="A1042" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1042" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1042" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="D1042" s="0" t="s">
-        <x:v>916</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="E1042" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1042" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1042" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1042" s="0">
-        <x:v>2491</x:v>
+        <x:v>2378</x:v>
       </x:c>
     </x:row>
     <x:row r="1043" spans="1:8">
       <x:c r="A1043" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1043" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1043" s="0" t="s">
-        <x:v>917</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="D1043" s="0" t="s">
-        <x:v>918</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="E1043" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1043" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1043" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1043" s="0">
-        <x:v>2165</x:v>
+        <x:v>2570</x:v>
       </x:c>
     </x:row>
     <x:row r="1044" spans="1:8">
       <x:c r="A1044" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1044" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1044" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="D1044" s="0" t="s">
-        <x:v>920</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="E1044" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1044" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1044" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1044" s="0">
-        <x:v>2247</x:v>
+        <x:v>2491</x:v>
       </x:c>
     </x:row>
     <x:row r="1045" spans="1:8">
       <x:c r="A1045" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1045" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1045" s="0" t="s">
-        <x:v>921</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="D1045" s="0" t="s">
-        <x:v>922</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="E1045" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1045" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1045" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1045" s="0">
-        <x:v>1922</x:v>
+        <x:v>2165</x:v>
       </x:c>
     </x:row>
     <x:row r="1046" spans="1:8">
       <x:c r="A1046" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1046" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1046" s="0" t="s">
-        <x:v>923</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="D1046" s="0" t="s">
-        <x:v>924</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="E1046" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1046" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1046" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1046" s="0">
-        <x:v>2004</x:v>
+        <x:v>2247</x:v>
       </x:c>
     </x:row>
     <x:row r="1047" spans="1:8">
       <x:c r="A1047" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1047" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1047" s="0" t="s">
-        <x:v>925</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="D1047" s="0" t="s">
-        <x:v>926</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="E1047" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1047" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1047" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1047" s="0">
-        <x:v>1882</x:v>
+        <x:v>1922</x:v>
       </x:c>
     </x:row>
     <x:row r="1048" spans="1:8">
       <x:c r="A1048" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1048" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1048" s="0" t="s">
-        <x:v>927</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="D1048" s="0" t="s">
-        <x:v>928</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="E1048" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1048" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1048" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1048" s="0">
-        <x:v>1928</x:v>
+        <x:v>2004</x:v>
       </x:c>
     </x:row>
     <x:row r="1049" spans="1:8">
       <x:c r="A1049" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1049" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1049" s="0" t="s">
-        <x:v>929</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="D1049" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="E1049" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1049" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1049" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1049" s="0">
-        <x:v>1989</x:v>
+        <x:v>1882</x:v>
       </x:c>
     </x:row>
     <x:row r="1050" spans="1:8">
       <x:c r="A1050" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1050" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1050" s="0" t="s">
-        <x:v>931</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="D1050" s="0" t="s">
-        <x:v>932</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="E1050" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1050" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1050" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1050" s="0">
-        <x:v>2006</x:v>
+        <x:v>1928</x:v>
       </x:c>
     </x:row>
     <x:row r="1051" spans="1:8">
       <x:c r="A1051" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1051" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1051" s="0" t="s">
-        <x:v>933</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="D1051" s="0" t="s">
-        <x:v>934</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="E1051" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1051" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1051" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1051" s="0">
-        <x:v>2215</x:v>
+        <x:v>1989</x:v>
       </x:c>
     </x:row>
     <x:row r="1052" spans="1:8">
       <x:c r="A1052" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1052" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1052" s="0" t="s">
-        <x:v>935</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="D1052" s="0" t="s">
-        <x:v>936</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="E1052" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1052" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1052" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1052" s="0">
-        <x:v>2302</x:v>
+        <x:v>2006</x:v>
       </x:c>
     </x:row>
     <x:row r="1053" spans="1:8">
       <x:c r="A1053" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1053" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1053" s="0" t="s">
-        <x:v>937</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="D1053" s="0" t="s">
-        <x:v>938</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="E1053" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1053" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1053" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1053" s="0">
-        <x:v>2487</x:v>
+        <x:v>2215</x:v>
       </x:c>
     </x:row>
     <x:row r="1054" spans="1:8">
       <x:c r="A1054" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1054" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1054" s="0" t="s">
-        <x:v>939</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="D1054" s="0" t="s">
-        <x:v>940</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="E1054" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1054" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1054" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1054" s="0">
-        <x:v>2491</x:v>
+        <x:v>2302</x:v>
       </x:c>
     </x:row>
     <x:row r="1055" spans="1:8">
       <x:c r="A1055" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1055" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1055" s="0" t="s">
-        <x:v>941</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="D1055" s="0" t="s">
-        <x:v>942</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="E1055" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1055" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1055" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1055" s="0">
-        <x:v>2251</x:v>
+        <x:v>2487</x:v>
       </x:c>
     </x:row>
     <x:row r="1056" spans="1:8">
       <x:c r="A1056" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1056" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1056" s="0" t="s">
-        <x:v>943</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="D1056" s="0" t="s">
-        <x:v>944</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="E1056" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1056" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1056" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1056" s="0">
-        <x:v>2138</x:v>
+        <x:v>2491</x:v>
       </x:c>
     </x:row>
     <x:row r="1057" spans="1:8">
       <x:c r="A1057" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1057" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1057" s="0" t="s">
-        <x:v>945</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="D1057" s="0" t="s">
-        <x:v>946</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="E1057" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1057" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1057" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1057" s="0">
-        <x:v>2032</x:v>
+        <x:v>2251</x:v>
       </x:c>
     </x:row>
     <x:row r="1058" spans="1:8">
       <x:c r="A1058" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1058" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1058" s="0" t="s">
-        <x:v>947</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="D1058" s="0" t="s">
-        <x:v>948</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="E1058" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1058" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1058" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1058" s="0">
-        <x:v>2044</x:v>
+        <x:v>2138</x:v>
       </x:c>
     </x:row>
     <x:row r="1059" spans="1:8">
       <x:c r="A1059" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1059" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1059" s="0" t="s">
-        <x:v>949</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="D1059" s="0" t="s">
-        <x:v>950</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="E1059" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1059" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1059" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1059" s="0">
-        <x:v>1878</x:v>
+        <x:v>2032</x:v>
       </x:c>
     </x:row>
     <x:row r="1060" spans="1:8">
       <x:c r="A1060" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1060" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1060" s="0" t="s">
-        <x:v>951</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="D1060" s="0" t="s">
-        <x:v>952</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="E1060" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1060" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1060" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1060" s="0">
-        <x:v>1928</x:v>
+        <x:v>2044</x:v>
       </x:c>
     </x:row>
     <x:row r="1061" spans="1:8">
       <x:c r="A1061" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1061" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1061" s="0" t="s">
-        <x:v>953</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="D1061" s="0" t="s">
-        <x:v>954</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="E1061" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1061" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1061" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1061" s="0">
-        <x:v>1916</x:v>
+        <x:v>1878</x:v>
       </x:c>
     </x:row>
     <x:row r="1062" spans="1:8">
       <x:c r="A1062" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1062" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1062" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="D1062" s="0" t="s">
-        <x:v>956</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="E1062" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1062" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1062" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1062" s="0">
-        <x:v>1900</x:v>
+        <x:v>1928</x:v>
       </x:c>
     </x:row>
     <x:row r="1063" spans="1:8">
       <x:c r="A1063" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1063" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1063" s="0" t="s">
-        <x:v>957</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="D1063" s="0" t="s">
-        <x:v>958</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="E1063" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1063" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1063" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1063" s="0">
-        <x:v>2157</x:v>
+        <x:v>1916</x:v>
       </x:c>
     </x:row>
     <x:row r="1064" spans="1:8">
       <x:c r="A1064" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1064" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1064" s="0" t="s">
-        <x:v>959</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="D1064" s="0" t="s">
-        <x:v>960</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="E1064" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1064" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1064" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1064" s="0">
-        <x:v>2275</x:v>
+        <x:v>1900</x:v>
       </x:c>
     </x:row>
     <x:row r="1065" spans="1:8">
       <x:c r="A1065" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1065" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1065" s="0" t="s">
-        <x:v>961</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="D1065" s="0" t="s">
-        <x:v>962</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="E1065" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1065" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1065" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1065" s="0">
-        <x:v>2297</x:v>
+        <x:v>2157</x:v>
       </x:c>
     </x:row>
     <x:row r="1066" spans="1:8">
       <x:c r="A1066" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1066" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1066" s="0" t="s">
-        <x:v>963</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="D1066" s="0" t="s">
-        <x:v>964</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="E1066" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1066" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1066" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1066" s="0">
         <x:v>2275</x:v>
       </x:c>
     </x:row>
     <x:row r="1067" spans="1:8">
       <x:c r="A1067" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1067" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1067" s="0" t="s">
-        <x:v>965</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="D1067" s="0" t="s">
-        <x:v>966</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="E1067" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1067" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1067" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1067" s="0">
-        <x:v>2067</x:v>
+        <x:v>2297</x:v>
       </x:c>
     </x:row>
     <x:row r="1068" spans="1:8">
       <x:c r="A1068" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1068" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1068" s="0" t="s">
-        <x:v>967</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="D1068" s="0" t="s">
-        <x:v>968</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="E1068" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1068" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1068" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1068" s="0">
-        <x:v>2359</x:v>
+        <x:v>2275</x:v>
       </x:c>
     </x:row>
     <x:row r="1069" spans="1:8">
       <x:c r="A1069" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1069" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1069" s="0" t="s">
-        <x:v>969</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="D1069" s="0" t="s">
-        <x:v>970</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="E1069" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1069" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1069" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1069" s="0">
-        <x:v>2079</x:v>
+        <x:v>2067</x:v>
       </x:c>
     </x:row>
     <x:row r="1070" spans="1:8">
       <x:c r="A1070" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1070" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1070" s="0" t="s">
-        <x:v>971</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="D1070" s="0" t="s">
-        <x:v>972</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="E1070" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1070" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1070" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1070" s="0">
-        <x:v>1754</x:v>
+        <x:v>2359</x:v>
       </x:c>
     </x:row>
     <x:row r="1071" spans="1:8">
       <x:c r="A1071" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1071" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1071" s="0" t="s">
-        <x:v>973</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="D1071" s="0" t="s">
-        <x:v>974</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="E1071" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1071" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1071" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1071" s="0">
-        <x:v>1673</x:v>
+        <x:v>2079</x:v>
       </x:c>
     </x:row>
     <x:row r="1072" spans="1:8">
       <x:c r="A1072" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1072" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1072" s="0" t="s">
-        <x:v>975</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="D1072" s="0" t="s">
-        <x:v>976</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="E1072" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1072" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1072" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1072" s="0">
-        <x:v>1769</x:v>
+        <x:v>1754</x:v>
       </x:c>
     </x:row>
     <x:row r="1073" spans="1:8">
       <x:c r="A1073" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1073" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1073" s="0" t="s">
-        <x:v>977</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="D1073" s="0" t="s">
-        <x:v>978</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="E1073" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1073" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1073" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1073" s="0">
-        <x:v>1732</x:v>
+        <x:v>1673</x:v>
       </x:c>
     </x:row>
     <x:row r="1074" spans="1:8">
       <x:c r="A1074" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1074" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1074" s="0" t="s">
-        <x:v>979</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="D1074" s="0" t="s">
-        <x:v>980</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="E1074" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1074" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1074" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1074" s="0">
-        <x:v>1830</x:v>
+        <x:v>1769</x:v>
       </x:c>
     </x:row>
     <x:row r="1075" spans="1:8">
       <x:c r="A1075" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1075" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1075" s="0" t="s">
-        <x:v>981</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="D1075" s="0" t="s">
-        <x:v>982</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="E1075" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1075" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1075" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1075" s="0">
-        <x:v>1978</x:v>
+        <x:v>1732</x:v>
       </x:c>
     </x:row>
     <x:row r="1076" spans="1:8">
       <x:c r="A1076" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1076" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1076" s="0" t="s">
-        <x:v>983</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="D1076" s="0" t="s">
-        <x:v>984</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="E1076" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1076" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1076" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1076" s="0">
-        <x:v>2007</x:v>
+        <x:v>1830</x:v>
       </x:c>
     </x:row>
     <x:row r="1077" spans="1:8">
       <x:c r="A1077" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1077" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1077" s="0" t="s">
-        <x:v>985</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="D1077" s="0" t="s">
-        <x:v>986</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="E1077" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1077" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1077" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1077" s="0">
-        <x:v>2191</x:v>
+        <x:v>1978</x:v>
       </x:c>
     </x:row>
     <x:row r="1078" spans="1:8">
       <x:c r="A1078" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1078" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1078" s="0" t="s">
-        <x:v>987</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="D1078" s="0" t="s">
-        <x:v>988</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="E1078" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1078" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1078" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1078" s="0">
-        <x:v>2116</x:v>
+        <x:v>2007</x:v>
       </x:c>
     </x:row>
     <x:row r="1079" spans="1:8">
       <x:c r="A1079" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1079" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1079" s="0" t="s">
-        <x:v>989</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="D1079" s="0" t="s">
-        <x:v>990</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="E1079" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1079" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1079" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1079" s="0">
-        <x:v>1928</x:v>
+        <x:v>2191</x:v>
       </x:c>
     </x:row>
     <x:row r="1080" spans="1:8">
       <x:c r="A1080" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1080" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1080" s="0" t="s">
-        <x:v>991</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="D1080" s="0" t="s">
-        <x:v>992</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="E1080" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1080" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1080" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1080" s="0">
-        <x:v>2109</x:v>
+        <x:v>2116</x:v>
       </x:c>
     </x:row>
     <x:row r="1081" spans="1:8">
       <x:c r="A1081" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1081" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1081" s="0" t="s">
-        <x:v>993</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="D1081" s="0" t="s">
-        <x:v>994</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="E1081" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1081" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1081" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1081" s="0">
-        <x:v>1887</x:v>
+        <x:v>1928</x:v>
       </x:c>
     </x:row>
     <x:row r="1082" spans="1:8">
       <x:c r="A1082" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1082" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1082" s="0" t="s">
-        <x:v>995</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="D1082" s="0" t="s">
-        <x:v>996</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="E1082" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1082" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1082" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1082" s="0">
-        <x:v>1881</x:v>
+        <x:v>2109</x:v>
       </x:c>
     </x:row>
     <x:row r="1083" spans="1:8">
       <x:c r="A1083" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1083" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1083" s="0" t="s">
-        <x:v>997</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="D1083" s="0" t="s">
-        <x:v>998</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="E1083" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1083" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1083" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1083" s="0">
-        <x:v>1768</x:v>
+        <x:v>1887</x:v>
       </x:c>
     </x:row>
     <x:row r="1084" spans="1:8">
       <x:c r="A1084" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1084" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1084" s="0" t="s">
-        <x:v>999</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="D1084" s="0" t="s">
-        <x:v>1000</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="E1084" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1084" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1084" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1084" s="0">
-        <x:v>1847</x:v>
+        <x:v>1881</x:v>
       </x:c>
     </x:row>
     <x:row r="1085" spans="1:8">
       <x:c r="A1085" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1085" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1085" s="0" t="s">
-        <x:v>1001</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="D1085" s="0" t="s">
-        <x:v>1002</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="E1085" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1085" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1085" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1085" s="0">
-        <x:v>1805</x:v>
+        <x:v>1768</x:v>
       </x:c>
     </x:row>
     <x:row r="1086" spans="1:8">
       <x:c r="A1086" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1086" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1086" s="0" t="s">
-        <x:v>1003</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="D1086" s="0" t="s">
-        <x:v>1004</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="E1086" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1086" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1086" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1086" s="0">
-        <x:v>1879</x:v>
+        <x:v>1847</x:v>
       </x:c>
     </x:row>
     <x:row r="1087" spans="1:8">
       <x:c r="A1087" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1087" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1087" s="0" t="s">
-        <x:v>1005</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="D1087" s="0" t="s">
-        <x:v>1006</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="E1087" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1087" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1087" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1087" s="0">
-        <x:v>1960</x:v>
+        <x:v>1805</x:v>
       </x:c>
     </x:row>
     <x:row r="1088" spans="1:8">
       <x:c r="A1088" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1088" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1088" s="0" t="s">
-        <x:v>1007</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="D1088" s="0" t="s">
-        <x:v>1008</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="E1088" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1088" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1088" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1088" s="0">
-        <x:v>2117</x:v>
+        <x:v>1879</x:v>
       </x:c>
     </x:row>
     <x:row r="1089" spans="1:8">
       <x:c r="A1089" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1089" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1089" s="0" t="s">
-        <x:v>1009</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="D1089" s="0" t="s">
-        <x:v>1010</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="E1089" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1089" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1089" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1089" s="0">
-        <x:v>2301</x:v>
+        <x:v>1960</x:v>
       </x:c>
     </x:row>
     <x:row r="1090" spans="1:8">
       <x:c r="A1090" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1090" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1090" s="0" t="s">
-        <x:v>1011</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="D1090" s="0" t="s">
-        <x:v>1012</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="E1090" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1090" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1090" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1090" s="0">
-        <x:v>2401</x:v>
+        <x:v>2117</x:v>
       </x:c>
     </x:row>
     <x:row r="1091" spans="1:8">
       <x:c r="A1091" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1091" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1091" s="0" t="s">
-        <x:v>1013</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="D1091" s="0" t="s">
-        <x:v>1014</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="E1091" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1091" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1091" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1091" s="0">
-        <x:v>2143</x:v>
+        <x:v>2301</x:v>
       </x:c>
     </x:row>
     <x:row r="1092" spans="1:8">
       <x:c r="A1092" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1092" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1092" s="0" t="s">
-        <x:v>1015</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="D1092" s="0" t="s">
-        <x:v>1016</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="E1092" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1092" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1092" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1092" s="0">
-        <x:v>2299</x:v>
+        <x:v>2401</x:v>
       </x:c>
     </x:row>
     <x:row r="1093" spans="1:8">
       <x:c r="A1093" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1093" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1093" s="0" t="s">
-        <x:v>1017</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="D1093" s="0" t="s">
-        <x:v>1018</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="E1093" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1093" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1093" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1093" s="0">
-        <x:v>2055</x:v>
+        <x:v>2143</x:v>
       </x:c>
     </x:row>
     <x:row r="1094" spans="1:8">
       <x:c r="A1094" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1094" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1094" s="0" t="s">
-        <x:v>1019</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="D1094" s="0" t="s">
-        <x:v>1020</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="E1094" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1094" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1094" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1094" s="0">
-        <x:v>2121</x:v>
+        <x:v>2299</x:v>
       </x:c>
     </x:row>
     <x:row r="1095" spans="1:8">
       <x:c r="A1095" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1095" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1095" s="0" t="s">
-        <x:v>1021</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="D1095" s="0" t="s">
-        <x:v>1022</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="E1095" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1095" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1095" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1095" s="0">
-        <x:v>1949</x:v>
+        <x:v>2055</x:v>
       </x:c>
     </x:row>
     <x:row r="1096" spans="1:8">
       <x:c r="A1096" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1096" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1096" s="0" t="s">
-        <x:v>1023</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="D1096" s="0" t="s">
-        <x:v>1024</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="E1096" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1096" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1096" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1096" s="0">
-        <x:v>2100</x:v>
+        <x:v>2121</x:v>
       </x:c>
     </x:row>
     <x:row r="1097" spans="1:8">
       <x:c r="A1097" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1097" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1097" s="0" t="s">
-        <x:v>1025</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="D1097" s="0" t="s">
-        <x:v>1026</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="E1097" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1097" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1097" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1097" s="0">
-        <x:v>2059</x:v>
+        <x:v>1949</x:v>
       </x:c>
     </x:row>
     <x:row r="1098" spans="1:8">
       <x:c r="A1098" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1098" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1098" s="0" t="s">
-        <x:v>1027</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="D1098" s="0" t="s">
-        <x:v>1028</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="E1098" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1098" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1098" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1098" s="0">
-        <x:v>2130</x:v>
+        <x:v>2100</x:v>
       </x:c>
     </x:row>
     <x:row r="1099" spans="1:8">
       <x:c r="A1099" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1099" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1099" s="0" t="s">
-        <x:v>1029</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="D1099" s="0" t="s">
-        <x:v>1030</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="E1099" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1099" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1099" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1099" s="0">
-        <x:v>2246</x:v>
+        <x:v>2059</x:v>
       </x:c>
     </x:row>
     <x:row r="1100" spans="1:8">
       <x:c r="A1100" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1100" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1100" s="0" t="s">
-        <x:v>1031</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="D1100" s="0" t="s">
-        <x:v>1032</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="E1100" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1100" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1100" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1100" s="0">
-        <x:v>2339</x:v>
+        <x:v>2130</x:v>
       </x:c>
     </x:row>
     <x:row r="1101" spans="1:8">
       <x:c r="A1101" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1101" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1101" s="0" t="s">
-        <x:v>1033</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="D1101" s="0" t="s">
-        <x:v>1034</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="E1101" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1101" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1101" s="0">
-        <x:v>2443</x:v>
+        <x:v>2246</x:v>
       </x:c>
     </x:row>
     <x:row r="1102" spans="1:8">
       <x:c r="A1102" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1102" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1102" s="0" t="s">
-        <x:v>1035</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="D1102" s="0" t="s">
-        <x:v>1036</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="E1102" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1102" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1102" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1102" s="0">
-        <x:v>2505</x:v>
+        <x:v>2339</x:v>
       </x:c>
     </x:row>
     <x:row r="1103" spans="1:8">
       <x:c r="A1103" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1103" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1103" s="0" t="s">
-        <x:v>1037</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="D1103" s="0" t="s">
-        <x:v>1038</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="E1103" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1103" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1103" s="0">
-        <x:v>2499</x:v>
+        <x:v>2443</x:v>
       </x:c>
     </x:row>
     <x:row r="1104" spans="1:8">
       <x:c r="A1104" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1104" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1104" s="0" t="s">
-        <x:v>1039</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="D1104" s="0" t="s">
-        <x:v>1040</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="E1104" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1104" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1104" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1104" s="0">
-        <x:v>2458</x:v>
+        <x:v>2505</x:v>
       </x:c>
     </x:row>
     <x:row r="1105" spans="1:8">
       <x:c r="A1105" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1105" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1105" s="0" t="s">
-        <x:v>1041</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="D1105" s="0" t="s">
-        <x:v>1042</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="E1105" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1105" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1105" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1105" s="0">
-        <x:v>2285</x:v>
+        <x:v>2499</x:v>
       </x:c>
     </x:row>
     <x:row r="1106" spans="1:8">
       <x:c r="A1106" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1106" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1106" s="0" t="s">
-        <x:v>1043</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="D1106" s="0" t="s">
-        <x:v>1044</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="E1106" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1106" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1106" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1106" s="0">
-        <x:v>2180</x:v>
+        <x:v>2458</x:v>
       </x:c>
     </x:row>
     <x:row r="1107" spans="1:8">
       <x:c r="A1107" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1107" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1107" s="0" t="s">
-        <x:v>1045</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="D1107" s="0" t="s">
-        <x:v>1046</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="E1107" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1107" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1107" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1107" s="0">
-        <x:v>2139</x:v>
+        <x:v>2285</x:v>
       </x:c>
     </x:row>
     <x:row r="1108" spans="1:8">
       <x:c r="A1108" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1108" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1108" s="0" t="s">
-        <x:v>1047</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="D1108" s="0" t="s">
-        <x:v>1048</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="E1108" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1108" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1108" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1108" s="0">
-        <x:v>2293</x:v>
+        <x:v>2180</x:v>
       </x:c>
     </x:row>
     <x:row r="1109" spans="1:8">
       <x:c r="A1109" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1109" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1109" s="0" t="s">
-        <x:v>1049</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="D1109" s="0" t="s">
-        <x:v>1050</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="E1109" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1109" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1109" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1109" s="0">
-        <x:v>2313</x:v>
+        <x:v>2139</x:v>
       </x:c>
     </x:row>
     <x:row r="1110" spans="1:8">
       <x:c r="A1110" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1110" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1110" s="0" t="s">
-        <x:v>1051</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="D1110" s="0" t="s">
-        <x:v>1052</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="E1110" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1110" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1110" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1110" s="0">
-        <x:v>2283</x:v>
+        <x:v>2293</x:v>
       </x:c>
     </x:row>
     <x:row r="1111" spans="1:8">
       <x:c r="A1111" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1111" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1111" s="0" t="s">
-        <x:v>1053</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="D1111" s="0" t="s">
-        <x:v>1054</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="E1111" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1111" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1111" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1111" s="0">
-        <x:v>2384</x:v>
+        <x:v>2313</x:v>
       </x:c>
     </x:row>
     <x:row r="1112" spans="1:8">
       <x:c r="A1112" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1112" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1112" s="0" t="s">
-        <x:v>1055</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="D1112" s="0" t="s">
-        <x:v>1056</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="E1112" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1112" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1112" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1112" s="0">
-        <x:v>2513</x:v>
+        <x:v>2283</x:v>
       </x:c>
     </x:row>
     <x:row r="1113" spans="1:8">
       <x:c r="A1113" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1113" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1113" s="0" t="s">
-        <x:v>1057</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="D1113" s="0" t="s">
-        <x:v>1058</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="E1113" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1113" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1113" s="0">
-        <x:v>2533</x:v>
+        <x:v>2384</x:v>
       </x:c>
     </x:row>
     <x:row r="1114" spans="1:8">
       <x:c r="A1114" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1114" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1114" s="0" t="s">
-        <x:v>1059</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="D1114" s="0" t="s">
-        <x:v>1060</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="E1114" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1114" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1114" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1114" s="0">
-        <x:v>2679</x:v>
+        <x:v>2513</x:v>
       </x:c>
     </x:row>
     <x:row r="1115" spans="1:8">
       <x:c r="A1115" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1115" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1115" s="0" t="s">
-        <x:v>1061</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="D1115" s="0" t="s">
-        <x:v>1062</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="E1115" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1115" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1115" s="0">
-        <x:v>2387</x:v>
+        <x:v>2533</x:v>
       </x:c>
     </x:row>
     <x:row r="1116" spans="1:8">
       <x:c r="A1116" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1116" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1116" s="0" t="s">
-        <x:v>1063</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="D1116" s="0" t="s">
-        <x:v>1064</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="E1116" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1116" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1116" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1116" s="0">
-        <x:v>2494</x:v>
+        <x:v>2679</x:v>
       </x:c>
     </x:row>
     <x:row r="1117" spans="1:8">
       <x:c r="A1117" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1117" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1117" s="0" t="s">
-        <x:v>1065</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="D1117" s="0" t="s">
-        <x:v>1066</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="E1117" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1117" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1117" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1117" s="0">
-        <x:v>2318</x:v>
+        <x:v>2387</x:v>
       </x:c>
     </x:row>
     <x:row r="1118" spans="1:8">
       <x:c r="A1118" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1118" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1118" s="0" t="s">
-        <x:v>1067</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="D1118" s="0" t="s">
-        <x:v>1068</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="E1118" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1118" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1118" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1118" s="0">
-        <x:v>2199</x:v>
+        <x:v>2494</x:v>
       </x:c>
     </x:row>
     <x:row r="1119" spans="1:8">
       <x:c r="A1119" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1119" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1119" s="0" t="s">
-        <x:v>1069</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="D1119" s="0" t="s">
-        <x:v>1070</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="E1119" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1119" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1119" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1119" s="0">
-        <x:v>2281</x:v>
+        <x:v>2318</x:v>
       </x:c>
     </x:row>
     <x:row r="1120" spans="1:8">
       <x:c r="A1120" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1120" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1120" s="0" t="s">
-        <x:v>1071</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="D1120" s="0" t="s">
-        <x:v>1072</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="E1120" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1120" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1120" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1120" s="0">
-        <x:v>2333</x:v>
+        <x:v>2199</x:v>
       </x:c>
     </x:row>
     <x:row r="1121" spans="1:8">
       <x:c r="A1121" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1121" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1121" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="D1121" s="0" t="s">
-        <x:v>1074</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="E1121" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1121" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1121" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1121" s="0">
-        <x:v>2269</x:v>
+        <x:v>2281</x:v>
       </x:c>
     </x:row>
     <x:row r="1122" spans="1:8">
       <x:c r="A1122" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1122" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1122" s="0" t="s">
-        <x:v>1075</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="D1122" s="0" t="s">
-        <x:v>1076</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="E1122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1122" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1122" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1122" s="0">
-        <x:v>2355</x:v>
+        <x:v>2333</x:v>
       </x:c>
     </x:row>
     <x:row r="1123" spans="1:8">
       <x:c r="A1123" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1123" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1123" s="0" t="s">
-        <x:v>1077</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="D1123" s="0" t="s">
-        <x:v>1078</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="E1123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1123" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1123" s="0">
-        <x:v>2326</x:v>
+        <x:v>2269</x:v>
       </x:c>
     </x:row>
     <x:row r="1124" spans="1:8">
       <x:c r="A1124" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1124" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1124" s="0" t="s">
-        <x:v>1079</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="D1124" s="0" t="s">
-        <x:v>1080</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="E1124" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1124" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1124" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1124" s="0">
-        <x:v>2466</x:v>
+        <x:v>2355</x:v>
       </x:c>
     </x:row>
     <x:row r="1125" spans="1:8">
       <x:c r="A1125" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1125" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1125" s="0" t="s">
-        <x:v>1081</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="D1125" s="0" t="s">
-        <x:v>1082</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="E1125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1125" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1125" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1125" s="0">
-        <x:v>2603</x:v>
+        <x:v>2326</x:v>
       </x:c>
     </x:row>
     <x:row r="1126" spans="1:8">
       <x:c r="A1126" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1126" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1126" s="0" t="s">
-        <x:v>1083</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="D1126" s="0" t="s">
-        <x:v>1084</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="E1126" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1126" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1126" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1126" s="0">
-        <x:v>2646</x:v>
+        <x:v>2466</x:v>
       </x:c>
     </x:row>
     <x:row r="1127" spans="1:8">
       <x:c r="A1127" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1127" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1127" s="0" t="s">
-        <x:v>1085</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="D1127" s="0" t="s">
-        <x:v>1086</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="E1127" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1127" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1127" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1127" s="0">
-        <x:v>2458</x:v>
+        <x:v>2603</x:v>
       </x:c>
     </x:row>
     <x:row r="1128" spans="1:8">
       <x:c r="A1128" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1128" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1128" s="0" t="s">
-        <x:v>1087</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="D1128" s="0" t="s">
-        <x:v>1088</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="E1128" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1128" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1128" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1128" s="0">
-        <x:v>2560</x:v>
+        <x:v>2646</x:v>
       </x:c>
     </x:row>
     <x:row r="1129" spans="1:8">
       <x:c r="A1129" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1129" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1129" s="0" t="s">
-        <x:v>1089</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="D1129" s="0" t="s">
-        <x:v>1090</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="E1129" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1129" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1129" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1129" s="0">
-        <x:v>2383</x:v>
+        <x:v>2458</x:v>
       </x:c>
     </x:row>
     <x:row r="1130" spans="1:8">
       <x:c r="A1130" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1130" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1130" s="0" t="s">
-        <x:v>1091</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="D1130" s="0" t="s">
-        <x:v>1092</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="E1130" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1130" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1130" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1130" s="0">
-        <x:v>2344</x:v>
+        <x:v>2560</x:v>
       </x:c>
     </x:row>
     <x:row r="1131" spans="1:8">
       <x:c r="A1131" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1131" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1131" s="0" t="s">
-        <x:v>1093</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="D1131" s="0" t="s">
-        <x:v>1094</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="E1131" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1131" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1131" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1131" s="0">
-        <x:v>2280</x:v>
+        <x:v>2383</x:v>
       </x:c>
     </x:row>
     <x:row r="1132" spans="1:8">
       <x:c r="A1132" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1132" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1132" s="0" t="s">
-        <x:v>1095</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="D1132" s="0" t="s">
-        <x:v>1096</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="E1132" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1132" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1132" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1132" s="0">
-        <x:v>2290</x:v>
+        <x:v>2344</x:v>
       </x:c>
     </x:row>
     <x:row r="1133" spans="1:8">
       <x:c r="A1133" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1133" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1133" s="0" t="s">
-        <x:v>1097</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="D1133" s="0" t="s">
-        <x:v>1098</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="E1133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1133" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1133" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1133" s="0">
-        <x:v>2287</x:v>
+        <x:v>2280</x:v>
       </x:c>
     </x:row>
     <x:row r="1134" spans="1:8">
       <x:c r="A1134" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1134" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1134" s="0" t="s">
-        <x:v>1099</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="D1134" s="0" t="s">
-        <x:v>1100</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="E1134" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1134" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1134" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1134" s="0">
-        <x:v>2188</x:v>
+        <x:v>2290</x:v>
       </x:c>
     </x:row>
     <x:row r="1135" spans="1:8">
       <x:c r="A1135" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1135" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1135" s="0" t="s">
-        <x:v>1101</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="D1135" s="0" t="s">
-        <x:v>1102</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="E1135" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1135" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1135" s="0">
-        <x:v>2346</x:v>
+        <x:v>2287</x:v>
       </x:c>
     </x:row>
     <x:row r="1136" spans="1:8">
       <x:c r="A1136" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1136" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1136" s="0" t="s">
-        <x:v>1103</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="D1136" s="0" t="s">
-        <x:v>1104</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="E1136" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1136" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1136" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1136" s="0">
-        <x:v>2537</x:v>
+        <x:v>2188</x:v>
       </x:c>
     </x:row>
     <x:row r="1137" spans="1:8">
       <x:c r="A1137" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1137" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1137" s="0" t="s">
-        <x:v>1105</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="D1137" s="0" t="s">
-        <x:v>1106</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="E1137" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1137" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1137" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1137" s="0">
-        <x:v>2458</x:v>
+        <x:v>2346</x:v>
       </x:c>
     </x:row>
     <x:row r="1138" spans="1:8">
       <x:c r="A1138" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1138" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1138" s="0" t="s">
-        <x:v>1107</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="D1138" s="0" t="s">
-        <x:v>1108</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="E1138" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1138" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1138" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1138" s="0">
-        <x:v>2111</x:v>
+        <x:v>2537</x:v>
       </x:c>
     </x:row>
     <x:row r="1139" spans="1:8">
       <x:c r="A1139" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1139" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1139" s="0" t="s">
-        <x:v>1109</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="D1139" s="0" t="s">
-        <x:v>1110</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="E1139" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1139" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1139" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1139" s="0">
-        <x:v>2364</x:v>
+        <x:v>2458</x:v>
       </x:c>
     </x:row>
     <x:row r="1140" spans="1:8">
       <x:c r="A1140" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1140" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1140" s="0" t="s">
-        <x:v>1111</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="D1140" s="0" t="s">
-        <x:v>1112</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="E1140" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1140" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1140" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1140" s="0">
-        <x:v>2429</x:v>
+        <x:v>2111</x:v>
       </x:c>
     </x:row>
     <x:row r="1141" spans="1:8">
       <x:c r="A1141" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1141" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1141" s="0" t="s">
-        <x:v>1113</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="D1141" s="0" t="s">
-        <x:v>1114</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="E1141" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1141" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1141" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1141" s="0">
-        <x:v>2359</x:v>
+        <x:v>2364</x:v>
       </x:c>
     </x:row>
     <x:row r="1142" spans="1:8">
       <x:c r="A1142" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1142" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1142" s="0" t="s">
-        <x:v>1115</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="D1142" s="0" t="s">
-        <x:v>1116</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="E1142" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1142" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1142" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1142" s="0">
-        <x:v>2313</x:v>
+        <x:v>2429</x:v>
       </x:c>
     </x:row>
     <x:row r="1143" spans="1:8">
       <x:c r="A1143" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1143" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1143" s="0" t="s">
-        <x:v>1117</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="D1143" s="0" t="s">
-        <x:v>1118</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="E1143" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1143" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1143" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1143" s="0">
-        <x:v>2257</x:v>
+        <x:v>2359</x:v>
       </x:c>
     </x:row>
     <x:row r="1144" spans="1:8">
       <x:c r="A1144" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1144" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1144" s="0" t="s">
-        <x:v>1119</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="D1144" s="0" t="s">
-        <x:v>1120</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="E1144" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1144" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1144" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1144" s="0">
-        <x:v>2104</x:v>
+        <x:v>2313</x:v>
       </x:c>
     </x:row>
     <x:row r="1145" spans="1:8">
       <x:c r="A1145" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1145" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1145" s="0" t="s">
-        <x:v>1121</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="D1145" s="0" t="s">
-        <x:v>1122</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="E1145" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1145" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1145" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1145" s="0">
-        <x:v>2125</x:v>
+        <x:v>2257</x:v>
       </x:c>
     </x:row>
     <x:row r="1146" spans="1:8">
       <x:c r="A1146" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1146" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1146" s="0" t="s">
-        <x:v>1123</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="D1146" s="0" t="s">
-        <x:v>1124</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="E1146" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1146" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1146" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1146" s="0">
-        <x:v>2141</x:v>
+        <x:v>2104</x:v>
       </x:c>
     </x:row>
     <x:row r="1147" spans="1:8">
       <x:c r="A1147" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1147" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1147" s="0" t="s">
-        <x:v>1125</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="D1147" s="0" t="s">
-        <x:v>1126</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="E1147" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1147" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1147" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1147" s="0">
-        <x:v>2398</x:v>
+        <x:v>2125</x:v>
       </x:c>
     </x:row>
     <x:row r="1148" spans="1:8">
       <x:c r="A1148" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1148" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1148" s="0" t="s">
-        <x:v>1127</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="D1148" s="0" t="s">
-        <x:v>1128</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="E1148" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1148" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1148" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1148" s="0">
-        <x:v>2674</x:v>
+        <x:v>2141</x:v>
       </x:c>
     </x:row>
     <x:row r="1149" spans="1:8">
       <x:c r="A1149" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1149" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1149" s="0" t="s">
-        <x:v>1129</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="D1149" s="0" t="s">
-        <x:v>1130</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="E1149" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1149" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1149" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1149" s="0">
-        <x:v>2633</x:v>
+        <x:v>2398</x:v>
       </x:c>
     </x:row>
     <x:row r="1150" spans="1:8">
       <x:c r="A1150" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1150" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1150" s="0" t="s">
-        <x:v>1131</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="D1150" s="0" t="s">
-        <x:v>1132</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="E1150" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1150" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1150" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1150" s="0">
-        <x:v>2641</x:v>
+        <x:v>2674</x:v>
       </x:c>
     </x:row>
     <x:row r="1151" spans="1:8">
       <x:c r="A1151" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1151" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1151" s="0" t="s">
-        <x:v>1133</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="D1151" s="0" t="s">
-        <x:v>1134</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="E1151" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1151" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1151" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1151" s="0">
-        <x:v>2663</x:v>
+        <x:v>2633</x:v>
       </x:c>
     </x:row>
     <x:row r="1152" spans="1:8">
       <x:c r="A1152" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1152" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1152" s="0" t="s">
-        <x:v>1135</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="D1152" s="0" t="s">
-        <x:v>1136</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="E1152" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1152" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1152" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1152" s="0">
-        <x:v>2398</x:v>
+        <x:v>2641</x:v>
       </x:c>
     </x:row>
     <x:row r="1153" spans="1:8">
       <x:c r="A1153" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1153" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1153" s="0" t="s">
-        <x:v>1137</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="D1153" s="0" t="s">
-        <x:v>1138</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="E1153" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1153" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1153" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1153" s="0">
-        <x:v>2023</x:v>
+        <x:v>2663</x:v>
       </x:c>
     </x:row>
     <x:row r="1154" spans="1:8">
       <x:c r="A1154" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1154" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1154" s="0" t="s">
-        <x:v>1139</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="D1154" s="0" t="s">
-        <x:v>1140</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="E1154" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1154" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1154" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1154" s="0">
-        <x:v>2213</x:v>
+        <x:v>2398</x:v>
       </x:c>
     </x:row>
     <x:row r="1155" spans="1:8">
       <x:c r="A1155" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1155" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1155" s="0" t="s">
-        <x:v>1141</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="D1155" s="0" t="s">
-        <x:v>1142</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E1155" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1155" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1155" s="0">
-        <x:v>2228</x:v>
+        <x:v>2023</x:v>
       </x:c>
     </x:row>
     <x:row r="1156" spans="1:8">
       <x:c r="A1156" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1156" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1156" s="0" t="s">
-        <x:v>1143</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="D1156" s="0" t="s">
-        <x:v>1144</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="E1156" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1156" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1156" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1156" s="0">
-        <x:v>2344</x:v>
+        <x:v>2213</x:v>
       </x:c>
     </x:row>
     <x:row r="1157" spans="1:8">
       <x:c r="A1157" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1157" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1157" s="0" t="s">
-        <x:v>1145</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="D1157" s="0" t="s">
-        <x:v>1146</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="E1157" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1157" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1157" s="0">
-        <x:v>2382</x:v>
+        <x:v>2228</x:v>
       </x:c>
     </x:row>
     <x:row r="1158" spans="1:8">
       <x:c r="A1158" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1158" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1158" s="0" t="s">
-        <x:v>1147</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="D1158" s="0" t="s">
-        <x:v>1148</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="E1158" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1158" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1158" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1158" s="0">
-        <x:v>2432</x:v>
+        <x:v>2344</x:v>
       </x:c>
     </x:row>
     <x:row r="1159" spans="1:8">
       <x:c r="A1159" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1159" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1159" s="0" t="s">
-        <x:v>1149</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="D1159" s="0" t="s">
-        <x:v>1150</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="E1159" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1159" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1159" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1159" s="0">
-        <x:v>2636</x:v>
+        <x:v>2382</x:v>
       </x:c>
     </x:row>
     <x:row r="1160" spans="1:8">
       <x:c r="A1160" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1160" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1160" s="0" t="s">
-        <x:v>1151</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="D1160" s="0" t="s">
-        <x:v>1152</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="E1160" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1160" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1160" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1160" s="0">
-        <x:v>2662</x:v>
+        <x:v>2432</x:v>
       </x:c>
     </x:row>
     <x:row r="1161" spans="1:8">
       <x:c r="A1161" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1161" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1161" s="0" t="s">
-        <x:v>1153</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="D1161" s="0" t="s">
-        <x:v>1154</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="E1161" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1161" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1161" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1161" s="0">
-        <x:v>2881</x:v>
+        <x:v>2636</x:v>
       </x:c>
     </x:row>
     <x:row r="1162" spans="1:8">
       <x:c r="A1162" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1162" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1162" s="0" t="s">
-        <x:v>1155</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="D1162" s="0" t="s">
-        <x:v>1156</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="E1162" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1162" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1162" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1162" s="0">
-        <x:v>2820</x:v>
+        <x:v>2662</x:v>
       </x:c>
     </x:row>
     <x:row r="1163" spans="1:8">
       <x:c r="A1163" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1163" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1163" s="0" t="s">
-        <x:v>1157</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="D1163" s="0" t="s">
-        <x:v>1158</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="E1163" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1163" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1163" s="0">
-        <x:v>2573</x:v>
+        <x:v>2881</x:v>
       </x:c>
     </x:row>
     <x:row r="1164" spans="1:8">
       <x:c r="A1164" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1164" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1164" s="0" t="s">
-        <x:v>1159</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="D1164" s="0" t="s">
-        <x:v>1160</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="E1164" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1164" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1164" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1164" s="0">
-        <x:v>2572</x:v>
+        <x:v>2820</x:v>
       </x:c>
     </x:row>
     <x:row r="1165" spans="1:8">
       <x:c r="A1165" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1165" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1165" s="0" t="s">
-        <x:v>1161</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="D1165" s="0" t="s">
-        <x:v>1162</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="E1165" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1165" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1165" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1165" s="0">
-        <x:v>2292</x:v>
+        <x:v>2573</x:v>
       </x:c>
     </x:row>
     <x:row r="1166" spans="1:8">
       <x:c r="A1166" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1166" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1166" s="0" t="s">
-        <x:v>1163</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="D1166" s="0" t="s">
-        <x:v>1164</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="E1166" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1166" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1166" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1166" s="0">
-        <x:v>2221</x:v>
+        <x:v>2572</x:v>
       </x:c>
     </x:row>
     <x:row r="1167" spans="1:8">
       <x:c r="A1167" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1167" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1167" s="0" t="s">
-        <x:v>1165</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="D1167" s="0" t="s">
-        <x:v>1166</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="E1167" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1167" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1167" s="0">
-        <x:v>2193</x:v>
+        <x:v>2292</x:v>
       </x:c>
     </x:row>
     <x:row r="1168" spans="1:8">
       <x:c r="A1168" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1168" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1168" s="0" t="s">
-        <x:v>1167</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="D1168" s="0" t="s">
-        <x:v>1168</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="E1168" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1168" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1168" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1168" s="0">
-        <x:v>2055</x:v>
+        <x:v>2221</x:v>
       </x:c>
     </x:row>
     <x:row r="1169" spans="1:8">
       <x:c r="A1169" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1169" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1169" s="0" t="s">
-        <x:v>1169</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="D1169" s="0" t="s">
-        <x:v>1170</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="E1169" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1169" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1169" s="0">
-        <x:v>2301</x:v>
+        <x:v>2193</x:v>
       </x:c>
     </x:row>
     <x:row r="1170" spans="1:8">
       <x:c r="A1170" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1170" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1170" s="0" t="s">
-        <x:v>1171</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="D1170" s="0" t="s">
-        <x:v>1172</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="E1170" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1170" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1170" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1170" s="0">
-        <x:v>2310</x:v>
+        <x:v>2055</x:v>
       </x:c>
     </x:row>
     <x:row r="1171" spans="1:8">
       <x:c r="A1171" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1171" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1171" s="0" t="s">
-        <x:v>1173</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="D1171" s="0" t="s">
-        <x:v>1174</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="E1171" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1171" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1171" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1171" s="0">
-        <x:v>2542</x:v>
+        <x:v>2301</x:v>
       </x:c>
     </x:row>
     <x:row r="1172" spans="1:8">
       <x:c r="A1172" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1172" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1172" s="0" t="s">
-        <x:v>1175</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="D1172" s="0" t="s">
-        <x:v>1176</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="E1172" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1172" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1172" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1172" s="0">
-        <x:v>2741</x:v>
+        <x:v>2310</x:v>
       </x:c>
     </x:row>
     <x:row r="1173" spans="1:8">
       <x:c r="A1173" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1173" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1173" s="0" t="s">
-        <x:v>1177</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="D1173" s="0" t="s">
-        <x:v>1178</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="E1173" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1173" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1173" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1173" s="0">
-        <x:v>2976</x:v>
+        <x:v>2542</x:v>
       </x:c>
     </x:row>
     <x:row r="1174" spans="1:8">
       <x:c r="A1174" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1174" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1174" s="0" t="s">
-        <x:v>1179</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="D1174" s="0" t="s">
-        <x:v>1180</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="E1174" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1174" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1174" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1174" s="0">
-        <x:v>2910</x:v>
+        <x:v>2741</x:v>
       </x:c>
     </x:row>
     <x:row r="1175" spans="1:8">
       <x:c r="A1175" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1175" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1175" s="0" t="s">
-        <x:v>1181</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="D1175" s="0" t="s">
-        <x:v>1182</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="E1175" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1175" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1175" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1175" s="0">
-        <x:v>2782</x:v>
+        <x:v>2976</x:v>
       </x:c>
     </x:row>
     <x:row r="1176" spans="1:8">
       <x:c r="A1176" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1176" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1176" s="0" t="s">
-        <x:v>1183</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="D1176" s="0" t="s">
-        <x:v>1184</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="E1176" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1176" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1176" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1176" s="0">
-        <x:v>2766</x:v>
+        <x:v>2910</x:v>
       </x:c>
     </x:row>
     <x:row r="1177" spans="1:8">
       <x:c r="A1177" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1177" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1177" s="0" t="s">
-        <x:v>1185</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="D1177" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="E1177" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1177" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1177" s="0">
-        <x:v>2516</x:v>
+        <x:v>2782</x:v>
       </x:c>
     </x:row>
     <x:row r="1178" spans="1:8">
       <x:c r="A1178" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1178" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1178" s="0" t="s">
-        <x:v>1187</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="D1178" s="0" t="s">
-        <x:v>1188</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="E1178" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1178" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1178" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1178" s="0">
-        <x:v>2530</x:v>
+        <x:v>2766</x:v>
       </x:c>
     </x:row>
     <x:row r="1179" spans="1:8">
       <x:c r="A1179" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1179" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1179" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="D1179" s="0" t="s">
-        <x:v>1190</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="E1179" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1179" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1179" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1179" s="0">
-        <x:v>2420</x:v>
+        <x:v>2516</x:v>
       </x:c>
     </x:row>
     <x:row r="1180" spans="1:8">
       <x:c r="A1180" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1180" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1180" s="0" t="s">
-        <x:v>1191</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="D1180" s="0" t="s">
-        <x:v>1192</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="E1180" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1180" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1180" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1180" s="0">
-        <x:v>2511</x:v>
+        <x:v>2530</x:v>
       </x:c>
     </x:row>
     <x:row r="1181" spans="1:8">
       <x:c r="A1181" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1181" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1181" s="0" t="s">
-        <x:v>1193</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="D1181" s="0" t="s">
-        <x:v>1194</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="E1181" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1181" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1181" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1181" s="0">
-        <x:v>2589</x:v>
+        <x:v>2420</x:v>
       </x:c>
     </x:row>
     <x:row r="1182" spans="1:8">
       <x:c r="A1182" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1182" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1182" s="0" t="s">
-        <x:v>1195</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="D1182" s="0" t="s">
-        <x:v>1196</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="E1182" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1182" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1182" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1182" s="0">
-        <x:v>2497</x:v>
+        <x:v>2511</x:v>
       </x:c>
     </x:row>
     <x:row r="1183" spans="1:8">
       <x:c r="A1183" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1183" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1183" s="0" t="s">
-        <x:v>1197</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="D1183" s="0" t="s">
-        <x:v>1198</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="E1183" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1183" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1183" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1183" s="0">
-        <x:v>2792</x:v>
+        <x:v>2589</x:v>
       </x:c>
     </x:row>
     <x:row r="1184" spans="1:8">
       <x:c r="A1184" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1184" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1184" s="0" t="s">
-        <x:v>1199</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="D1184" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="E1184" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1184" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1184" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1184" s="0">
-        <x:v>2970</x:v>
+        <x:v>2497</x:v>
       </x:c>
     </x:row>
     <x:row r="1185" spans="1:8">
       <x:c r="A1185" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1185" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1185" s="0" t="s">
-        <x:v>1201</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="D1185" s="0" t="s">
-        <x:v>1202</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="E1185" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1185" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1185" s="0">
-        <x:v>3004</x:v>
+        <x:v>2792</x:v>
       </x:c>
     </x:row>
     <x:row r="1186" spans="1:8">
       <x:c r="A1186" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1186" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1186" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="D1186" s="0" t="s">
-        <x:v>1204</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="E1186" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1186" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1186" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1186" s="0">
-        <x:v>2883</x:v>
+        <x:v>2970</x:v>
       </x:c>
     </x:row>
     <x:row r="1187" spans="1:8">
       <x:c r="A1187" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1187" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1187" s="0" t="s">
-        <x:v>1205</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="D1187" s="0" t="s">
-        <x:v>1206</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="E1187" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1187" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1187" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1187" s="0">
-        <x:v>2589</x:v>
+        <x:v>3004</x:v>
       </x:c>
     </x:row>
     <x:row r="1188" spans="1:8">
       <x:c r="A1188" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1188" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1188" s="0" t="s">
-        <x:v>1207</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="D1188" s="0" t="s">
-        <x:v>1208</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="E1188" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1188" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1188" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1188" s="0">
-        <x:v>2814</x:v>
+        <x:v>2883</x:v>
       </x:c>
     </x:row>
     <x:row r="1189" spans="1:8">
       <x:c r="A1189" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1189" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1189" s="0" t="s">
-        <x:v>1209</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="D1189" s="0" t="s">
-        <x:v>1210</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="E1189" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1189" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1189" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1189" s="0">
-        <x:v>2635</x:v>
+        <x:v>2589</x:v>
       </x:c>
     </x:row>
     <x:row r="1190" spans="1:8">
       <x:c r="A1190" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1190" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1190" s="0" t="s">
-        <x:v>1211</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="D1190" s="0" t="s">
-        <x:v>1212</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="E1190" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1190" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1190" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1190" s="0">
-        <x:v>2323</x:v>
+        <x:v>2814</x:v>
       </x:c>
     </x:row>
     <x:row r="1191" spans="1:8">
       <x:c r="A1191" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1191" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1191" s="0" t="s">
-        <x:v>1213</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="D1191" s="0" t="s">
-        <x:v>1214</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="E1191" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1191" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1191" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1191" s="0">
-        <x:v>2199</x:v>
+        <x:v>2635</x:v>
       </x:c>
     </x:row>
     <x:row r="1192" spans="1:8">
       <x:c r="A1192" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1192" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1192" s="0" t="s">
-        <x:v>1215</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="D1192" s="0" t="s">
-        <x:v>1216</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="E1192" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1192" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1192" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1192" s="0">
-        <x:v>2319</x:v>
+        <x:v>2323</x:v>
       </x:c>
     </x:row>
     <x:row r="1193" spans="1:8">
       <x:c r="A1193" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1193" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1193" s="0" t="s">
-        <x:v>1217</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="D1193" s="0" t="s">
-        <x:v>1218</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="E1193" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1193" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1193" s="0">
-        <x:v>2338</x:v>
+        <x:v>2199</x:v>
       </x:c>
     </x:row>
     <x:row r="1194" spans="1:8">
       <x:c r="A1194" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1194" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1194" s="0" t="s">
-        <x:v>1219</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="D1194" s="0" t="s">
-        <x:v>1220</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="E1194" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1194" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1194" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1194" s="0">
-        <x:v>2289</x:v>
+        <x:v>2319</x:v>
       </x:c>
     </x:row>
     <x:row r="1195" spans="1:8">
       <x:c r="A1195" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1195" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1195" s="0" t="s">
-        <x:v>1221</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="D1195" s="0" t="s">
-        <x:v>1222</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="E1195" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1195" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1195" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1195" s="0">
-        <x:v>2358</x:v>
+        <x:v>2338</x:v>
       </x:c>
     </x:row>
     <x:row r="1196" spans="1:8">
       <x:c r="A1196" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1196" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1196" s="0" t="s">
-        <x:v>1223</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="D1196" s="0" t="s">
-        <x:v>1224</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="E1196" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1196" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1196" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1196" s="0">
-        <x:v>2649</x:v>
+        <x:v>2289</x:v>
       </x:c>
     </x:row>
     <x:row r="1197" spans="1:8">
       <x:c r="A1197" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1197" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1197" s="0" t="s">
-        <x:v>1225</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="D1197" s="0" t="s">
-        <x:v>1226</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="E1197" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1197" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1197" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1197" s="0">
-        <x:v>2815</x:v>
+        <x:v>2358</x:v>
       </x:c>
     </x:row>
     <x:row r="1198" spans="1:8">
       <x:c r="A1198" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1198" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1198" s="0" t="s">
-        <x:v>1227</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="D1198" s="0" t="s">
-        <x:v>1228</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="E1198" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1198" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1198" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1198" s="0">
-        <x:v>2875</x:v>
+        <x:v>2649</x:v>
       </x:c>
     </x:row>
     <x:row r="1199" spans="1:8">
       <x:c r="A1199" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1199" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1199" s="0" t="s">
-        <x:v>1229</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="D1199" s="0" t="s">
-        <x:v>1230</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="E1199" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1199" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1199" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1199" s="0">
-        <x:v>2560</x:v>
+        <x:v>2815</x:v>
       </x:c>
     </x:row>
     <x:row r="1200" spans="1:8">
       <x:c r="A1200" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1200" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1200" s="0" t="s">
-        <x:v>1231</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="D1200" s="0" t="s">
-        <x:v>1232</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="E1200" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1200" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1200" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1200" s="0">
-        <x:v>2706</x:v>
+        <x:v>2875</x:v>
       </x:c>
     </x:row>
     <x:row r="1201" spans="1:8">
       <x:c r="A1201" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1201" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1201" s="0" t="s">
-        <x:v>1233</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="D1201" s="0" t="s">
-        <x:v>1234</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="E1201" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1201" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1201" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1201" s="0">
-        <x:v>2370</x:v>
+        <x:v>2560</x:v>
       </x:c>
     </x:row>
     <x:row r="1202" spans="1:8">
       <x:c r="A1202" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1202" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1202" s="0" t="s">
-        <x:v>1235</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="D1202" s="0" t="s">
-        <x:v>1236</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="E1202" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1202" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1202" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1202" s="0">
-        <x:v>2244</x:v>
+        <x:v>2706</x:v>
       </x:c>
     </x:row>
     <x:row r="1203" spans="1:8">
       <x:c r="A1203" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1203" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1203" s="0" t="s">
-        <x:v>1237</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="D1203" s="0" t="s">
-        <x:v>1238</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="E1203" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1203" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1203" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1203" s="0">
-        <x:v>2043</x:v>
+        <x:v>2370</x:v>
       </x:c>
     </x:row>
     <x:row r="1204" spans="1:8">
       <x:c r="A1204" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1204" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1204" s="0" t="s">
-        <x:v>1239</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="D1204" s="0" t="s">
-        <x:v>1240</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="E1204" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1204" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1204" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1204" s="0">
-        <x:v>2143</x:v>
+        <x:v>2244</x:v>
       </x:c>
     </x:row>
     <x:row r="1205" spans="1:8">
       <x:c r="A1205" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1205" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1205" s="0" t="s">
-        <x:v>1241</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="D1205" s="0" t="s">
-        <x:v>1242</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="E1205" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1205" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1205" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1205" s="0">
-        <x:v>2208</x:v>
+        <x:v>2043</x:v>
       </x:c>
     </x:row>
     <x:row r="1206" spans="1:8">
       <x:c r="A1206" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1206" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1206" s="0" t="s">
-        <x:v>1243</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="D1206" s="0" t="s">
-        <x:v>1244</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="E1206" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1206" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1206" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1206" s="0">
-        <x:v>2283</x:v>
+        <x:v>2143</x:v>
       </x:c>
     </x:row>
     <x:row r="1207" spans="1:8">
       <x:c r="A1207" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1207" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1207" s="0" t="s">
-        <x:v>1245</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="D1207" s="0" t="s">
-        <x:v>1246</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="E1207" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1207" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1207" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1207" s="0">
-        <x:v>2592</x:v>
+        <x:v>2208</x:v>
       </x:c>
     </x:row>
     <x:row r="1208" spans="1:8">
       <x:c r="A1208" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1208" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1208" s="0" t="s">
-        <x:v>1247</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="D1208" s="0" t="s">
-        <x:v>1248</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="E1208" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1208" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1208" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1208" s="0">
-        <x:v>2726</x:v>
+        <x:v>2283</x:v>
       </x:c>
     </x:row>
     <x:row r="1209" spans="1:8">
       <x:c r="A1209" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1209" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1209" s="0" t="s">
-        <x:v>1249</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="D1209" s="0" t="s">
-        <x:v>1250</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="E1209" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1209" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1209" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1209" s="0">
-        <x:v>2803</x:v>
+        <x:v>2592</x:v>
       </x:c>
     </x:row>
     <x:row r="1210" spans="1:8">
       <x:c r="A1210" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1210" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1210" s="0" t="s">
-        <x:v>1251</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="D1210" s="0" t="s">
-        <x:v>1252</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="E1210" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1210" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1210" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1210" s="0">
-        <x:v>2960</x:v>
+        <x:v>2726</x:v>
       </x:c>
     </x:row>
     <x:row r="1211" spans="1:8">
       <x:c r="A1211" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1211" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1211" s="0" t="s">
-        <x:v>1253</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="D1211" s="0" t="s">
-        <x:v>1254</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="E1211" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1211" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1211" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1211" s="0">
-        <x:v>2657</x:v>
+        <x:v>2803</x:v>
       </x:c>
     </x:row>
     <x:row r="1212" spans="1:8">
       <x:c r="A1212" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1212" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1212" s="0" t="s">
-        <x:v>1255</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="D1212" s="0" t="s">
-        <x:v>1256</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="E1212" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1212" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1212" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1212" s="0">
-        <x:v>2552</x:v>
+        <x:v>2960</x:v>
       </x:c>
     </x:row>
     <x:row r="1213" spans="1:8">
       <x:c r="A1213" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1213" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1213" s="0" t="s">
-        <x:v>1257</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="D1213" s="0" t="s">
-        <x:v>1258</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="E1213" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1213" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1213" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1213" s="0">
-        <x:v>2347</x:v>
+        <x:v>2657</x:v>
       </x:c>
     </x:row>
     <x:row r="1214" spans="1:8">
       <x:c r="A1214" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1214" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1214" s="0" t="s">
-        <x:v>1259</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="D1214" s="0" t="s">
-        <x:v>1260</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="E1214" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1214" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1214" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1214" s="0">
-        <x:v>2143</x:v>
+        <x:v>2552</x:v>
       </x:c>
     </x:row>
     <x:row r="1215" spans="1:8">
       <x:c r="A1215" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1215" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1215" s="0" t="s">
-        <x:v>1261</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="D1215" s="0" t="s">
-        <x:v>1262</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="E1215" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1215" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1215" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1215" s="0">
-        <x:v>2068</x:v>
+        <x:v>2347</x:v>
       </x:c>
     </x:row>
     <x:row r="1216" spans="1:8">
       <x:c r="A1216" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B1216" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C1216" s="0" t="s">
-        <x:v>1263</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="D1216" s="0" t="s">
-        <x:v>1264</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="E1216" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F1216" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1216" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1216" s="0">
-        <x:v>2354</x:v>
+        <x:v>2143</x:v>
       </x:c>
     </x:row>
     <x:row r="1217" spans="1:8">
       <x:c r="A1217" s="0" t="s">
+        <x:v>1272</x:v>
+      </x:c>
+      <x:c r="B1217" s="0" t="s">
+        <x:v>1273</x:v>
+      </x:c>
+      <x:c r="C1217" s="0" t="s">
+        <x:v>1262</x:v>
+      </x:c>
+      <x:c r="D1217" s="0" t="s">
+        <x:v>1263</x:v>
+      </x:c>
+      <x:c r="E1217" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F1217" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="G1217" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H1217" s="0">
+        <x:v>2068</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1218" spans="1:8">
+      <x:c r="A1218" s="0" t="s">
+        <x:v>1272</x:v>
+      </x:c>
+      <x:c r="B1218" s="0" t="s">
+        <x:v>1273</x:v>
+      </x:c>
+      <x:c r="C1218" s="0" t="s">
+        <x:v>1264</x:v>
+      </x:c>
+      <x:c r="D1218" s="0" t="s">
+        <x:v>1265</x:v>
+      </x:c>
+      <x:c r="E1218" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F1218" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="G1218" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H1218" s="0">
+        <x:v>2354</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1219" spans="1:8">
+      <x:c r="A1219" s="0" t="s">
+        <x:v>1272</x:v>
+      </x:c>
+      <x:c r="B1219" s="0" t="s">
+        <x:v>1273</x:v>
+      </x:c>
+      <x:c r="C1219" s="0" t="s">
+        <x:v>1266</x:v>
+      </x:c>
+      <x:c r="D1219" s="0" t="s">
         <x:v>1267</x:v>
       </x:c>
-      <x:c r="B1217" s="0" t="s">
+      <x:c r="E1219" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F1219" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="G1219" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H1219" s="0">
+        <x:v>2240</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1220" spans="1:8">
+      <x:c r="A1220" s="0" t="s">
+        <x:v>1272</x:v>
+      </x:c>
+      <x:c r="B1220" s="0" t="s">
+        <x:v>1273</x:v>
+      </x:c>
+      <x:c r="C1220" s="0" t="s">
         <x:v>1268</x:v>
       </x:c>
-      <x:c r="C1217" s="0" t="s">
-[...15 lines deleted...]
-        <x:v>2240</x:v>
+      <x:c r="D1220" s="0" t="s">
+        <x:v>1269</x:v>
+      </x:c>
+      <x:c r="E1220" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F1220" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="G1220" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H1220" s="0">
+        <x:v>2255</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1221" spans="1:8">
+      <x:c r="A1221" s="0" t="s">
+        <x:v>1272</x:v>
+      </x:c>
+      <x:c r="B1221" s="0" t="s">
+        <x:v>1273</x:v>
+      </x:c>
+      <x:c r="C1221" s="0" t="s">
+        <x:v>1270</x:v>
+      </x:c>
+      <x:c r="D1221" s="0" t="s">
+        <x:v>1271</x:v>
+      </x:c>
+      <x:c r="E1221" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F1221" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="G1221" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H1221" s="0">
+        <x:v>2575</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -39498,67 +37682,67 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1217" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="MSM01C1"/>
         <x:s v="MSM01C2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Gross Electricity Output"/>
         <x:s v="Net Electricity Output"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(M1)">
-      <x:sharedItems count="608">
+      <x:sharedItems count="610">
         <x:s v="197501"/>
         <x:s v="197502"/>
         <x:s v="197503"/>
         <x:s v="197504"/>
         <x:s v="197505"/>
         <x:s v="197506"/>
         <x:s v="197507"/>
         <x:s v="197508"/>
         <x:s v="197509"/>
         <x:s v="197510"/>
         <x:s v="197511"/>
         <x:s v="197512"/>
         <x:s v="197601"/>
         <x:s v="197602"/>
         <x:s v="197603"/>
         <x:s v="197604"/>
         <x:s v="197605"/>
         <x:s v="197606"/>
         <x:s v="197607"/>
         <x:s v="197608"/>
         <x:s v="197609"/>
         <x:s v="197610"/>
         <x:s v="197611"/>
         <x:s v="197612"/>
         <x:s v="197701"/>
@@ -40123,54 +38307,56 @@
         <x:s v="202308"/>
         <x:s v="202309"/>
         <x:s v="202310"/>
         <x:s v="202311"/>
         <x:s v="202312"/>
         <x:s v="202401"/>
         <x:s v="202402"/>
         <x:s v="202403"/>
         <x:s v="202404"/>
         <x:s v="202405"/>
         <x:s v="202406"/>
         <x:s v="202407"/>
         <x:s v="202408"/>
         <x:s v="202409"/>
         <x:s v="202410"/>
         <x:s v="202411"/>
         <x:s v="202412"/>
         <x:s v="202501"/>
         <x:s v="202502"/>
         <x:s v="202503"/>
         <x:s v="202504"/>
         <x:s v="202505"/>
         <x:s v="202506"/>
         <x:s v="202507"/>
         <x:s v="202508"/>
+        <x:s v="202509"/>
+        <x:s v="202510"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Month">
-      <x:sharedItems count="608">
+      <x:sharedItems count="610">
         <x:s v="1975 January"/>
         <x:s v="1975 February"/>
         <x:s v="1975 March"/>
         <x:s v="1975 April"/>
         <x:s v="1975 May"/>
         <x:s v="1975 June"/>
         <x:s v="1975 July"/>
         <x:s v="1975 August"/>
         <x:s v="1975 September"/>
         <x:s v="1975 October"/>
         <x:s v="1975 November"/>
         <x:s v="1975 December"/>
         <x:s v="1976 January"/>
         <x:s v="1976 February"/>
         <x:s v="1976 March"/>
         <x:s v="1976 April"/>
         <x:s v="1976 May"/>
         <x:s v="1976 June"/>
         <x:s v="1976 July"/>
         <x:s v="1976 August"/>
         <x:s v="1976 September"/>
         <x:s v="1976 October"/>
         <x:s v="1976 November"/>
         <x:s v="1976 December"/>
         <x:s v="1977 January"/>
@@ -40735,69 +38921,71 @@
         <x:s v="2023 August"/>
         <x:s v="2023 September"/>
         <x:s v="2023 October"/>
         <x:s v="2023 November"/>
         <x:s v="2023 December"/>
         <x:s v="2024 January"/>
         <x:s v="2024 February"/>
         <x:s v="2024 March"/>
         <x:s v="2024 April"/>
         <x:s v="2024 May"/>
         <x:s v="2024 June"/>
         <x:s v="2024 July"/>
         <x:s v="2024 August"/>
         <x:s v="2024 September"/>
         <x:s v="2024 October"/>
         <x:s v="2024 November"/>
         <x:s v="2024 December"/>
         <x:s v="2025 January"/>
         <x:s v="2025 February"/>
         <x:s v="2025 March"/>
         <x:s v="2025 April"/>
         <x:s v="2025 May"/>
         <x:s v="2025 June"/>
         <x:s v="2025 July"/>
         <x:s v="2025 August"/>
+        <x:s v="2025 September"/>
+        <x:s v="2025 October"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="1">
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="State">
       <x:sharedItems count="1">
         <x:s v="State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Gigawatt Hours"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsMixedTypes="1" containsNumber="1" containsInteger="1" minValue="503" maxValue="3004" count="536">
+      <x:sharedItems containsMixedTypes="1" containsNumber="1" containsInteger="1" minValue="503" maxValue="3004" count="538">
         <x:n v="752"/>
         <x:n v="653"/>
         <x:n v="679"/>
         <x:n v="603"/>
         <x:n v="550"/>
         <x:n v="505"/>
         <x:n v="554"/>
         <x:n v="503"/>
         <x:n v="586"/>
         <x:n v="673"/>
         <x:n v="719"/>
         <x:n v="772"/>
         <x:n v="771"/>
         <x:n v="737"/>
         <x:n v="768"/>
         <x:n v="661"/>
         <x:n v="649"/>
         <x:n v="592"/>
         <x:n v="601"/>
         <x:n v="579"/>
         <x:n v="659"/>
         <x:n v="743"/>
         <x:n v="803"/>
         <x:n v="880"/>
         <x:n v="883"/>
@@ -41290,34 +39478,12237 @@
         <x:n v="2792"/>
         <x:n v="2970"/>
         <x:n v="3004"/>
         <x:n v="2883"/>
         <x:n v="2814"/>
         <x:n v="2635"/>
         <x:n v="2323"/>
         <x:n v="2319"/>
         <x:n v="2338"/>
         <x:n v="2289"/>
         <x:n v="2358"/>
         <x:n v="2649"/>
         <x:n v="2815"/>
         <x:n v="2875"/>
         <x:n v="2706"/>
         <x:n v="2370"/>
         <x:n v="2043"/>
         <x:n v="2208"/>
         <x:n v="2726"/>
         <x:n v="2803"/>
         <x:n v="2960"/>
         <x:n v="2552"/>
         <x:n v="2347"/>
         <x:n v="2068"/>
         <x:n v="2354"/>
+        <x:n v="2255"/>
+        <x:n v="2575"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197501"/>
+    <s v="1975 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197502"/>
+    <s v="1975 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197503"/>
+    <s v="1975 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197504"/>
+    <s v="1975 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197505"/>
+    <s v="1975 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197506"/>
+    <s v="1975 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197507"/>
+    <s v="1975 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197508"/>
+    <s v="1975 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197509"/>
+    <s v="1975 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197510"/>
+    <s v="1975 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197511"/>
+    <s v="1975 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197512"/>
+    <s v="1975 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197601"/>
+    <s v="1976 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197602"/>
+    <s v="1976 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197603"/>
+    <s v="1976 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197604"/>
+    <s v="1976 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197605"/>
+    <s v="1976 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197606"/>
+    <s v="1976 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197607"/>
+    <s v="1976 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197608"/>
+    <s v="1976 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197609"/>
+    <s v="1976 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197610"/>
+    <s v="1976 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197611"/>
+    <s v="1976 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197612"/>
+    <s v="1976 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197701"/>
+    <s v="1977 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197702"/>
+    <s v="1977 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197703"/>
+    <s v="1977 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197704"/>
+    <s v="1977 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197705"/>
+    <s v="1977 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197706"/>
+    <s v="1977 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197707"/>
+    <s v="1977 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197708"/>
+    <s v="1977 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197709"/>
+    <s v="1977 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197710"/>
+    <s v="1977 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197711"/>
+    <s v="1977 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197712"/>
+    <s v="1977 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197801"/>
+    <s v="1978 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197802"/>
+    <s v="1978 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197803"/>
+    <s v="1978 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197804"/>
+    <s v="1978 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197805"/>
+    <s v="1978 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197806"/>
+    <s v="1978 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197807"/>
+    <s v="1978 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197808"/>
+    <s v="1978 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197809"/>
+    <s v="1978 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197810"/>
+    <s v="1978 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197811"/>
+    <s v="1978 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197812"/>
+    <s v="1978 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197901"/>
+    <s v="1979 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197902"/>
+    <s v="1979 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197903"/>
+    <s v="1979 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197904"/>
+    <s v="1979 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197905"/>
+    <s v="1979 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197906"/>
+    <s v="1979 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197907"/>
+    <s v="1979 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197908"/>
+    <s v="1979 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197909"/>
+    <s v="1979 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197910"/>
+    <s v="1979 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197911"/>
+    <s v="1979 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="197912"/>
+    <s v="1979 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198001"/>
+    <s v="1980 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198002"/>
+    <s v="1980 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198003"/>
+    <s v="1980 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198004"/>
+    <s v="1980 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198005"/>
+    <s v="1980 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198006"/>
+    <s v="1980 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198007"/>
+    <s v="1980 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198008"/>
+    <s v="1980 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198009"/>
+    <s v="1980 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198010"/>
+    <s v="1980 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198011"/>
+    <s v="1980 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198012"/>
+    <s v="1980 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198101"/>
+    <s v="1981 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198102"/>
+    <s v="1981 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198103"/>
+    <s v="1981 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198104"/>
+    <s v="1981 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198105"/>
+    <s v="1981 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198106"/>
+    <s v="1981 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198107"/>
+    <s v="1981 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198108"/>
+    <s v="1981 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198109"/>
+    <s v="1981 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198110"/>
+    <s v="1981 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198111"/>
+    <s v="1981 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198112"/>
+    <s v="1981 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198201"/>
+    <s v="1982 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198202"/>
+    <s v="1982 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198203"/>
+    <s v="1982 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198204"/>
+    <s v="1982 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198205"/>
+    <s v="1982 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198206"/>
+    <s v="1982 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198207"/>
+    <s v="1982 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198208"/>
+    <s v="1982 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198209"/>
+    <s v="1982 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198210"/>
+    <s v="1982 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198211"/>
+    <s v="1982 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198212"/>
+    <s v="1982 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198301"/>
+    <s v="1983 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198302"/>
+    <s v="1983 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198303"/>
+    <s v="1983 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198304"/>
+    <s v="1983 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198305"/>
+    <s v="1983 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198306"/>
+    <s v="1983 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198307"/>
+    <s v="1983 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198308"/>
+    <s v="1983 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198309"/>
+    <s v="1983 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198310"/>
+    <s v="1983 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198311"/>
+    <s v="1983 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198312"/>
+    <s v="1983 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198401"/>
+    <s v="1984 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198402"/>
+    <s v="1984 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198403"/>
+    <s v="1984 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198404"/>
+    <s v="1984 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198405"/>
+    <s v="1984 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198406"/>
+    <s v="1984 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198407"/>
+    <s v="1984 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198408"/>
+    <s v="1984 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198409"/>
+    <s v="1984 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198410"/>
+    <s v="1984 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198411"/>
+    <s v="1984 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198412"/>
+    <s v="1984 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198501"/>
+    <s v="1985 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198502"/>
+    <s v="1985 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198503"/>
+    <s v="1985 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198504"/>
+    <s v="1985 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198505"/>
+    <s v="1985 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198506"/>
+    <s v="1985 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198507"/>
+    <s v="1985 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198508"/>
+    <s v="1985 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198509"/>
+    <s v="1985 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198510"/>
+    <s v="1985 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198511"/>
+    <s v="1985 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198512"/>
+    <s v="1985 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198601"/>
+    <s v="1986 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198602"/>
+    <s v="1986 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198603"/>
+    <s v="1986 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198604"/>
+    <s v="1986 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198605"/>
+    <s v="1986 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198606"/>
+    <s v="1986 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198607"/>
+    <s v="1986 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198608"/>
+    <s v="1986 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198609"/>
+    <s v="1986 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198610"/>
+    <s v="1986 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198611"/>
+    <s v="1986 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198612"/>
+    <s v="1986 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198701"/>
+    <s v="1987 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198702"/>
+    <s v="1987 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198703"/>
+    <s v="1987 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198704"/>
+    <s v="1987 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198705"/>
+    <s v="1987 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198706"/>
+    <s v="1987 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198707"/>
+    <s v="1987 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198708"/>
+    <s v="1987 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198709"/>
+    <s v="1987 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198710"/>
+    <s v="1987 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198711"/>
+    <s v="1987 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198712"/>
+    <s v="1987 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198801"/>
+    <s v="1988 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198802"/>
+    <s v="1988 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198803"/>
+    <s v="1988 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198804"/>
+    <s v="1988 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198805"/>
+    <s v="1988 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198806"/>
+    <s v="1988 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198807"/>
+    <s v="1988 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198808"/>
+    <s v="1988 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198809"/>
+    <s v="1988 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198810"/>
+    <s v="1988 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198811"/>
+    <s v="1988 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198812"/>
+    <s v="1988 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198901"/>
+    <s v="1989 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198902"/>
+    <s v="1989 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198903"/>
+    <s v="1989 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198904"/>
+    <s v="1989 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198905"/>
+    <s v="1989 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198906"/>
+    <s v="1989 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198907"/>
+    <s v="1989 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198908"/>
+    <s v="1989 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198909"/>
+    <s v="1989 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198910"/>
+    <s v="1989 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198911"/>
+    <s v="1989 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="198912"/>
+    <s v="1989 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199001"/>
+    <s v="1990 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199002"/>
+    <s v="1990 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199003"/>
+    <s v="1990 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199004"/>
+    <s v="1990 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199005"/>
+    <s v="1990 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199006"/>
+    <s v="1990 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199007"/>
+    <s v="1990 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199008"/>
+    <s v="1990 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199009"/>
+    <s v="1990 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199010"/>
+    <s v="1990 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199011"/>
+    <s v="1990 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199012"/>
+    <s v="1990 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1343"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199101"/>
+    <s v="1991 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199102"/>
+    <s v="1991 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199103"/>
+    <s v="1991 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1298"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199104"/>
+    <s v="1991 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199105"/>
+    <s v="1991 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199106"/>
+    <s v="1991 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199107"/>
+    <s v="1991 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199108"/>
+    <s v="1991 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199109"/>
+    <s v="1991 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199110"/>
+    <s v="1991 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1305"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199111"/>
+    <s v="1991 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199112"/>
+    <s v="1991 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199201"/>
+    <s v="1992 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1533"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199202"/>
+    <s v="1992 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199203"/>
+    <s v="1992 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1343"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199204"/>
+    <s v="1992 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199205"/>
+    <s v="1992 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199206"/>
+    <s v="1992 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199207"/>
+    <s v="1992 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199208"/>
+    <s v="1992 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199209"/>
+    <s v="1992 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199210"/>
+    <s v="1992 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1386"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199211"/>
+    <s v="1992 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199212"/>
+    <s v="1992 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199301"/>
+    <s v="1993 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1460"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199302"/>
+    <s v="1993 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199303"/>
+    <s v="1993 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199304"/>
+    <s v="1993 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199305"/>
+    <s v="1993 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1298"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199306"/>
+    <s v="1993 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199307"/>
+    <s v="1993 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199308"/>
+    <s v="1993 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199309"/>
+    <s v="1993 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199310"/>
+    <s v="1993 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199311"/>
+    <s v="1993 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199312"/>
+    <s v="1993 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199401"/>
+    <s v="1994 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1533"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199402"/>
+    <s v="1994 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199403"/>
+    <s v="1994 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199404"/>
+    <s v="1994 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1387"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199405"/>
+    <s v="1994 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199406"/>
+    <s v="1994 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199407"/>
+    <s v="1994 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1258"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199408"/>
+    <s v="1994 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199409"/>
+    <s v="1994 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199410"/>
+    <s v="1994 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199411"/>
+    <s v="1994 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199412"/>
+    <s v="1994 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1534"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199501"/>
+    <s v="1995 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1617"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199502"/>
+    <s v="1995 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199503"/>
+    <s v="1995 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1602"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199504"/>
+    <s v="1995 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1397"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199505"/>
+    <s v="1995 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199506"/>
+    <s v="1995 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199507"/>
+    <s v="1995 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199508"/>
+    <s v="1995 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1350"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199509"/>
+    <s v="1995 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199510"/>
+    <s v="1995 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1490"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199511"/>
+    <s v="1995 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199512"/>
+    <s v="1995 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1636"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199601"/>
+    <s v="1996 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199602"/>
+    <s v="1996 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1660"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199603"/>
+    <s v="1996 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199604"/>
+    <s v="1996 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1524"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199605"/>
+    <s v="1996 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1544"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199606"/>
+    <s v="1996 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1387"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199607"/>
+    <s v="1996 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199608"/>
+    <s v="1996 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199609"/>
+    <s v="1996 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199610"/>
+    <s v="1996 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199611"/>
+    <s v="1996 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199612"/>
+    <s v="1996 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1746"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199701"/>
+    <s v="1997 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1833"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199702"/>
+    <s v="1997 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199703"/>
+    <s v="1997 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199704"/>
+    <s v="1997 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199705"/>
+    <s v="1997 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199706"/>
+    <s v="1997 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1481"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199707"/>
+    <s v="1997 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199708"/>
+    <s v="1997 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1503"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199709"/>
+    <s v="1997 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199710"/>
+    <s v="1997 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199711"/>
+    <s v="1997 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1738"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199712"/>
+    <s v="1997 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1784"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199801"/>
+    <s v="1998 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1865"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199802"/>
+    <s v="1998 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199803"/>
+    <s v="1998 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199804"/>
+    <s v="1998 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199805"/>
+    <s v="1998 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199806"/>
+    <s v="1998 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1572"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199807"/>
+    <s v="1998 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1602"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199808"/>
+    <s v="1998 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199809"/>
+    <s v="1998 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1634"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199810"/>
+    <s v="1998 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1741"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199811"/>
+    <s v="1998 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1848"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199812"/>
+    <s v="1998 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1879"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199901"/>
+    <s v="1999 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1954"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199902"/>
+    <s v="1999 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199903"/>
+    <s v="1999 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1913"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199904"/>
+    <s v="1999 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1761"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199905"/>
+    <s v="1999 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1714"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199906"/>
+    <s v="1999 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1611"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199907"/>
+    <s v="1999 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199908"/>
+    <s v="1999 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199909"/>
+    <s v="1999 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1553"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199910"/>
+    <s v="1999 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1791"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199911"/>
+    <s v="1999 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1916"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="199912"/>
+    <s v="1999 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2037"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200001"/>
+    <s v="2000 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2067"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200002"/>
+    <s v="2000 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1938"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200003"/>
+    <s v="2000 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1979"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200004"/>
+    <s v="2000 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200005"/>
+    <s v="2000 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1809"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200006"/>
+    <s v="2000 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1736"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200007"/>
+    <s v="2000 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200008"/>
+    <s v="2000 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1775"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200009"/>
+    <s v="2000 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1816"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200010"/>
+    <s v="2000 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1982"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200011"/>
+    <s v="2000 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2055"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200012"/>
+    <s v="2000 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2115"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200101"/>
+    <s v="2001 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2279"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200102"/>
+    <s v="2001 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2063"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200103"/>
+    <s v="2001 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2213"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200104"/>
+    <s v="2001 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2007"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200105"/>
+    <s v="2001 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200106"/>
+    <s v="2001 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1843"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200107"/>
+    <s v="2001 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200108"/>
+    <s v="2001 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1885"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200109"/>
+    <s v="2001 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1902"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200110"/>
+    <s v="2001 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2038"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200111"/>
+    <s v="2001 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2124"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200112"/>
+    <s v="2001 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2212"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200201"/>
+    <s v="2002 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2206"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200202"/>
+    <s v="2002 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1988"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200203"/>
+    <s v="2002 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2126"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200204"/>
+    <s v="2002 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2019"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200205"/>
+    <s v="2002 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200206"/>
+    <s v="2002 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1815"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200207"/>
+    <s v="2002 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1834"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200208"/>
+    <s v="2002 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1856"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200209"/>
+    <s v="2002 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1782"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200210"/>
+    <s v="2002 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2057"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200211"/>
+    <s v="2002 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2136"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200212"/>
+    <s v="2002 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2221"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200301"/>
+    <s v="2003 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2467"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200302"/>
+    <s v="2003 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2163"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200303"/>
+    <s v="2003 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1976"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200304"/>
+    <s v="2003 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2306"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200305"/>
+    <s v="2003 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1819"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200306"/>
+    <s v="2003 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200307"/>
+    <s v="2003 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2134"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200308"/>
+    <s v="2003 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1683"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200309"/>
+    <s v="2003 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1707"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200310"/>
+    <s v="2003 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2377"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200311"/>
+    <s v="2003 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2020"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200312"/>
+    <s v="2003 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2308"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200401"/>
+    <s v="2004 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2310"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200402"/>
+    <s v="2004 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2109"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200403"/>
+    <s v="2004 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2565"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200404"/>
+    <s v="2004 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200405"/>
+    <s v="2004 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200406"/>
+    <s v="2004 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200407"/>
+    <s v="2004 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200408"/>
+    <s v="2004 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200409"/>
+    <s v="2004 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2263"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200410"/>
+    <s v="2004 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1968"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200411"/>
+    <s v="2004 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200412"/>
+    <s v="2004 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2546"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200501"/>
+    <s v="2005 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2199"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200502"/>
+    <s v="2005 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2155"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200503"/>
+    <s v="2005 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2511"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200504"/>
+    <s v="2005 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200505"/>
+    <s v="2005 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200506"/>
+    <s v="2005 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2244"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200507"/>
+    <s v="2005 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1740"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200508"/>
+    <s v="2005 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200509"/>
+    <s v="2005 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2266"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200510"/>
+    <s v="2005 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1980"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200511"/>
+    <s v="2005 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2656"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200512"/>
+    <s v="2005 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2194"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200601"/>
+    <s v="2006 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2286"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200602"/>
+    <s v="2006 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2240"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200603"/>
+    <s v="2006 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2716"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200604"/>
+    <s v="2006 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2014"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200605"/>
+    <s v="2006 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2410"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200606"/>
+    <s v="2006 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1906"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200607"/>
+    <s v="2006 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1809"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200608"/>
+    <s v="2006 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2188"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200609"/>
+    <s v="2006 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1970"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200610"/>
+    <s v="2006 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2060"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200611"/>
+    <s v="2006 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2761"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200612"/>
+    <s v="2006 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2389"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200701"/>
+    <s v="2007 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2637"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200702"/>
+    <s v="2007 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2386"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200703"/>
+    <s v="2007 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2509"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200704"/>
+    <s v="2007 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2069"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200705"/>
+    <s v="2007 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2091"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200706"/>
+    <s v="2007 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2023"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200707"/>
+    <s v="2007 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2057"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200708"/>
+    <s v="2007 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2137"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200709"/>
+    <s v="2007 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2206"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200710"/>
+    <s v="2007 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2482"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200711"/>
+    <s v="2007 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2584"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200712"/>
+    <s v="2007 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2721"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200801"/>
+    <s v="2008 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2796"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200802"/>
+    <s v="2008 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2537"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200803"/>
+    <s v="2008 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2547"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200804"/>
+    <s v="2008 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2351"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200805"/>
+    <s v="2008 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2257"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200806"/>
+    <s v="2008 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2234"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200807"/>
+    <s v="2008 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2262"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200808"/>
+    <s v="2008 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2246"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200809"/>
+    <s v="2008 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2268"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200810"/>
+    <s v="2008 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2592"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200811"/>
+    <s v="2008 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2666"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200812"/>
+    <s v="2008 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2657"/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200901"/>
+    <s v="2009 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200902"/>
+    <s v="2009 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200903"/>
+    <s v="2009 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200904"/>
+    <s v="2009 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200905"/>
+    <s v="2009 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200906"/>
+    <s v="2009 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200907"/>
+    <s v="2009 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200908"/>
+    <s v="2009 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200909"/>
+    <s v="2009 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200910"/>
+    <s v="2009 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200911"/>
+    <s v="2009 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="200912"/>
+    <s v="2009 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201001"/>
+    <s v="2010 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201002"/>
+    <s v="2010 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201003"/>
+    <s v="2010 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201004"/>
+    <s v="2010 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201005"/>
+    <s v="2010 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201006"/>
+    <s v="2010 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201007"/>
+    <s v="2010 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201008"/>
+    <s v="2010 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201009"/>
+    <s v="2010 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201010"/>
+    <s v="2010 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201011"/>
+    <s v="2010 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201012"/>
+    <s v="2010 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201101"/>
+    <s v="2011 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201102"/>
+    <s v="2011 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201103"/>
+    <s v="2011 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201104"/>
+    <s v="2011 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201105"/>
+    <s v="2011 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201106"/>
+    <s v="2011 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201107"/>
+    <s v="2011 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201108"/>
+    <s v="2011 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201109"/>
+    <s v="2011 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201110"/>
+    <s v="2011 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201111"/>
+    <s v="2011 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201112"/>
+    <s v="2011 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201201"/>
+    <s v="2012 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201202"/>
+    <s v="2012 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201203"/>
+    <s v="2012 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201204"/>
+    <s v="2012 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201205"/>
+    <s v="2012 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201206"/>
+    <s v="2012 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201207"/>
+    <s v="2012 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201208"/>
+    <s v="2012 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201209"/>
+    <s v="2012 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201210"/>
+    <s v="2012 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201211"/>
+    <s v="2012 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201212"/>
+    <s v="2012 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201301"/>
+    <s v="2013 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201302"/>
+    <s v="2013 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201303"/>
+    <s v="2013 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201304"/>
+    <s v="2013 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201305"/>
+    <s v="2013 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201306"/>
+    <s v="2013 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201307"/>
+    <s v="2013 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201308"/>
+    <s v="2013 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201309"/>
+    <s v="2013 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201310"/>
+    <s v="2013 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201311"/>
+    <s v="2013 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201312"/>
+    <s v="2013 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201401"/>
+    <s v="2014 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201402"/>
+    <s v="2014 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201403"/>
+    <s v="2014 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201404"/>
+    <s v="2014 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201405"/>
+    <s v="2014 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201406"/>
+    <s v="2014 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201407"/>
+    <s v="2014 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201408"/>
+    <s v="2014 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201409"/>
+    <s v="2014 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201410"/>
+    <s v="2014 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201411"/>
+    <s v="2014 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201412"/>
+    <s v="2014 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201501"/>
+    <s v="2015 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201502"/>
+    <s v="2015 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201503"/>
+    <s v="2015 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201504"/>
+    <s v="2015 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201505"/>
+    <s v="2015 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201506"/>
+    <s v="2015 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201507"/>
+    <s v="2015 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201508"/>
+    <s v="2015 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201509"/>
+    <s v="2015 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201510"/>
+    <s v="2015 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201511"/>
+    <s v="2015 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201512"/>
+    <s v="2015 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201601"/>
+    <s v="2016 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201602"/>
+    <s v="2016 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201603"/>
+    <s v="2016 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201604"/>
+    <s v="2016 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201605"/>
+    <s v="2016 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201606"/>
+    <s v="2016 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201607"/>
+    <s v="2016 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201608"/>
+    <s v="2016 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201609"/>
+    <s v="2016 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201610"/>
+    <s v="2016 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201611"/>
+    <s v="2016 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201612"/>
+    <s v="2016 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201701"/>
+    <s v="2017 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201702"/>
+    <s v="2017 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201703"/>
+    <s v="2017 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201704"/>
+    <s v="2017 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201705"/>
+    <s v="2017 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201706"/>
+    <s v="2017 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201707"/>
+    <s v="2017 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201708"/>
+    <s v="2017 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201709"/>
+    <s v="2017 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201710"/>
+    <s v="2017 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201711"/>
+    <s v="2017 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201712"/>
+    <s v="2017 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201801"/>
+    <s v="2018 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201802"/>
+    <s v="2018 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201803"/>
+    <s v="2018 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201804"/>
+    <s v="2018 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201805"/>
+    <s v="2018 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201806"/>
+    <s v="2018 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201807"/>
+    <s v="2018 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201808"/>
+    <s v="2018 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201809"/>
+    <s v="2018 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201810"/>
+    <s v="2018 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201811"/>
+    <s v="2018 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201812"/>
+    <s v="2018 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201901"/>
+    <s v="2019 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201902"/>
+    <s v="2019 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201903"/>
+    <s v="2019 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201904"/>
+    <s v="2019 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201905"/>
+    <s v="2019 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201906"/>
+    <s v="2019 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201907"/>
+    <s v="2019 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201908"/>
+    <s v="2019 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201909"/>
+    <s v="2019 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201910"/>
+    <s v="2019 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201911"/>
+    <s v="2019 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="201912"/>
+    <s v="2019 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202001"/>
+    <s v="2020 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202002"/>
+    <s v="2020 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202003"/>
+    <s v="2020 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202004"/>
+    <s v="2020 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202005"/>
+    <s v="2020 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202006"/>
+    <s v="2020 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202007"/>
+    <s v="2020 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202008"/>
+    <s v="2020 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202009"/>
+    <s v="2020 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202010"/>
+    <s v="2020 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202011"/>
+    <s v="2020 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202012"/>
+    <s v="2020 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202101"/>
+    <s v="2021 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202102"/>
+    <s v="2021 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202103"/>
+    <s v="2021 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202104"/>
+    <s v="2021 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202105"/>
+    <s v="2021 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202106"/>
+    <s v="2021 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202107"/>
+    <s v="2021 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202108"/>
+    <s v="2021 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202109"/>
+    <s v="2021 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202110"/>
+    <s v="2021 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202111"/>
+    <s v="2021 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202112"/>
+    <s v="2021 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202201"/>
+    <s v="2022 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202202"/>
+    <s v="2022 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202203"/>
+    <s v="2022 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202204"/>
+    <s v="2022 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202205"/>
+    <s v="2022 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202206"/>
+    <s v="2022 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202207"/>
+    <s v="2022 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202208"/>
+    <s v="2022 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202209"/>
+    <s v="2022 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202210"/>
+    <s v="2022 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202211"/>
+    <s v="2022 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202212"/>
+    <s v="2022 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202301"/>
+    <s v="2023 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202302"/>
+    <s v="2023 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202303"/>
+    <s v="2023 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202304"/>
+    <s v="2023 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202305"/>
+    <s v="2023 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202306"/>
+    <s v="2023 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202307"/>
+    <s v="2023 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202308"/>
+    <s v="2023 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202309"/>
+    <s v="2023 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202310"/>
+    <s v="2023 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202311"/>
+    <s v="2023 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202312"/>
+    <s v="2023 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202401"/>
+    <s v="2024 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202402"/>
+    <s v="2024 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202403"/>
+    <s v="2024 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202404"/>
+    <s v="2024 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202405"/>
+    <s v="2024 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202406"/>
+    <s v="2024 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202407"/>
+    <s v="2024 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202408"/>
+    <s v="2024 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202409"/>
+    <s v="2024 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202410"/>
+    <s v="2024 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202411"/>
+    <s v="2024 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202412"/>
+    <s v="2024 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202501"/>
+    <s v="2025 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202502"/>
+    <s v="2025 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202503"/>
+    <s v="2025 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202504"/>
+    <s v="2025 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202505"/>
+    <s v="2025 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202506"/>
+    <s v="2025 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202507"/>
+    <s v="2025 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202508"/>
+    <s v="2025 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202509"/>
+    <s v="2025 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C1"/>
+    <s v="Gross Electricity Output"/>
+    <s v="202510"/>
+    <s v="2025 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197501"/>
+    <s v="1975 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197502"/>
+    <s v="1975 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197503"/>
+    <s v="1975 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197504"/>
+    <s v="1975 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197505"/>
+    <s v="1975 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197506"/>
+    <s v="1975 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197507"/>
+    <s v="1975 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197508"/>
+    <s v="1975 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197509"/>
+    <s v="1975 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197510"/>
+    <s v="1975 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197511"/>
+    <s v="1975 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197512"/>
+    <s v="1975 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197601"/>
+    <s v="1976 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197602"/>
+    <s v="1976 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197603"/>
+    <s v="1976 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197604"/>
+    <s v="1976 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197605"/>
+    <s v="1976 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197606"/>
+    <s v="1976 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197607"/>
+    <s v="1976 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197608"/>
+    <s v="1976 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197609"/>
+    <s v="1976 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197610"/>
+    <s v="1976 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197611"/>
+    <s v="1976 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197612"/>
+    <s v="1976 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197701"/>
+    <s v="1977 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197702"/>
+    <s v="1977 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197703"/>
+    <s v="1977 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197704"/>
+    <s v="1977 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197705"/>
+    <s v="1977 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197706"/>
+    <s v="1977 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197707"/>
+    <s v="1977 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197708"/>
+    <s v="1977 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197709"/>
+    <s v="1977 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197710"/>
+    <s v="1977 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197711"/>
+    <s v="1977 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197712"/>
+    <s v="1977 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197801"/>
+    <s v="1978 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197802"/>
+    <s v="1978 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197803"/>
+    <s v="1978 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197804"/>
+    <s v="1978 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197805"/>
+    <s v="1978 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197806"/>
+    <s v="1978 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197807"/>
+    <s v="1978 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197808"/>
+    <s v="1978 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197809"/>
+    <s v="1978 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197810"/>
+    <s v="1978 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197811"/>
+    <s v="1978 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197812"/>
+    <s v="1978 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197901"/>
+    <s v="1979 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197902"/>
+    <s v="1979 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197903"/>
+    <s v="1979 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197904"/>
+    <s v="1979 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197905"/>
+    <s v="1979 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197906"/>
+    <s v="1979 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197907"/>
+    <s v="1979 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197908"/>
+    <s v="1979 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197909"/>
+    <s v="1979 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197910"/>
+    <s v="1979 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197911"/>
+    <s v="1979 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="197912"/>
+    <s v="1979 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198001"/>
+    <s v="1980 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198002"/>
+    <s v="1980 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198003"/>
+    <s v="1980 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198004"/>
+    <s v="1980 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198005"/>
+    <s v="1980 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198006"/>
+    <s v="1980 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198007"/>
+    <s v="1980 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198008"/>
+    <s v="1980 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198009"/>
+    <s v="1980 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198010"/>
+    <s v="1980 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198011"/>
+    <s v="1980 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198012"/>
+    <s v="1980 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198101"/>
+    <s v="1981 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198102"/>
+    <s v="1981 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198103"/>
+    <s v="1981 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198104"/>
+    <s v="1981 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198105"/>
+    <s v="1981 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198106"/>
+    <s v="1981 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198107"/>
+    <s v="1981 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198108"/>
+    <s v="1981 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198109"/>
+    <s v="1981 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198110"/>
+    <s v="1981 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198111"/>
+    <s v="1981 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198112"/>
+    <s v="1981 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198201"/>
+    <s v="1982 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198202"/>
+    <s v="1982 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198203"/>
+    <s v="1982 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198204"/>
+    <s v="1982 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198205"/>
+    <s v="1982 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198206"/>
+    <s v="1982 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198207"/>
+    <s v="1982 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198208"/>
+    <s v="1982 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198209"/>
+    <s v="1982 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198210"/>
+    <s v="1982 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198211"/>
+    <s v="1982 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198212"/>
+    <s v="1982 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198301"/>
+    <s v="1983 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198302"/>
+    <s v="1983 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198303"/>
+    <s v="1983 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198304"/>
+    <s v="1983 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198305"/>
+    <s v="1983 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198306"/>
+    <s v="1983 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198307"/>
+    <s v="1983 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198308"/>
+    <s v="1983 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198309"/>
+    <s v="1983 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198310"/>
+    <s v="1983 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198311"/>
+    <s v="1983 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198312"/>
+    <s v="1983 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198401"/>
+    <s v="1984 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198402"/>
+    <s v="1984 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198403"/>
+    <s v="1984 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198404"/>
+    <s v="1984 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198405"/>
+    <s v="1984 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198406"/>
+    <s v="1984 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198407"/>
+    <s v="1984 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198408"/>
+    <s v="1984 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198409"/>
+    <s v="1984 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198410"/>
+    <s v="1984 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198411"/>
+    <s v="1984 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198412"/>
+    <s v="1984 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198501"/>
+    <s v="1985 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198502"/>
+    <s v="1985 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198503"/>
+    <s v="1985 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198504"/>
+    <s v="1985 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198505"/>
+    <s v="1985 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198506"/>
+    <s v="1985 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198507"/>
+    <s v="1985 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198508"/>
+    <s v="1985 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198509"/>
+    <s v="1985 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198510"/>
+    <s v="1985 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198511"/>
+    <s v="1985 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198512"/>
+    <s v="1985 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198601"/>
+    <s v="1986 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198602"/>
+    <s v="1986 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198603"/>
+    <s v="1986 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198604"/>
+    <s v="1986 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198605"/>
+    <s v="1986 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198606"/>
+    <s v="1986 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198607"/>
+    <s v="1986 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198608"/>
+    <s v="1986 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198609"/>
+    <s v="1986 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198610"/>
+    <s v="1986 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198611"/>
+    <s v="1986 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198612"/>
+    <s v="1986 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198701"/>
+    <s v="1987 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198702"/>
+    <s v="1987 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198703"/>
+    <s v="1987 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198704"/>
+    <s v="1987 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198705"/>
+    <s v="1987 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198706"/>
+    <s v="1987 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198707"/>
+    <s v="1987 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198708"/>
+    <s v="1987 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198709"/>
+    <s v="1987 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198710"/>
+    <s v="1987 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198711"/>
+    <s v="1987 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198712"/>
+    <s v="1987 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198801"/>
+    <s v="1988 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198802"/>
+    <s v="1988 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198803"/>
+    <s v="1988 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198804"/>
+    <s v="1988 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198805"/>
+    <s v="1988 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198806"/>
+    <s v="1988 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198807"/>
+    <s v="1988 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198808"/>
+    <s v="1988 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198809"/>
+    <s v="1988 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198810"/>
+    <s v="1988 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198811"/>
+    <s v="1988 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198812"/>
+    <s v="1988 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198901"/>
+    <s v="1989 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198902"/>
+    <s v="1989 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198903"/>
+    <s v="1989 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198904"/>
+    <s v="1989 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198905"/>
+    <s v="1989 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198906"/>
+    <s v="1989 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198907"/>
+    <s v="1989 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198908"/>
+    <s v="1989 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198909"/>
+    <s v="1989 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198910"/>
+    <s v="1989 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198911"/>
+    <s v="1989 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="198912"/>
+    <s v="1989 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199001"/>
+    <s v="1990 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199002"/>
+    <s v="1990 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199003"/>
+    <s v="1990 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199004"/>
+    <s v="1990 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199005"/>
+    <s v="1990 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199006"/>
+    <s v="1990 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199007"/>
+    <s v="1990 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199008"/>
+    <s v="1990 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199009"/>
+    <s v="1990 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199010"/>
+    <s v="1990 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199011"/>
+    <s v="1990 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199012"/>
+    <s v="1990 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199101"/>
+    <s v="1991 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199102"/>
+    <s v="1991 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199103"/>
+    <s v="1991 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199104"/>
+    <s v="1991 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199105"/>
+    <s v="1991 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199106"/>
+    <s v="1991 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199107"/>
+    <s v="1991 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199108"/>
+    <s v="1991 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199109"/>
+    <s v="1991 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199110"/>
+    <s v="1991 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199111"/>
+    <s v="1991 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199112"/>
+    <s v="1991 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199201"/>
+    <s v="1992 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199202"/>
+    <s v="1992 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199203"/>
+    <s v="1992 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199204"/>
+    <s v="1992 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199205"/>
+    <s v="1992 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199206"/>
+    <s v="1992 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199207"/>
+    <s v="1992 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199208"/>
+    <s v="1992 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199209"/>
+    <s v="1992 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199210"/>
+    <s v="1992 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199211"/>
+    <s v="1992 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199212"/>
+    <s v="1992 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199301"/>
+    <s v="1993 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199302"/>
+    <s v="1993 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199303"/>
+    <s v="1993 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199304"/>
+    <s v="1993 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199305"/>
+    <s v="1993 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199306"/>
+    <s v="1993 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199307"/>
+    <s v="1993 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199308"/>
+    <s v="1993 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199309"/>
+    <s v="1993 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199310"/>
+    <s v="1993 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199311"/>
+    <s v="1993 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199312"/>
+    <s v="1993 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199401"/>
+    <s v="1994 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199402"/>
+    <s v="1994 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199403"/>
+    <s v="1994 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199404"/>
+    <s v="1994 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199405"/>
+    <s v="1994 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199406"/>
+    <s v="1994 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199407"/>
+    <s v="1994 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199408"/>
+    <s v="1994 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199409"/>
+    <s v="1994 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199410"/>
+    <s v="1994 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199411"/>
+    <s v="1994 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199412"/>
+    <s v="1994 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199501"/>
+    <s v="1995 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199502"/>
+    <s v="1995 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199503"/>
+    <s v="1995 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199504"/>
+    <s v="1995 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199505"/>
+    <s v="1995 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199506"/>
+    <s v="1995 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199507"/>
+    <s v="1995 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199508"/>
+    <s v="1995 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199509"/>
+    <s v="1995 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199510"/>
+    <s v="1995 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199511"/>
+    <s v="1995 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199512"/>
+    <s v="1995 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199601"/>
+    <s v="1996 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199602"/>
+    <s v="1996 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199603"/>
+    <s v="1996 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199604"/>
+    <s v="1996 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199605"/>
+    <s v="1996 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199606"/>
+    <s v="1996 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199607"/>
+    <s v="1996 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199608"/>
+    <s v="1996 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199609"/>
+    <s v="1996 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199610"/>
+    <s v="1996 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199611"/>
+    <s v="1996 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199612"/>
+    <s v="1996 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199701"/>
+    <s v="1997 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199702"/>
+    <s v="1997 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199703"/>
+    <s v="1997 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199704"/>
+    <s v="1997 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199705"/>
+    <s v="1997 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199706"/>
+    <s v="1997 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199707"/>
+    <s v="1997 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199708"/>
+    <s v="1997 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199709"/>
+    <s v="1997 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199710"/>
+    <s v="1997 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199711"/>
+    <s v="1997 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199712"/>
+    <s v="1997 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199801"/>
+    <s v="1998 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199802"/>
+    <s v="1998 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199803"/>
+    <s v="1998 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199804"/>
+    <s v="1998 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199805"/>
+    <s v="1998 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199806"/>
+    <s v="1998 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199807"/>
+    <s v="1998 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199808"/>
+    <s v="1998 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199809"/>
+    <s v="1998 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199810"/>
+    <s v="1998 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199811"/>
+    <s v="1998 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199812"/>
+    <s v="1998 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199901"/>
+    <s v="1999 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199902"/>
+    <s v="1999 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199903"/>
+    <s v="1999 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199904"/>
+    <s v="1999 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199905"/>
+    <s v="1999 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199906"/>
+    <s v="1999 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199907"/>
+    <s v="1999 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199908"/>
+    <s v="1999 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199909"/>
+    <s v="1999 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199910"/>
+    <s v="1999 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199911"/>
+    <s v="1999 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="199912"/>
+    <s v="1999 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200001"/>
+    <s v="2000 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200002"/>
+    <s v="2000 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200003"/>
+    <s v="2000 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200004"/>
+    <s v="2000 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200005"/>
+    <s v="2000 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200006"/>
+    <s v="2000 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200007"/>
+    <s v="2000 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200008"/>
+    <s v="2000 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200009"/>
+    <s v="2000 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200010"/>
+    <s v="2000 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200011"/>
+    <s v="2000 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200012"/>
+    <s v="2000 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200101"/>
+    <s v="2001 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200102"/>
+    <s v="2001 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200103"/>
+    <s v="2001 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200104"/>
+    <s v="2001 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200105"/>
+    <s v="2001 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200106"/>
+    <s v="2001 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200107"/>
+    <s v="2001 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200108"/>
+    <s v="2001 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200109"/>
+    <s v="2001 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200110"/>
+    <s v="2001 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200111"/>
+    <s v="2001 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200112"/>
+    <s v="2001 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200201"/>
+    <s v="2002 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200202"/>
+    <s v="2002 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200203"/>
+    <s v="2002 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200204"/>
+    <s v="2002 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200205"/>
+    <s v="2002 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200206"/>
+    <s v="2002 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200207"/>
+    <s v="2002 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200208"/>
+    <s v="2002 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200209"/>
+    <s v="2002 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200210"/>
+    <s v="2002 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200211"/>
+    <s v="2002 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200212"/>
+    <s v="2002 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200301"/>
+    <s v="2003 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200302"/>
+    <s v="2003 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200303"/>
+    <s v="2003 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200304"/>
+    <s v="2003 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200305"/>
+    <s v="2003 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200306"/>
+    <s v="2003 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200307"/>
+    <s v="2003 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200308"/>
+    <s v="2003 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200309"/>
+    <s v="2003 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200310"/>
+    <s v="2003 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200311"/>
+    <s v="2003 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200312"/>
+    <s v="2003 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200401"/>
+    <s v="2004 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200402"/>
+    <s v="2004 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200403"/>
+    <s v="2004 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200404"/>
+    <s v="2004 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200405"/>
+    <s v="2004 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200406"/>
+    <s v="2004 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200407"/>
+    <s v="2004 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200408"/>
+    <s v="2004 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200409"/>
+    <s v="2004 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200410"/>
+    <s v="2004 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200411"/>
+    <s v="2004 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200412"/>
+    <s v="2004 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200501"/>
+    <s v="2005 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200502"/>
+    <s v="2005 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200503"/>
+    <s v="2005 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200504"/>
+    <s v="2005 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200505"/>
+    <s v="2005 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200506"/>
+    <s v="2005 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200507"/>
+    <s v="2005 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200508"/>
+    <s v="2005 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200509"/>
+    <s v="2005 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200510"/>
+    <s v="2005 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200511"/>
+    <s v="2005 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200512"/>
+    <s v="2005 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200601"/>
+    <s v="2006 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200602"/>
+    <s v="2006 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200603"/>
+    <s v="2006 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200604"/>
+    <s v="2006 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200605"/>
+    <s v="2006 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200606"/>
+    <s v="2006 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200607"/>
+    <s v="2006 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200608"/>
+    <s v="2006 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200609"/>
+    <s v="2006 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200610"/>
+    <s v="2006 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200611"/>
+    <s v="2006 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200612"/>
+    <s v="2006 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200701"/>
+    <s v="2007 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2501"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200702"/>
+    <s v="2007 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2262"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200703"/>
+    <s v="2007 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2377"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200704"/>
+    <s v="2007 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1953"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200705"/>
+    <s v="2007 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1977"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200706"/>
+    <s v="2007 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1909"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200707"/>
+    <s v="2007 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1941"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200708"/>
+    <s v="2007 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2019"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200709"/>
+    <s v="2007 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2087"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200710"/>
+    <s v="2007 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2351"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200711"/>
+    <s v="2007 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2450"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200712"/>
+    <s v="2007 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2580"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200801"/>
+    <s v="2008 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2653"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200802"/>
+    <s v="2008 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2423"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200803"/>
+    <s v="2008 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2418"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200804"/>
+    <s v="2008 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2226"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200805"/>
+    <s v="2008 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2155"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200806"/>
+    <s v="2008 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2111"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200807"/>
+    <s v="2008 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2135"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200808"/>
+    <s v="2008 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2120"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200809"/>
+    <s v="2008 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2144"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200810"/>
+    <s v="2008 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2457"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200811"/>
+    <s v="2008 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2532"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200812"/>
+    <s v="2008 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2518"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200901"/>
+    <s v="2009 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2609"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200902"/>
+    <s v="2009 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2281"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200903"/>
+    <s v="2009 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2293"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200904"/>
+    <s v="2009 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2069"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200905"/>
+    <s v="2009 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2036"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200906"/>
+    <s v="2009 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1916"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200907"/>
+    <s v="2009 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1916"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200908"/>
+    <s v="2009 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1924"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200909"/>
+    <s v="2009 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1977"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200910"/>
+    <s v="2009 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200911"/>
+    <s v="2009 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2292"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="200912"/>
+    <s v="2009 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201001"/>
+    <s v="2010 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2491"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201002"/>
+    <s v="2010 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201003"/>
+    <s v="2010 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2371"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201004"/>
+    <s v="2010 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2094"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201005"/>
+    <s v="2010 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1993"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201006"/>
+    <s v="2010 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1957"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201007"/>
+    <s v="2010 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2060"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201008"/>
+    <s v="2010 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1985"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201009"/>
+    <s v="2010 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2128"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201010"/>
+    <s v="2010 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2213"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201011"/>
+    <s v="2010 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2378"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201012"/>
+    <s v="2010 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2570"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201101"/>
+    <s v="2011 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2491"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201102"/>
+    <s v="2011 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2165"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201103"/>
+    <s v="2011 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2247"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201104"/>
+    <s v="2011 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201105"/>
+    <s v="2011 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2004"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201106"/>
+    <s v="2011 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1882"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201107"/>
+    <s v="2011 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1928"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201108"/>
+    <s v="2011 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1989"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201109"/>
+    <s v="2011 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2006"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201110"/>
+    <s v="2011 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2215"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201111"/>
+    <s v="2011 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2302"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201112"/>
+    <s v="2011 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2487"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201201"/>
+    <s v="2012 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2491"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201202"/>
+    <s v="2012 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2251"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201203"/>
+    <s v="2012 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2138"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201204"/>
+    <s v="2012 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2032"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201205"/>
+    <s v="2012 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2044"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201206"/>
+    <s v="2012 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1878"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201207"/>
+    <s v="2012 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1928"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201208"/>
+    <s v="2012 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1916"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201209"/>
+    <s v="2012 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1900"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201210"/>
+    <s v="2012 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2157"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201211"/>
+    <s v="2012 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2275"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201212"/>
+    <s v="2012 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2297"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201301"/>
+    <s v="2013 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2275"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201302"/>
+    <s v="2013 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2067"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201303"/>
+    <s v="2013 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2359"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201304"/>
+    <s v="2013 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2079"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201305"/>
+    <s v="2013 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201306"/>
+    <s v="2013 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1673"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201307"/>
+    <s v="2013 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1769"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201308"/>
+    <s v="2013 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1732"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201309"/>
+    <s v="2013 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1830"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201310"/>
+    <s v="2013 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1978"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201311"/>
+    <s v="2013 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2007"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201312"/>
+    <s v="2013 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2191"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201401"/>
+    <s v="2014 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2116"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201402"/>
+    <s v="2014 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1928"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201403"/>
+    <s v="2014 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2109"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201404"/>
+    <s v="2014 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201405"/>
+    <s v="2014 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1881"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201406"/>
+    <s v="2014 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201407"/>
+    <s v="2014 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1847"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201408"/>
+    <s v="2014 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1805"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201409"/>
+    <s v="2014 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1879"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201410"/>
+    <s v="2014 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201411"/>
+    <s v="2014 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2117"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201412"/>
+    <s v="2014 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2301"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201501"/>
+    <s v="2015 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2401"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201502"/>
+    <s v="2015 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2143"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201503"/>
+    <s v="2015 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2299"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201504"/>
+    <s v="2015 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2055"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201505"/>
+    <s v="2015 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2121"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201506"/>
+    <s v="2015 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="1949"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201507"/>
+    <s v="2015 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2100"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201508"/>
+    <s v="2015 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201509"/>
+    <s v="2015 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2130"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201510"/>
+    <s v="2015 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2246"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201511"/>
+    <s v="2015 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2339"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201512"/>
+    <s v="2015 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2443"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201601"/>
+    <s v="2016 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2505"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201602"/>
+    <s v="2016 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2499"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201603"/>
+    <s v="2016 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2458"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201604"/>
+    <s v="2016 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2285"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201605"/>
+    <s v="2016 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2180"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201606"/>
+    <s v="2016 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2139"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201607"/>
+    <s v="2016 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2293"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201608"/>
+    <s v="2016 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2313"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201609"/>
+    <s v="2016 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2283"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201610"/>
+    <s v="2016 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2384"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201611"/>
+    <s v="2016 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2513"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201612"/>
+    <s v="2016 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2533"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201701"/>
+    <s v="2017 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2679"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201702"/>
+    <s v="2017 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2387"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201703"/>
+    <s v="2017 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2494"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201704"/>
+    <s v="2017 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2318"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201705"/>
+    <s v="2017 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2199"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201706"/>
+    <s v="2017 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2281"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201707"/>
+    <s v="2017 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2333"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201708"/>
+    <s v="2017 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2269"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201709"/>
+    <s v="2017 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2355"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201710"/>
+    <s v="2017 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2326"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201711"/>
+    <s v="2017 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2466"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201712"/>
+    <s v="2017 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2603"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201801"/>
+    <s v="2018 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2646"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201802"/>
+    <s v="2018 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2458"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201803"/>
+    <s v="2018 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2560"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201804"/>
+    <s v="2018 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2383"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201805"/>
+    <s v="2018 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2344"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201806"/>
+    <s v="2018 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2280"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201807"/>
+    <s v="2018 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2290"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201808"/>
+    <s v="2018 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2287"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201809"/>
+    <s v="2018 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2188"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201810"/>
+    <s v="2018 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2346"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201811"/>
+    <s v="2018 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2537"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201812"/>
+    <s v="2018 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2458"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201901"/>
+    <s v="2019 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2111"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201902"/>
+    <s v="2019 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2364"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201903"/>
+    <s v="2019 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2429"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201904"/>
+    <s v="2019 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2359"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201905"/>
+    <s v="2019 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2313"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201906"/>
+    <s v="2019 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2257"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201907"/>
+    <s v="2019 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2104"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201908"/>
+    <s v="2019 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2125"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201909"/>
+    <s v="2019 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2141"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201910"/>
+    <s v="2019 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2398"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201911"/>
+    <s v="2019 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2674"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="201912"/>
+    <s v="2019 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2633"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202001"/>
+    <s v="2020 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2641"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202002"/>
+    <s v="2020 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2663"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202003"/>
+    <s v="2020 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2398"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202004"/>
+    <s v="2020 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2023"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202005"/>
+    <s v="2020 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2213"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202006"/>
+    <s v="2020 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2228"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202007"/>
+    <s v="2020 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2344"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202008"/>
+    <s v="2020 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2382"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202009"/>
+    <s v="2020 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2432"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202010"/>
+    <s v="2020 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2636"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202011"/>
+    <s v="2020 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2662"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202012"/>
+    <s v="2020 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2881"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202101"/>
+    <s v="2021 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2820"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202102"/>
+    <s v="2021 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2573"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202103"/>
+    <s v="2021 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2572"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202104"/>
+    <s v="2021 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2292"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202105"/>
+    <s v="2021 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2221"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202106"/>
+    <s v="2021 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2193"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202107"/>
+    <s v="2021 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2055"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202108"/>
+    <s v="2021 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2301"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202109"/>
+    <s v="2021 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2310"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202110"/>
+    <s v="2021 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2542"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202111"/>
+    <s v="2021 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2741"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202112"/>
+    <s v="2021 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2976"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202201"/>
+    <s v="2022 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2910"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202202"/>
+    <s v="2022 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2782"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202203"/>
+    <s v="2022 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2766"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202204"/>
+    <s v="2022 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2516"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202205"/>
+    <s v="2022 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2530"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202206"/>
+    <s v="2022 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2420"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202207"/>
+    <s v="2022 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2511"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202208"/>
+    <s v="2022 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2589"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202209"/>
+    <s v="2022 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2497"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202210"/>
+    <s v="2022 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2792"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202211"/>
+    <s v="2022 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2970"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202212"/>
+    <s v="2022 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="3004"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202301"/>
+    <s v="2023 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2883"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202302"/>
+    <s v="2023 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2589"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202303"/>
+    <s v="2023 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2814"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202304"/>
+    <s v="2023 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2635"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202305"/>
+    <s v="2023 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2323"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202306"/>
+    <s v="2023 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2199"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202307"/>
+    <s v="2023 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2319"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202308"/>
+    <s v="2023 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2338"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202309"/>
+    <s v="2023 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2289"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202310"/>
+    <s v="2023 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2358"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202311"/>
+    <s v="2023 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2649"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202312"/>
+    <s v="2023 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2815"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202401"/>
+    <s v="2024 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2875"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202402"/>
+    <s v="2024 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2560"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202403"/>
+    <s v="2024 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2706"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202404"/>
+    <s v="2024 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2370"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202405"/>
+    <s v="2024 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2244"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202406"/>
+    <s v="2024 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2043"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202407"/>
+    <s v="2024 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2143"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202408"/>
+    <s v="2024 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2208"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202409"/>
+    <s v="2024 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2283"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202410"/>
+    <s v="2024 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2592"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202411"/>
+    <s v="2024 November"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2726"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202412"/>
+    <s v="2024 December"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2803"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202501"/>
+    <s v="2025 January"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2960"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202502"/>
+    <s v="2025 February"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2657"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202503"/>
+    <s v="2025 March"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2552"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202504"/>
+    <s v="2025 April"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2347"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202505"/>
+    <s v="2025 May"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2143"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202506"/>
+    <s v="2025 June"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2068"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202507"/>
+    <s v="2025 July"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2354"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202508"/>
+    <s v="2025 August"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2240"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202509"/>
+    <s v="2025 September"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2255"/>
+  </r>
+  <r>
+    <s v="MSM01C2"/>
+    <s v="Net Electricity Output"/>
+    <s v="202510"/>
+    <s v="2025 October"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Gigawatt Hours"/>
+    <n v="2575"/>
+  </r>
+</pivotCacheRecords>
 </file>