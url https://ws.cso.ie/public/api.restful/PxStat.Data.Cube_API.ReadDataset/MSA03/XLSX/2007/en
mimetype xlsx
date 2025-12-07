--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R811b6145ac244481" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3827a9f05e054daea2a818060ca9772f.psmdcp" Id="R237630437a5b492a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd9dd3ab0a8d4165" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e2bd73bdd1304fa7a0237501cc2844de.psmdcp" Id="R665f622b1f4a429f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>MSA03</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Services Index (Base 2021=100)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/9/2025 11:00:00 AM</x:t>
+    <x:t>11/10/2025 11:00:00 AM</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/MSA03/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>MSI</x:t>
   </x:si>
   <x:si>
     <x:t>Services Index</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Tommy Allen</x:t>
   </x:si>
@@ -4466,51 +4466,51 @@
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H129" s="0">
-        <x:v>116.3</x:v>
+        <x:v>116.2</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H130" s="0">
@@ -5627,51 +5627,51 @@
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H177" s="0">
-        <x:v>116.4</x:v>
+        <x:v>116.3</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
@@ -6207,53 +6207,53 @@
         <x:n v="220.6"/>
         <x:n v="208"/>
         <x:n v="130.6"/>
         <x:s v=""/>
         <x:n v="99.8"/>
         <x:n v="117.5"/>
         <x:n v="125.5"/>
         <x:n v="141.1"/>
         <x:n v="99.2"/>
         <x:n v="123.8"/>
         <x:n v="167"/>
         <x:n v="116.1"/>
         <x:n v="104.4"/>
         <x:n v="106.6"/>
         <x:n v="119.3"/>
         <x:n v="112.6"/>
         <x:n v="101.3"/>
         <x:n v="168.4"/>
         <x:n v="108.9"/>
         <x:n v="97.4"/>
         <x:n v="135.7"/>
         <x:n v="177.7"/>
         <x:n v="122"/>
         <x:n v="95.2"/>
         <x:n v="126.3"/>
-        <x:n v="116.3"/>
+        <x:n v="116.2"/>
         <x:n v="96.2"/>
         <x:n v="185"/>
         <x:n v="110.3"/>
         <x:n v="99.4"/>
         <x:n v="144.3"/>
         <x:n v="172.4"/>
         <x:n v="140.4"/>
         <x:n v="88.4"/>
         <x:n v="144.4"/>
         <x:n v="126.7"/>
         <x:n v="99.3"/>
         <x:n v="175.9"/>
         <x:n v="176.8"/>
         <x:n v="112.4"/>
         <x:n v="99.9"/>
         <x:n v="112.7"/>
-        <x:n v="116.4"/>
+        <x:n v="116.3"/>
         <x:n v="126.2"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>