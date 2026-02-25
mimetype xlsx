--- v0 (2025-12-07)
+++ v1 (2026-02-25)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R019e919576cf4150" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bd0a5e39fda741adb18829a9b9ae6502.psmdcp" Id="R719de640c31f4357" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R816dfd9d05c746ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7cb86c591a254f24a03c645514e2e5f5.psmdcp" Id="R451e705f3a8c4c0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>MIP20</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>European Population on 1 January</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>22/10/2025 11:00:00</x:t>
+    <x:t>19/02/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Data sourced from Eurostat Population on 1 January by age and sex(https://doi.org/10.2908/DEMO_PJAN), which will always have the latest available data. For more information, please go to the statistical release page(https://www.cso.ie/en/statistics/generalstatisticalpublications/measuringirelandsprogress/) on our website.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/MIP20/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>MIP</x:t>
   </x:si>
   <x:si>
     <x:t>Measuring Ireland's Progress</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -454,50 +454,53 @@
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
+  <x:si>
+    <x:t>2025</x:t>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -648,77 +651,79 @@
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
   <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
   <pivotFields count="8">
     <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="11">
+      <items count="12">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
+        <item x="11"/>
       </items>
     </pivotField>
     <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="11">
+      <items count="12">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
+        <item x="11"/>
       </items>
     </pivotField>
     <pivotField name="C02677V03567" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="41">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
@@ -791,52 +796,52 @@
     </pivotField>
     <pivotField showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
   </pivotFields>
   <rowFields count="6">
     <field x="0"/>
     <field x="1"/>
     <field x="2"/>
     <field x="3"/>
     <field x="4"/>
     <field x="5"/>
   </rowFields>
   <dataFields count="1">
     <dataField name="VALUE" fld="7"/>
   </dataFields>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
     </ext>
   </extLst>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H452" totalsRowShown="0">
-  <x:autoFilter ref="A1:H452"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H493" totalsRowShown="0">
+  <x:autoFilter ref="A1:H493"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02677V03567"/>
     <x:tableColumn id="6" name="Countries"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1337,51 +1342,51 @@
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H452"/>
+  <x:dimension ref="A1:H493"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="25.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.282054" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -1636,51 +1641,51 @@
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H11" s="0">
-        <x:v>442266046</x:v>
+        <x:v>442268078</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H12" s="0">
@@ -2702,51 +2707,51 @@
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H52" s="0">
-        <x:v>442911027</x:v>
+        <x:v>442924865</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H53" s="0">
@@ -3768,51 +3773,51 @@
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H93" s="0">
-        <x:v>443987823</x:v>
+        <x:v>444003268</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H94" s="0">
@@ -4834,51 +4839,51 @@
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H134" s="0">
-        <x:v>444655529</x:v>
+        <x:v>444670605</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H135" s="0">
@@ -5900,51 +5905,51 @@
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H175" s="0">
-        <x:v>445287011</x:v>
+        <x:v>445301376</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H176" s="0">
@@ -6966,51 +6971,51 @@
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H216" s="0">
-        <x:v>446135629</x:v>
+        <x:v>446149924</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H217" s="0">
@@ -8032,51 +8037,51 @@
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H257" s="0">
-        <x:v>447015600</x:v>
+        <x:v>447030024</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H258" s="0">
@@ -9098,51 +9103,51 @@
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H298" s="0">
-        <x:v>445872542</x:v>
+        <x:v>445891011</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H299" s="0">
@@ -12348,51 +12353,51 @@
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H423" s="0">
-        <x:v>68467362</x:v>
+        <x:v>68669303</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H424" s="0">
@@ -12426,51 +12431,51 @@
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H426" s="0">
-        <x:v>10400720</x:v>
+        <x:v>10375764</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H427" s="0">
@@ -13102,50 +13107,1116 @@
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H452" s="0" t="s">
+        <x:v>140</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="453" spans="1:8">
+      <x:c r="A453" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B453" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C453" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D453" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E453" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F453" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G453" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H453" s="0">
+        <x:v>2363314</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="454" spans="1:8">
+      <x:c r="A454" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B454" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C454" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D454" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E454" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F454" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="G454" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H454" s="0">
+        <x:v>9197213</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="455" spans="1:8">
+      <x:c r="A455" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B455" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C455" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D455" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E455" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F455" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G455" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H455" s="0">
+        <x:v>11883495</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="456" spans="1:8">
+      <x:c r="A456" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B456" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C456" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D456" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E456" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F456" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G456" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H456" s="0">
+        <x:v>6437360</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="457" spans="1:8">
+      <x:c r="A457" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B457" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C457" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D457" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E457" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F457" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G457" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H457" s="0">
+        <x:v>3874350</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="458" spans="1:8">
+      <x:c r="A458" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B458" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C458" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D458" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E458" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F458" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G458" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H458" s="0">
+        <x:v>982966</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="459" spans="1:8">
+      <x:c r="A459" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B459" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C459" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D459" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E459" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F459" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G459" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H459" s="0">
+        <x:v>10909500</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="460" spans="1:8">
+      <x:c r="A460" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B460" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C460" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D460" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E460" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F460" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="G460" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H460" s="0">
+        <x:v>5992734</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="461" spans="1:8">
+      <x:c r="A461" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B461" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C461" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D461" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E461" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F461" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="G461" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H461" s="0">
+        <x:v>1369995</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="462" spans="1:8">
+      <x:c r="A462" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B462" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C462" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D462" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E462" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="F462" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="G462" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H462" s="0">
+        <x:v>450646971</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="463" spans="1:8">
+      <x:c r="A463" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B463" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C463" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D463" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E463" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F463" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G463" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H463" s="0">
+        <x:v>5635971</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="464" spans="1:8">
+      <x:c r="A464" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B464" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C464" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D464" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E464" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F464" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="G464" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H464" s="0">
+        <x:v>68882600</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="465" spans="1:8">
+      <x:c r="A465" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B465" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C465" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D465" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E465" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F465" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G465" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H465" s="0">
+        <x:v>3704506</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="466" spans="1:8">
+      <x:c r="A466" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B466" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C466" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D466" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E466" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F466" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="G466" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H466" s="0">
+        <x:v>83577140</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="467" spans="1:8">
+      <x:c r="A467" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B467" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C467" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D467" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E467" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F467" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="G467" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H467" s="0">
+        <x:v>10372335</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="468" spans="1:8">
+      <x:c r="A468" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B468" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C468" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D468" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E468" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="F468" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="G468" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H468" s="0">
+        <x:v>9539502</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="469" spans="1:8">
+      <x:c r="A469" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B469" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C469" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D469" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E469" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="F469" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="G469" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H469" s="0">
+        <x:v>389444</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="470" spans="1:8">
+      <x:c r="A470" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B470" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C470" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D470" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E470" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="F470" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="G470" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H470" s="0">
+        <x:v>5440278</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="471" spans="1:8">
+      <x:c r="A471" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B471" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C471" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D471" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E471" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="F471" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="G471" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H471" s="0">
+        <x:v>58943464</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="472" spans="1:8">
+      <x:c r="A472" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B472" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C472" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D472" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E472" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="F472" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="G472" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H472" s="0">
+        <x:v>1860565</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="473" spans="1:8">
+      <x:c r="A473" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B473" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C473" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D473" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E473" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F473" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="G473" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H473" s="0">
+        <x:v>40886</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="474" spans="1:8">
+      <x:c r="A474" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B474" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C474" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D474" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E474" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="F474" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="G474" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H474" s="0">
+        <x:v>2890664</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="475" spans="1:8">
+      <x:c r="A475" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B475" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C475" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D475" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E475" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="F475" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="G475" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H475" s="0">
+        <x:v>681973</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="476" spans="1:8">
+      <x:c r="A476" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B476" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C476" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D476" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E476" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="F476" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="G476" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H476" s="0">
+        <x:v>574250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="477" spans="1:8">
+      <x:c r="A477" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B477" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C477" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D477" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E477" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="F477" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="G477" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H477" s="0">
+        <x:v>2386893</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="478" spans="1:8">
+      <x:c r="A478" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B478" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C478" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D478" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E478" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="F478" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="G478" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H478" s="0">
+        <x:v>623327</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="479" spans="1:8">
+      <x:c r="A479" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B479" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C479" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D479" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E479" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="F479" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="G479" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H479" s="0">
+        <x:v>18044027</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="480" spans="1:8">
+      <x:c r="A480" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B480" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C480" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D480" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E480" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F480" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="G480" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H480" s="0">
+        <x:v>1822612</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="481" spans="1:8">
+      <x:c r="A481" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B481" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C481" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D481" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E481" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="F481" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="G481" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H481" s="0">
+        <x:v>5594340</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="482" spans="1:8">
+      <x:c r="A482" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B482" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C482" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D482" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E482" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="F482" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="G482" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H482" s="0">
+        <x:v>36497495</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="483" spans="1:8">
+      <x:c r="A483" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B483" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C483" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D483" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E483" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="F483" s="0" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="G483" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H483" s="0">
+        <x:v>10749635</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="484" spans="1:8">
+      <x:c r="A484" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B484" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C484" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D484" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E484" s="0" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="F484" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="G484" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H484" s="0">
+        <x:v>19043151</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="485" spans="1:8">
+      <x:c r="A485" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B485" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C485" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D485" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E485" s="0" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="F485" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="G485" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H485" s="0">
+        <x:v>6567783</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="486" spans="1:8">
+      <x:c r="A486" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B486" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C486" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D486" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E486" s="0" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="F486" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="G486" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H486" s="0">
+        <x:v>5419451</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="487" spans="1:8">
+      <x:c r="A487" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B487" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C487" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D487" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E487" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="F487" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="G487" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H487" s="0">
+        <x:v>2130850</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="488" spans="1:8">
+      <x:c r="A488" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B488" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C488" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D488" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E488" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="F488" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="G488" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H488" s="0">
+        <x:v>49128297</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="489" spans="1:8">
+      <x:c r="A489" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B489" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C489" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D489" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E489" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="F489" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="G489" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H489" s="0">
+        <x:v>10587710</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="490" spans="1:8">
+      <x:c r="A490" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B490" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C490" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D490" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E490" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="F490" s="0" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="G490" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H490" s="0">
+        <x:v>9051029</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="491" spans="1:8">
+      <x:c r="A491" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B491" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C491" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D491" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E491" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="F491" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="G491" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H491" s="0">
+        <x:v>85664944</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="492" spans="1:8">
+      <x:c r="A492" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B492" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C492" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D492" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E492" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="F492" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="G492" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H492" s="0" t="s">
+        <x:v>140</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="493" spans="1:8">
+      <x:c r="A493" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B493" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C493" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D493" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E493" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="F493" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="G493" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H493" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
@@ -13192,77 +14263,79 @@
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
     <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="MIP20C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
-      <x:sharedItems count="11">
+      <x:sharedItems count="12">
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
+        <x:s v="2025"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
-      <x:sharedItems count="11">
+      <x:sharedItems count="12">
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
+        <x:s v="2025"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02677V03567">
       <x:sharedItems count="41">
         <x:s v="AL"/>
         <x:s v="AT"/>
         <x:s v="BE"/>
         <x:s v="BG"/>
         <x:s v="HR"/>
         <x:s v="CY"/>
         <x:s v="CZ"/>
         <x:s v="DK"/>
         <x:s v="EE"/>
         <x:s v="E272020"/>
         <x:s v="FI"/>
         <x:s v="FR"/>
         <x:s v="GE"/>
         <x:s v="DE"/>
         <x:s v="GR"/>
         <x:s v="HU"/>
         <x:s v="IS"/>
         <x:s v="IE"/>
         <x:s v="IT"/>
         <x:s v="LV"/>
         <x:s v="LI"/>
@@ -13317,348 +14390,348 @@
         <x:s v="Moldova, Republic of"/>
         <x:s v="Montenegro"/>
         <x:s v="Netherlands"/>
         <x:s v="North Macedonia"/>
         <x:s v="Norway"/>
         <x:s v="Poland"/>
         <x:s v="Portugal"/>
         <x:s v="Romania"/>
         <x:s v="Serbia"/>
         <x:s v="Slovakia"/>
         <x:s v="Slovenia"/>
         <x:s v="Spain"/>
         <x:s v="Sweden"/>
         <x:s v="Switzerland"/>
         <x:s v="Türkiye"/>
         <x:s v="Ukraine"/>
         <x:s v="United Kingdom"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Number"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsMixedTypes="1" containsNumber="1" containsInteger="1" minValue="37129" maxValue="449306184" count="445">
+      <x:sharedItems containsMixedTypes="1" containsNumber="1" containsInteger="1" minValue="37129" maxValue="450646971" count="484">
         <x:n v="2892394"/>
         <x:n v="8507786"/>
         <x:n v="11180840"/>
         <x:n v="7117453"/>
         <x:n v="4217632"/>
         <x:n v="860032"/>
         <x:n v="10512419"/>
         <x:n v="5627235"/>
         <x:n v="1315819"/>
-        <x:n v="442266046"/>
+        <x:n v="442268078"/>
         <x:n v="5451270"/>
         <x:n v="66165980"/>
         <x:n v="4490498"/>
         <x:n v="80767463"/>
         <x:n v="10926807"/>
         <x:n v="9850217"/>
         <x:n v="325671"/>
         <x:n v="4637852"/>
         <x:n v="60345917"/>
         <x:n v="2001468"/>
         <x:n v="37129"/>
         <x:n v="2947862"/>
         <x:n v="549680"/>
         <x:n v="428156"/>
         <x:n v="3557634"/>
         <x:n v="621521"/>
         <x:n v="16829289"/>
         <x:n v="2065769"/>
         <x:n v="5109056"/>
         <x:n v="38017856"/>
         <x:n v="10444092"/>
         <x:n v="19947311"/>
         <x:n v="7146759"/>
         <x:n v="5415949"/>
         <x:n v="2061085"/>
         <x:n v="46495744"/>
         <x:n v="9644864"/>
         <x:n v="8139631"/>
         <x:n v="76667864"/>
         <x:n v="45245894"/>
         <x:n v="64351203"/>
         <x:n v="2885796"/>
         <x:n v="8584926"/>
         <x:n v="11237274"/>
         <x:n v="7029690"/>
         <x:n v="4180915"/>
         <x:n v="860846"/>
         <x:n v="10538275"/>
         <x:n v="5659715"/>
         <x:n v="1314870"/>
-        <x:n v="442911027"/>
+        <x:n v="442924865"/>
         <x:n v="5471753"/>
         <x:n v="66458153"/>
         <x:n v="3729500"/>
         <x:n v="81197537"/>
         <x:n v="10858018"/>
         <x:n v="9815858"/>
         <x:n v="329100"/>
         <x:n v="4677627"/>
         <x:n v="60295497"/>
         <x:n v="1986096"/>
         <x:n v="37366"/>
         <x:n v="2926644"/>
         <x:n v="562958"/>
         <x:n v="438805"/>
         <x:n v="2869302"/>
         <x:n v="622099"/>
         <x:n v="16900726"/>
         <x:n v="2069172"/>
         <x:n v="5165802"/>
         <x:n v="38005614"/>
         <x:n v="10395121"/>
         <x:n v="19870647"/>
         <x:n v="7114393"/>
         <x:n v="5421349"/>
         <x:n v="2062874"/>
         <x:n v="46425722"/>
         <x:n v="9747355"/>
         <x:n v="8237666"/>
         <x:n v="77695904"/>
         <x:n v="42759661"/>
         <x:n v="64853393"/>
         <x:n v="2875592"/>
         <x:n v="8700471"/>
         <x:n v="11311117"/>
         <x:n v="6938759"/>
         <x:n v="4131115"/>
         <x:n v="863764"/>
         <x:n v="10553843"/>
         <x:n v="5707251"/>
         <x:n v="1315944"/>
-        <x:n v="443987823"/>
+        <x:n v="444003268"/>
         <x:n v="5487308"/>
         <x:n v="66638391"/>
         <x:n v="3720400"/>
         <x:n v="82175684"/>
         <x:n v="10783748"/>
         <x:n v="9779652"/>
         <x:n v="332529"/>
         <x:n v="4726286"/>
         <x:n v="60163712"/>
         <x:n v="1968957"/>
         <x:n v="37622"/>
         <x:n v="2895573"/>
         <x:n v="576249"/>
         <x:n v="449635"/>
         <x:n v="2846327"/>
         <x:n v="622218"/>
         <x:n v="16979120"/>
         <x:n v="2071278"/>
         <x:n v="5213985"/>
         <x:n v="37967209"/>
         <x:n v="10368554"/>
         <x:n v="19760585"/>
         <x:n v="7076372"/>
         <x:n v="5426252"/>
         <x:n v="2064188"/>
         <x:n v="46418884"/>
         <x:n v="9851017"/>
         <x:n v="8327126"/>
         <x:n v="78741053"/>
         <x:n v="42590879"/>
         <x:n v="65379044"/>
         <x:n v="2876591"/>
         <x:n v="8772865"/>
         <x:n v="11351727"/>
         <x:n v="6849518"/>
         <x:n v="4078769"/>
         <x:n v="869878"/>
         <x:n v="10578820"/>
         <x:n v="5748769"/>
         <x:n v="1315635"/>
-        <x:n v="444655529"/>
+        <x:n v="444670605"/>
         <x:n v="5503297"/>
         <x:n v="66809816"/>
         <x:n v="3718200"/>
         <x:n v="82521653"/>
         <x:n v="10768193"/>
         <x:n v="9739857"/>
         <x:n v="338349"/>
         <x:n v="4799157"/>
         <x:n v="60066734"/>
         <x:n v="1950116"/>
         <x:n v="37810"/>
         <x:n v="2859077"/>
         <x:n v="590667"/>
         <x:n v="459375"/>
         <x:n v="2825628"/>
         <x:n v="622387"/>
         <x:n v="17081507"/>
         <x:n v="2073702"/>
         <x:n v="5258317"/>
         <x:n v="37972964"/>
         <x:n v="10344478"/>
         <x:n v="19643949"/>
         <x:n v="7040272"/>
         <x:n v="5435343"/>
         <x:n v="2065895"/>
         <x:n v="46497393"/>
         <x:n v="9995153"/>
         <x:n v="8419550"/>
         <x:n v="79814871"/>
         <x:n v="42414905"/>
         <x:n v="65844142"/>
         <x:n v="2870324"/>
         <x:n v="8822267"/>
         <x:n v="11398589"/>
         <x:n v="6757418"/>
         <x:n v="4014341"/>
         <x:n v="878601"/>
         <x:n v="10610055"/>
         <x:n v="5781190"/>
         <x:n v="1319133"/>
-        <x:n v="445287011"/>
+        <x:n v="445301376"/>
         <x:n v="5513130"/>
         <x:n v="67026224"/>
         <x:n v="3729633"/>
         <x:n v="82792351"/>
         <x:n v="10741165"/>
         <x:n v="9713655"/>
         <x:n v="348450"/>
         <x:n v="4855733"/>
         <x:n v="59937769"/>
         <x:n v="1934379"/>
         <x:n v="38114"/>
         <x:n v="2826200"/>
         <x:n v="602005"/>
         <x:n v="474837"/>
         <x:n v="2780744"/>
         <x:n v="622359"/>
         <x:n v="17181084"/>
         <x:n v="2075301"/>
         <x:n v="5295619"/>
         <x:n v="37976687"/>
         <x:n v="10335770"/>
         <x:n v="19533481"/>
         <x:n v="7001444"/>
         <x:n v="5443120"/>
         <x:n v="2066880"/>
         <x:n v="46645070"/>
         <x:n v="10120242"/>
         <x:n v="8484130"/>
         <x:n v="80810525"/>
         <x:n v="42216766"/>
         <x:n v="66273576"/>
         <x:n v="2862427"/>
         <x:n v="8858775"/>
         <x:n v="11455519"/>
         <x:n v="6664177"/>
         <x:n v="3968676"/>
         <x:n v="890194"/>
         <x:n v="10649800"/>
         <x:n v="5806081"/>
         <x:n v="1324820"/>
-        <x:n v="446135629"/>
+        <x:n v="446149924"/>
         <x:n v="5517919"/>
         <x:n v="67290471"/>
         <x:n v="3723464"/>
         <x:n v="83019213"/>
         <x:n v="10724599"/>
         <x:n v="9700272"/>
         <x:n v="356991"/>
         <x:n v="4940311"/>
         <x:n v="59816673"/>
         <x:n v="1919968"/>
         <x:n v="38378"/>
         <x:n v="2812200"/>
         <x:n v="613894"/>
         <x:n v="492968"/>
         <x:n v="2729634"/>
         <x:n v="622182"/>
         <x:n v="17282163"/>
         <x:n v="2077132"/>
         <x:n v="5328212"/>
         <x:n v="37972812"/>
         <x:n v="10333496"/>
         <x:n v="19414458"/>
         <x:n v="6963764"/>
         <x:n v="5450421"/>
         <x:n v="2080908"/>
         <x:n v="46918951"/>
         <x:n v="10230185"/>
         <x:n v="8544527"/>
         <x:n v="82003882"/>
         <x:n v="41983564"/>
         <x:n v="66647112"/>
         <x:n v="2845955"/>
         <x:n v="8901064"/>
         <x:n v="11522440"/>
         <x:n v="6569275"/>
         <x:n v="3933511"/>
         <x:n v="902429"/>
         <x:n v="10693939"/>
         <x:n v="5822763"/>
         <x:n v="1328976"/>
-        <x:n v="447015600"/>
+        <x:n v="447030024"/>
         <x:n v="5525292"/>
         <x:n v="67473651"/>
         <x:n v="3716858"/>
         <x:n v="83166711"/>
         <x:n v="10718565"/>
         <x:n v="9689376"/>
         <x:n v="364134"/>
         <x:n v="5012600"/>
         <x:n v="59641488"/>
         <x:n v="1907675"/>
         <x:n v="38747"/>
         <x:n v="2809977"/>
         <x:n v="626108"/>
         <x:n v="514855"/>
         <x:n v="2684772"/>
         <x:n v="621873"/>
         <x:n v="17407585"/>
         <x:n v="2076255"/>
         <x:n v="5367580"/>
         <x:n v="37958138"/>
         <x:n v="10375395"/>
         <x:n v="19328838"/>
         <x:n v="6926705"/>
         <x:n v="5457873"/>
         <x:n v="2095861"/>
         <x:n v="47318050"/>
         <x:n v="10327589"/>
         <x:n v="8606033"/>
         <x:n v="83154997"/>
         <x:n v="41732779"/>
         <x:n v="67025542"/>
         <x:n v="2829741"/>
         <x:n v="8932664"/>
         <x:n v="11554767"/>
         <x:n v="6532117"/>
         <x:n v="3893026"/>
         <x:n v="914476"/>
         <x:n v="10494836"/>
         <x:n v="5840045"/>
         <x:n v="1330068"/>
-        <x:n v="445872542"/>
+        <x:n v="445891011"/>
         <x:n v="5533793"/>
         <x:n v="67728568"/>
         <x:n v="3728573"/>
         <x:n v="83155031"/>
         <x:n v="10678632"/>
         <x:n v="9651461"/>
         <x:n v="368792"/>
         <x:n v="5066893"/>
         <x:n v="59236213"/>
         <x:n v="1893223"/>
         <x:n v="39055"/>
         <x:n v="2810761"/>
         <x:n v="634730"/>
         <x:n v="516125"/>
         <x:n v="2643675"/>
         <x:n v="620739"/>
         <x:n v="17475415"/>
         <x:n v="2068808"/>
         <x:n v="5391369"/>
         <x:n v="37073357"/>
         <x:n v="10394297"/>
         <x:n v="19201662"/>
         <x:n v="6871547"/>
         <x:n v="5459781"/>
         <x:n v="2108977"/>
@@ -13735,78 +14808,117 @@
         <x:n v="2512758"/>
         <x:n v="616695"/>
         <x:n v="17811291"/>
         <x:n v="1829954"/>
         <x:n v="5488984"/>
         <x:n v="36753736"/>
         <x:n v="10516621"/>
         <x:n v="19054548"/>
         <x:n v="6641197"/>
         <x:n v="5428792"/>
         <x:n v="2116972"/>
         <x:n v="48085361"/>
         <x:n v="10521556"/>
         <x:n v="8815385"/>
         <x:n v="85279553"/>
         <x:n v="9158750"/>
         <x:n v="11817096"/>
         <x:n v="6445481"/>
         <x:n v="3861967"/>
         <x:n v="966365"/>
         <x:n v="10900555"/>
         <x:n v="5961249"/>
         <x:n v="1374687"/>
         <x:n v="449306184"/>
         <x:n v="5603851"/>
-        <x:n v="68467362"/>
+        <x:n v="68669303"/>
         <x:n v="3694608"/>
         <x:n v="83456045"/>
-        <x:n v="10400720"/>
+        <x:n v="10375764"/>
         <x:n v="9584627"/>
         <x:n v="383567"/>
         <x:n v="5351681"/>
         <x:n v="58971230"/>
         <x:n v="1871882"/>
         <x:n v="40015"/>
         <x:n v="2885891"/>
         <x:n v="672050"/>
         <x:n v="563443"/>
         <x:n v="2423287"/>
         <x:n v="623680"/>
         <x:n v="17942942"/>
         <x:n v="1826247"/>
         <x:n v="5550217"/>
         <x:n v="36620970"/>
         <x:n v="10639726"/>
         <x:n v="19067576"/>
         <x:n v="6605168"/>
         <x:n v="5424687"/>
         <x:n v="2123949"/>
         <x:n v="48619695"/>
         <x:n v="10551707"/>
         <x:n v="8962258"/>
         <x:n v="85372377"/>
+        <x:n v="2363314"/>
+        <x:n v="9197213"/>
+        <x:n v="11883495"/>
+        <x:n v="6437360"/>
+        <x:n v="3874350"/>
+        <x:n v="982966"/>
+        <x:n v="10909500"/>
+        <x:n v="5992734"/>
+        <x:n v="1369995"/>
+        <x:n v="450646971"/>
+        <x:n v="5635971"/>
+        <x:n v="68882600"/>
+        <x:n v="3704506"/>
+        <x:n v="83577140"/>
+        <x:n v="10372335"/>
+        <x:n v="9539502"/>
+        <x:n v="389444"/>
+        <x:n v="5440278"/>
+        <x:n v="58943464"/>
+        <x:n v="1860565"/>
+        <x:n v="40886"/>
+        <x:n v="2890664"/>
+        <x:n v="681973"/>
+        <x:n v="574250"/>
+        <x:n v="2386893"/>
+        <x:n v="623327"/>
+        <x:n v="18044027"/>
+        <x:n v="1822612"/>
+        <x:n v="5594340"/>
+        <x:n v="36497495"/>
+        <x:n v="10749635"/>
+        <x:n v="19043151"/>
+        <x:n v="6567783"/>
+        <x:n v="5419451"/>
+        <x:n v="2130850"/>
+        <x:n v="49128297"/>
+        <x:n v="10587710"/>
+        <x:n v="9051029"/>
+        <x:n v="85664944"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="AL"/>
     <s v="Albania"/>
     <s v="Number"/>
     <n v="2892394"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="AT"/>
     <s v="Austria"/>
@@ -13869,51 +14981,51 @@
     <s v="2014"/>
     <s v="2014"/>
     <s v="DK"/>
     <s v="Denmark"/>
     <s v="Number"/>
     <n v="5627235"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="EE"/>
     <s v="Estonia"/>
     <s v="Number"/>
     <n v="1315819"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="E272020"/>
     <s v="EU 27 Countries (from 2020)"/>
     <s v="Number"/>
-    <n v="442266046"/>
+    <n v="442268078"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="FI"/>
     <s v="Finland"/>
     <s v="Number"/>
     <n v="5451270"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2014"/>
     <s v="2014"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Number"/>
     <n v="66165980"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2014"/>
@@ -14279,51 +15391,51 @@
     <s v="2015"/>
     <s v="2015"/>
     <s v="DK"/>
     <s v="Denmark"/>
     <s v="Number"/>
     <n v="5659715"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="EE"/>
     <s v="Estonia"/>
     <s v="Number"/>
     <n v="1314870"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="E272020"/>
     <s v="EU 27 Countries (from 2020)"/>
     <s v="Number"/>
-    <n v="442911027"/>
+    <n v="442924865"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="FI"/>
     <s v="Finland"/>
     <s v="Number"/>
     <n v="5471753"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2015"/>
     <s v="2015"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Number"/>
     <n v="66458153"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2015"/>
@@ -14689,51 +15801,51 @@
     <s v="2016"/>
     <s v="2016"/>
     <s v="DK"/>
     <s v="Denmark"/>
     <s v="Number"/>
     <n v="5707251"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="EE"/>
     <s v="Estonia"/>
     <s v="Number"/>
     <n v="1315944"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="E272020"/>
     <s v="EU 27 Countries (from 2020)"/>
     <s v="Number"/>
-    <n v="443987823"/>
+    <n v="444003268"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="FI"/>
     <s v="Finland"/>
     <s v="Number"/>
     <n v="5487308"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2016"/>
     <s v="2016"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Number"/>
     <n v="66638391"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2016"/>
@@ -15099,51 +16211,51 @@
     <s v="2017"/>
     <s v="2017"/>
     <s v="DK"/>
     <s v="Denmark"/>
     <s v="Number"/>
     <n v="5748769"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="EE"/>
     <s v="Estonia"/>
     <s v="Number"/>
     <n v="1315635"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="E272020"/>
     <s v="EU 27 Countries (from 2020)"/>
     <s v="Number"/>
-    <n v="444655529"/>
+    <n v="444670605"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="FI"/>
     <s v="Finland"/>
     <s v="Number"/>
     <n v="5503297"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2017"/>
     <s v="2017"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Number"/>
     <n v="66809816"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2017"/>
@@ -15509,51 +16621,51 @@
     <s v="2018"/>
     <s v="2018"/>
     <s v="DK"/>
     <s v="Denmark"/>
     <s v="Number"/>
     <n v="5781190"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="EE"/>
     <s v="Estonia"/>
     <s v="Number"/>
     <n v="1319133"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="E272020"/>
     <s v="EU 27 Countries (from 2020)"/>
     <s v="Number"/>
-    <n v="445287011"/>
+    <n v="445301376"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="FI"/>
     <s v="Finland"/>
     <s v="Number"/>
     <n v="5513130"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2018"/>
     <s v="2018"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Number"/>
     <n v="67026224"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2018"/>
@@ -15919,51 +17031,51 @@
     <s v="2019"/>
     <s v="2019"/>
     <s v="DK"/>
     <s v="Denmark"/>
     <s v="Number"/>
     <n v="5806081"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="EE"/>
     <s v="Estonia"/>
     <s v="Number"/>
     <n v="1324820"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="E272020"/>
     <s v="EU 27 Countries (from 2020)"/>
     <s v="Number"/>
-    <n v="446135629"/>
+    <n v="446149924"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="FI"/>
     <s v="Finland"/>
     <s v="Number"/>
     <n v="5517919"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2019"/>
     <s v="2019"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Number"/>
     <n v="67290471"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2019"/>
@@ -16329,51 +17441,51 @@
     <s v="2020"/>
     <s v="2020"/>
     <s v="DK"/>
     <s v="Denmark"/>
     <s v="Number"/>
     <n v="5822763"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="EE"/>
     <s v="Estonia"/>
     <s v="Number"/>
     <n v="1328976"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="E272020"/>
     <s v="EU 27 Countries (from 2020)"/>
     <s v="Number"/>
-    <n v="447015600"/>
+    <n v="447030024"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="FI"/>
     <s v="Finland"/>
     <s v="Number"/>
     <n v="5525292"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Number"/>
     <n v="67473651"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2020"/>
@@ -16739,51 +17851,51 @@
     <s v="2021"/>
     <s v="2021"/>
     <s v="DK"/>
     <s v="Denmark"/>
     <s v="Number"/>
     <n v="5840045"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="EE"/>
     <s v="Estonia"/>
     <s v="Number"/>
     <n v="1330068"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="E272020"/>
     <s v="EU 27 Countries (from 2020)"/>
     <s v="Number"/>
-    <n v="445872542"/>
+    <n v="445891011"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="FI"/>
     <s v="Finland"/>
     <s v="Number"/>
     <n v="5533793"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2021"/>
     <s v="2021"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Number"/>
     <n v="67728568"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2021"/>
@@ -17989,81 +19101,81 @@
     <s v="2024"/>
     <s v="2024"/>
     <s v="E272020"/>
     <s v="EU 27 Countries (from 2020)"/>
     <s v="Number"/>
     <n v="449306184"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="FI"/>
     <s v="Finland"/>
     <s v="Number"/>
     <n v="5603851"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="FR"/>
     <s v="France"/>
     <s v="Number"/>
-    <n v="68467362"/>
+    <n v="68669303"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="GE"/>
     <s v="Georgia"/>
     <s v="Number"/>
     <n v="3694608"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="DE"/>
     <s v="Germany"/>
     <s v="Number"/>
     <n v="83456045"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="GR"/>
     <s v="Greece"/>
     <s v="Number"/>
-    <n v="10400720"/>
+    <n v="10375764"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="HU"/>
     <s v="Hungary"/>
     <s v="Number"/>
     <n v="9584627"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="IS"/>
     <s v="Iceland"/>
     <s v="Number"/>
     <n v="383567"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2024"/>
@@ -18281,27 +19393,437 @@
     <s v="TR"/>
     <s v="Türkiye"/>
     <s v="Number"/>
     <n v="85372377"/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="UA"/>
     <s v="Ukraine"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="MIP20C01"/>
     <s v="Population"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="GB"/>
     <s v="United Kingdom"/>
     <s v="Number"/>
     <s v=""/>
   </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="Number"/>
+    <n v="2363314"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Number"/>
+    <n v="9197213"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Number"/>
+    <n v="11883495"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="Number"/>
+    <n v="6437360"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="Number"/>
+    <n v="3874350"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="Number"/>
+    <n v="982966"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Number"/>
+    <n v="10909500"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Number"/>
+    <n v="5992734"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="Number"/>
+    <n v="1369995"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="E272020"/>
+    <s v="EU 27 Countries (from 2020)"/>
+    <s v="Number"/>
+    <n v="450646971"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Number"/>
+    <n v="5635971"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Number"/>
+    <n v="68882600"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="GE"/>
+    <s v="Georgia"/>
+    <s v="Number"/>
+    <n v="3704506"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Number"/>
+    <n v="83577140"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Number"/>
+    <n v="10372335"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Number"/>
+    <n v="9539502"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="Number"/>
+    <n v="389444"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="5440278"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Number"/>
+    <n v="58943464"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="Number"/>
+    <n v="1860565"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="LI"/>
+    <s v="Liechtenstein"/>
+    <s v="Number"/>
+    <n v="40886"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Number"/>
+    <n v="2890664"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Number"/>
+    <n v="681973"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="Number"/>
+    <n v="574250"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="MD"/>
+    <s v="Moldova, Republic of"/>
+    <s v="Number"/>
+    <n v="2386893"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ME"/>
+    <s v="Montenegro"/>
+    <s v="Number"/>
+    <n v="623327"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Number"/>
+    <n v="18044027"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="MK"/>
+    <s v="North Macedonia"/>
+    <s v="Number"/>
+    <n v="1822612"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Number"/>
+    <n v="5594340"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Number"/>
+    <n v="36497495"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Number"/>
+    <n v="10749635"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="Number"/>
+    <n v="19043151"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="Number"/>
+    <n v="6567783"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="Number"/>
+    <n v="5419451"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="Number"/>
+    <n v="2130850"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Number"/>
+    <n v="49128297"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Number"/>
+    <n v="10587710"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="Number"/>
+    <n v="9051029"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="TR"/>
+    <s v="Türkiye"/>
+    <s v="Number"/>
+    <n v="85664944"/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP20C01"/>
+    <s v="Population"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="GB"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
 </pivotCacheRecords>
 </file>