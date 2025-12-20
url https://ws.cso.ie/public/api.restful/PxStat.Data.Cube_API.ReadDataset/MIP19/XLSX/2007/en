--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf24a5b18803d4169" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/834302dc150b498fba381ce854e1d45c.psmdcp" Id="R7029a229aa0d4235" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b319084a31a4273" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0d52041e16bf4ca28c9291eaaf497ee2.psmdcp" Id="R7f078ceac30245d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>MIP19</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Net Greenhouse Gas Emissions</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/30/2025 11:00:00 AM</x:t>
+    <x:t>30/06/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>European data sourced from Eurostat Greenhouse gas emissions by source sector(https://ec.europa.eu/eurostat/databrowser/view/env_air_gge/default/table?lang=en) and indexed to 1990 values. Note that there are frequent revisions to this data for all years due to methodological revisions in underlying Eurostat data (which is in turn sourced directly from the European Environment Agency). The data relates to total greenhouse gas emissions excluding LULUCF and memo items. For more information, please go to the statistical release page(https://www.cso.ie/en/statistics/generalstatisticalpublications/measuringirelandsprogress/) on our website.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/MIP19/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>MIP</x:t>
   </x:si>
   <x:si>
     <x:t>Measuring Ireland's Progress</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -222,50 +222,53 @@
     <x:t>2012</x:t>
   </x:si>
   <x:si>
     <x:t>2013</x:t>
   </x:si>
   <x:si>
     <x:t>2014</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -412,275 +415,136 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...223 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03808V04557" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Country" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H33" totalsRowShown="0">
   <x:autoFilter ref="A1:H33"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03808V04557"/>
     <x:tableColumn id="6" name="Country"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -949,51 +813,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/MIP19/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1182,51 +1046,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="34.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="11.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -1900,211 +1764,223 @@
         <x:v>103.4</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H27" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H28" s="0">
         <x:v>108.1</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H29" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H30" s="0">
         <x:v>105.8</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H31" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H32" s="0">
         <x:v>98.6</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>67</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -2121,51 +1997,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H33" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="MIP19C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Net Greenhouse Gas Emissons (Index)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="16">
         <x:s v="2008"/>
         <x:s v="2009"/>
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
@@ -2218,27 +2094,348 @@
         <x:n v="121.9"/>
         <x:n v="113"/>
         <x:n v="111.5"/>
         <x:n v="110.9"/>
         <x:n v="103.8"/>
         <x:n v="104.7"/>
         <x:n v="104.1"/>
         <x:n v="104.2"/>
         <x:n v="108.4"/>
         <x:n v="112.5"/>
         <x:n v="111.1"/>
         <x:n v="110.5"/>
         <x:n v="107.2"/>
         <x:n v="103.4"/>
         <x:s v=""/>
         <x:n v="108.1"/>
         <x:n v="105.8"/>
         <x:n v="98.6"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="121.9"/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="KIX"/>
+    <s v="Kyoto Index"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="111.5"/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="KIX"/>
+    <s v="Kyoto Index"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="110.9"/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="KIX"/>
+    <s v="Kyoto Index"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="103.8"/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="KIX"/>
+    <s v="Kyoto Index"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="104.7"/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="KIX"/>
+    <s v="Kyoto Index"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="104.1"/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="KIX"/>
+    <s v="Kyoto Index"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="104.2"/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="KIX"/>
+    <s v="Kyoto Index"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="108.4"/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="KIX"/>
+    <s v="Kyoto Index"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="112.5"/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="KIX"/>
+    <s v="Kyoto Index"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="111.1"/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="KIX"/>
+    <s v="Kyoto Index"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="110.5"/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="KIX"/>
+    <s v="Kyoto Index"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="107.2"/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="KIX"/>
+    <s v="Kyoto Index"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="103.4"/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="KIX"/>
+    <s v="Kyoto Index"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="108.1"/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="KIX"/>
+    <s v="Kyoto Index"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="105.8"/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="KIX"/>
+    <s v="Kyoto Index"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="98.6"/>
+  </r>
+  <r>
+    <s v="MIP19C01"/>
+    <s v="Net Greenhouse Gas Emissons (Index)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="KIX"/>
+    <s v="Kyoto Index"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>