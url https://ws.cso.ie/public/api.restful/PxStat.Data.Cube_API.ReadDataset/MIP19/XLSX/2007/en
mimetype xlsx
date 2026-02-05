--- v1 (2025-12-20)
+++ v2 (2026-02-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b319084a31a4273" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0d52041e16bf4ca28c9291eaaf497ee2.psmdcp" Id="R7f078ceac30245d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e02fc7141664df3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2e6426bf79744ed58fd56fdd7a5840ca.psmdcp" Id="Rdd4c422650304278" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>