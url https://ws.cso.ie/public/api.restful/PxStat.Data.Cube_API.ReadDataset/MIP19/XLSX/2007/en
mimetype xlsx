--- v2 (2026-02-05)
+++ v3 (2026-03-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e02fc7141664df3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2e6426bf79744ed58fd56fdd7a5840ca.psmdcp" Id="Rdd4c422650304278" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97f49012ad3346a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4412ecc748b64cb6ae9cba59245fa21d.psmdcp" Id="Rbdf07599fbc64102" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>