--- v0 (2025-10-28)
+++ v1 (2026-03-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86ce0e595b5c4ffa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c924536dd81e42f7a39c119ee0fd63a7.psmdcp" Id="R63eac8936bca409f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R493a86c5151b4884" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/14cd9a9ab27e495887eabf54881a675f.psmdcp" Id="R9bf5ca77b2254c16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>MIP14</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Student Performance based on OECD-PISA Reading, Mathematics and Science Literacy Scales</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/17/2025 11:00:00 AM</x:t>
+    <x:t>17/09/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Data sourced from the the Organisation for Economic Cooperation and Development (OECD). These are outside the definition of Irish official statistics. Data for 2022 is now available. Caution is required interpreting 2022 estimates for Ireland, Latvia, Netherland and the United Kingdom as one or more PISA sampling standards were not met.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/MIP14/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>MIP</x:t>
   </x:si>
   <x:si>
     <x:t>Measuring Ireland's Progress</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -318,50 +318,53 @@
     <x:t>Poland</x:t>
   </x:si>
   <x:si>
     <x:t>PT</x:t>
   </x:si>
   <x:si>
     <x:t>Portugal</x:t>
   </x:si>
   <x:si>
     <x:t>SK</x:t>
   </x:si>
   <x:si>
     <x:t>Slovakia</x:t>
   </x:si>
   <x:si>
     <x:t>SI</x:t>
   </x:si>
   <x:si>
     <x:t>Slovenia</x:t>
   </x:si>
   <x:si>
     <x:t>ES</x:t>
   </x:si>
   <x:si>
     <x:t>Spain</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>SE</x:t>
   </x:si>
   <x:si>
     <x:t>Sweden</x:t>
   </x:si>
   <x:si>
     <x:t>CH</x:t>
   </x:si>
   <x:si>
     <x:t>Switzerland</x:t>
   </x:si>
   <x:si>
     <x:t>TR</x:t>
   </x:si>
   <x:si>
     <x:t>Türkiye</x:t>
   </x:si>
   <x:si>
     <x:t>GB</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
@@ -538,387 +541,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02677V03567" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="Countries" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H169" totalsRowShown="0">
   <x:autoFilter ref="A1:H169"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02677V03567"/>
     <x:tableColumn id="6" name="Countries"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1187,51 +967,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/MIP14/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oecd.org/ireland/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1420,51 +1200,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H169"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="76.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="15.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -2086,3799 +1866,3811 @@
         <x:v>495.3</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H25" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H26" s="0">
         <x:v>505.8</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H27" s="0">
         <x:v>483.9</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H28" s="0">
         <x:v>465.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H29" s="0">
         <x:v>503.9</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H30" s="0">
         <x:v>480.4</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H31" s="0">
         <x:v>478.9</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H32" s="0">
         <x:v>488.6</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H33" s="0">
         <x:v>488.8</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H34" s="0">
         <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H35" s="0">
         <x:v>490.2</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H36" s="0">
         <x:v>473.9</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H37" s="0">
         <x:v>479.8</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H38" s="0">
         <x:v>438.4</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H39" s="0">
         <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H40" s="0">
         <x:v>435.9</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H41" s="0">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H42" s="0">
         <x:v>481.6</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H43" s="0">
         <x:v>474.6</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H44" s="0">
         <x:v>471.8</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H45" s="0" t="s">
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H46" s="0">
         <x:v>459.2</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H47" s="0">
         <x:v>476.5</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H48" s="0">
         <x:v>475.6</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H49" s="0">
         <x:v>488.7</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H50" s="0">
         <x:v>476.6</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H51" s="0">
         <x:v>446.9</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H52" s="0">
         <x:v>468.5</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H53" s="0">
         <x:v>474.3</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H54" s="0">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H55" s="0">
         <x:v>483.3</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H56" s="0">
         <x:v>456.1</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="D57" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="E57" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F57" s="0" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H57" s="0">
         <x:v>494.4</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H58" s="0">
         <x:v>498.9</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H59" s="0">
         <x:v>508.1</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H60" s="0">
         <x:v>499.5</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H61" s="0">
         <x:v>509.4</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H62" s="0">
         <x:v>523.4</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H63" s="0">
         <x:v>507.3</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H64" s="0">
         <x:v>495.4</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H65" s="0">
         <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H66" s="0">
         <x:v>451.4</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H67" s="0">
         <x:v>481.1</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H68" s="0">
         <x:v>495.2</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H69" s="0">
         <x:v>499.6</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H70" s="0">
         <x:v>486.6</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H71" s="0">
         <x:v>496.1</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H72" s="0">
         <x:v>481.2</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H73" s="0">
         <x:v>483.4</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H74" s="0">
         <x:v>519.2</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H75" s="0">
         <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H76" s="0">
         <x:v>489.3</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H77" s="0">
         <x:v>515.6</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H78" s="0">
         <x:v>492.5</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H79" s="0">
         <x:v>486.2</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H80" s="0">
         <x:v>508.9</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H81" s="0">
         <x:v>481.4</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H82" s="0">
         <x:v>502.4</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H83" s="0">
         <x:v>515.3</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H84" s="0">
         <x:v>453.5</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H85" s="0">
         <x:v>501.8</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H86" s="0">
         <x:v>487.3</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H87" s="0">
         <x:v>489.5</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H88" s="0">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H89" s="0">
         <x:v>489.3</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H90" s="0">
         <x:v>509.9</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H91" s="0">
         <x:v>484.1</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H92" s="0">
         <x:v>473.9</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H93" s="0">
         <x:v>474.8</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H94" s="0">
         <x:v>430.1</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H95" s="0">
         <x:v>472.8</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H96" s="0">
         <x:v>458.9</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H97" s="0">
         <x:v>491.6</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H98" s="0">
         <x:v>471.3</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H99" s="0">
         <x:v>483.2</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H100" s="0">
         <x:v>475.1</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H101" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H102" s="0">
         <x:v>492.7</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H103" s="0">
         <x:v>468.4</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H104" s="0">
         <x:v>472.4</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H105" s="0">
         <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H106" s="0">
         <x:v>471.9</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H107" s="0">
         <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H108" s="0">
         <x:v>484.5</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H109" s="0">
         <x:v>473.1</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H110" s="0">
         <x:v>481.8</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H111" s="0">
         <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H112" s="0">
         <x:v>453.2</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="D113" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="E113" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F113" s="0" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H113" s="0">
         <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H114" s="0">
         <x:v>489.8</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H115" s="0">
         <x:v>498.8</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H116" s="0">
         <x:v>496.8</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H117" s="0">
         <x:v>492.6</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H118" s="0">
         <x:v>530.1</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H119" s="0">
         <x:v>521.9</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H120" s="0">
         <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H121" s="0">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H122" s="0">
         <x:v>451.6</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H123" s="0">
         <x:v>480.9</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H124" s="0">
         <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H125" s="0">
         <x:v>496.1</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H126" s="0">
         <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H127" s="0">
         <x:v>487.3</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H128" s="0">
         <x:v>482.1</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H129" s="0">
         <x:v>476.8</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H130" s="0">
         <x:v>503.4</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H131" s="0">
         <x:v>490.4</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H132" s="0">
         <x:v>488.7</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H133" s="0">
         <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H134" s="0">
         <x:v>491.7</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H135" s="0">
         <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H136" s="0">
         <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H137" s="0">
         <x:v>483.3</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H138" s="0">
         <x:v>499.4</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H139" s="0">
         <x:v>495.3</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H140" s="0">
         <x:v>468.3</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H141" s="0">
         <x:v>504.7</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H142" s="0">
         <x:v>491.3</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H143" s="0">
         <x:v>490.6</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H144" s="0">
         <x:v>497.7</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H145" s="0">
         <x:v>493.8</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H146" s="0">
         <x:v>525.8</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H147" s="0">
         <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H148" s="0">
         <x:v>487.2</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H149" s="0">
         <x:v>492.4</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H150" s="0">
         <x:v>440.8</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H151" s="0">
         <x:v>485.9</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H152" s="0">
         <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H153" s="0">
         <x:v>503.8</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H154" s="0">
         <x:v>477.5</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H155" s="0">
         <x:v>493.8</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H156" s="0">
         <x:v>484.5</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H157" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H158" s="0">
         <x:v>488.3</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H159" s="0">
         <x:v>478.2</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H160" s="0">
         <x:v>484.6</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H161" s="0">
         <x:v>499.2</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H162" s="0">
         <x:v>484.4</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H163" s="0">
         <x:v>462.3</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H164" s="0">
         <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H165" s="0">
         <x:v>484.5</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H166" s="0">
         <x:v>493.5</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H167" s="0">
         <x:v>502.5</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H168" s="0">
         <x:v>475.9</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="D169" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="E169" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F169" s="0" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H169" s="0">
         <x:v>499.7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -5895,51 +5687,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H169" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="3">
         <x:s v="MIP14C01"/>
         <x:s v="MIP14C02"/>
         <x:s v="MIP14C03"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="3">
         <x:s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
         <x:s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
         <x:s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="2">
         <x:s v="2018"/>
         <x:s v="2022"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="2">
         <x:s v="2018"/>
@@ -6146,27 +5938,1708 @@
         <x:n v="497.7"/>
         <x:n v="493.8"/>
         <x:n v="525.8"/>
         <x:n v="487.2"/>
         <x:n v="492.4"/>
         <x:n v="440.8"/>
         <x:n v="485.9"/>
         <x:n v="447"/>
         <x:n v="503.8"/>
         <x:n v="477.5"/>
         <x:n v="488.3"/>
         <x:n v="478.2"/>
         <x:n v="484.6"/>
         <x:n v="499.2"/>
         <x:n v="462.3"/>
         <x:n v="493.5"/>
         <x:n v="502.5"/>
         <x:n v="499.7"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Number"/>
+    <n v="484.4"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Number"/>
+    <n v="492.9"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Number"/>
+    <n v="490.2"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Number"/>
+    <n v="501.1"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Number"/>
+    <n v="520.1"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Number"/>
+    <n v="492.6"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Number"/>
+    <n v="498.3"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Number"/>
+    <n v="457.4"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="518.1"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Number"/>
+    <n v="476.3"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="Number"/>
+    <n v="478.7"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Number"/>
+    <n v="475.9"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Number"/>
+    <n v="484.8"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Number"/>
+    <n v="499.5"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-1"/>
+    <s v="OECD Average"/>
+    <s v="Number"/>
+    <n v="487.1"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Number"/>
+    <n v="511.9"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Number"/>
+    <n v="491.8"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="Number"/>
+    <n v="495.3"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Number"/>
+    <n v="505.8"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="Number"/>
+    <n v="483.9"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TR"/>
+    <s v="Türkiye"/>
+    <s v="Number"/>
+    <n v="465.6"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GB"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="503.9"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Number"/>
+    <n v="480.4"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Number"/>
+    <n v="478.9"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Number"/>
+    <n v="488.6"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Number"/>
+    <n v="488.8"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Number"/>
+    <n v="490.2"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Number"/>
+    <n v="473.9"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Number"/>
+    <n v="479.8"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Number"/>
+    <n v="438.4"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="Number"/>
+    <n v="435.9"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Number"/>
+    <n v="481.6"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="Number"/>
+    <n v="474.6"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Number"/>
+    <n v="471.8"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Number"/>
+    <n v="459.2"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Number"/>
+    <n v="476.5"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-1"/>
+    <s v="OECD Average"/>
+    <s v="Number"/>
+    <n v="475.6"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Number"/>
+    <n v="488.7"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Number"/>
+    <n v="476.6"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="Number"/>
+    <n v="446.9"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="Number"/>
+    <n v="468.5"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Number"/>
+    <n v="474.3"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="Number"/>
+    <n v="483.3"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="TR"/>
+    <s v="Türkiye"/>
+    <s v="Number"/>
+    <n v="456.1"/>
+  </r>
+  <r>
+    <s v="MIP14C01"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Reading Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GB"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="494.4"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Number"/>
+    <n v="498.9"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Number"/>
+    <n v="508.1"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Number"/>
+    <n v="499.5"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Number"/>
+    <n v="509.4"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="Number"/>
+    <n v="523.4"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Number"/>
+    <n v="507.3"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Number"/>
+    <n v="495.4"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Number"/>
+    <n v="451.4"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Number"/>
+    <n v="481.1"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="Number"/>
+    <n v="495.2"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="499.6"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Number"/>
+    <n v="486.6"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="Number"/>
+    <n v="496.1"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Number"/>
+    <n v="481.2"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Number"/>
+    <n v="483.4"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Number"/>
+    <n v="519.2"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-1"/>
+    <s v="OECD Average"/>
+    <s v="Number"/>
+    <n v="489.3"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Number"/>
+    <n v="515.6"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Number"/>
+    <n v="492.5"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="Number"/>
+    <n v="486.2"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="Number"/>
+    <n v="508.9"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Number"/>
+    <n v="481.4"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Number"/>
+    <n v="502.4"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="Number"/>
+    <n v="515.3"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TR"/>
+    <s v="Türkiye"/>
+    <s v="Number"/>
+    <n v="453.5"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GB"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="501.8"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Number"/>
+    <n v="487.3"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Number"/>
+    <n v="489.5"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Number"/>
+    <n v="489.3"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="Number"/>
+    <n v="509.9"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Number"/>
+    <n v="484.1"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Number"/>
+    <n v="473.9"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Number"/>
+    <n v="474.8"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Number"/>
+    <n v="430.1"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Number"/>
+    <n v="472.8"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="Number"/>
+    <n v="458.9"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="491.6"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Number"/>
+    <n v="471.3"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="Number"/>
+    <n v="483.2"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Number"/>
+    <n v="475.1"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Number"/>
+    <n v="492.7"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Number"/>
+    <n v="468.4"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-1"/>
+    <s v="OECD Average"/>
+    <s v="Number"/>
+    <n v="472.4"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Number"/>
+    <n v="471.9"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="Number"/>
+    <n v="484.5"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Number"/>
+    <n v="473.1"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Number"/>
+    <n v="481.8"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="TR"/>
+    <s v="Türkiye"/>
+    <s v="Number"/>
+    <n v="453.2"/>
+  </r>
+  <r>
+    <s v="MIP14C02"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Mathematics Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GB"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Number"/>
+    <n v="489.8"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Number"/>
+    <n v="498.8"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Number"/>
+    <n v="496.8"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Number"/>
+    <n v="492.6"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="Number"/>
+    <n v="530.1"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Number"/>
+    <n v="521.9"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Number"/>
+    <n v="451.6"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Number"/>
+    <n v="480.9"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="496.1"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="Number"/>
+    <n v="487.3"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Number"/>
+    <n v="482.1"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Number"/>
+    <n v="476.8"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Number"/>
+    <n v="503.4"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Number"/>
+    <n v="490.4"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-1"/>
+    <s v="OECD Average"/>
+    <s v="Number"/>
+    <n v="488.7"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Number"/>
+    <n v="491.7"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Number"/>
+    <n v="483.3"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Number"/>
+    <n v="499.4"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="Number"/>
+    <n v="495.3"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TR"/>
+    <s v="Türkiye"/>
+    <s v="Number"/>
+    <n v="468.3"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GB"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="504.7"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="Number"/>
+    <n v="491.3"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="Number"/>
+    <n v="490.6"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="Number"/>
+    <n v="497.7"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="Number"/>
+    <n v="493.8"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="Number"/>
+    <n v="525.8"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="Number"/>
+    <n v="487.2"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="Number"/>
+    <n v="492.4"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="Number"/>
+    <n v="440.8"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="Number"/>
+    <n v="485.9"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IS"/>
+    <s v="Iceland"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="503.8"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="Number"/>
+    <n v="477.5"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="Number"/>
+    <n v="493.8"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Number"/>
+    <n v="484.5"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="Number"/>
+    <n v="488.3"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="Number"/>
+    <n v="478.2"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-1"/>
+    <s v="OECD Average"/>
+    <s v="Number"/>
+    <n v="484.6"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Number"/>
+    <n v="499.2"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="Number"/>
+    <n v="484.4"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="Number"/>
+    <n v="462.3"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="Number"/>
+    <n v="484.5"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="Number"/>
+    <n v="493.5"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="Number"/>
+    <n v="502.5"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="TR"/>
+    <s v="Türkiye"/>
+    <s v="Number"/>
+    <n v="475.9"/>
+  </r>
+  <r>
+    <s v="MIP14C03"/>
+    <s v="Mean score for children aged 15 based on the OECD-PISA Science Literacy Scale"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GB"/>
+    <s v="United Kingdom"/>
+    <s v="Number"/>
+    <n v="499.7"/>
+  </r>
+</pivotCacheRecords>
 </file>